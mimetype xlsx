--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -194,74 +194,62 @@
   <si>
     <t>07050416</t>
   </si>
   <si>
     <t>ELSBP400235M</t>
   </si>
   <si>
     <t>360792.00₸</t>
   </si>
   <si>
     <t>Электронная плата д/вакуум.упак.SBP 350/400</t>
   </si>
   <si>
     <t>07050417</t>
   </si>
   <si>
     <t>CO6222</t>
   </si>
   <si>
     <t>102256.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Покрытие д/LISA32 д/защиты шва пакета;тефлон;,L=1 м</t>
-[...5 lines deleted...]
-    <t>TEFLON S65</t>
+    <t>Уплотнитель крышки д/LISA32 (2м минимум);,L=1 м</t>
+  </si>
+  <si>
+    <t>07050420</t>
+  </si>
+  <si>
+    <t>GUARN CL</t>
   </si>
   <si>
     <t>Qkit</t>
   </si>
   <si>
-    <t>17087.00₸</t>
-[...10 lines deleted...]
-  <si>
     <t>25618.00₸</t>
   </si>
   <si>
     <t>Предохранители д/LISA32</t>
   </si>
   <si>
     <t>07050422</t>
   </si>
   <si>
     <t>PORTAFUSIBILE</t>
   </si>
   <si>
     <t>51213.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
     <t>Вакуумный упаковщик бескамерный мануальный;абс-пластик;,H=11,L=33см</t>
   </si>
   <si>
     <t>07050428</t>
   </si>
   <si>
     <t>STELLA M</t>
@@ -377,177 +365,177 @@
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Машинки для печати лейблов, клипсаторы</t>
   </si>
   <si>
     <t>22631.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Этикет-пистолет 7+1 разрядов, прямая лента;,L=22,B=12мм;в ассорт.</t>
   </si>
   <si>
     <t>08070205</t>
   </si>
   <si>
     <t>MX-5500</t>
   </si>
   <si>
     <t>9996.00₸</t>
   </si>
   <si>
-    <t>45 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Этикет-лента 21*12/1000 белая прямая (150)[10шт]</t>
   </si>
   <si>
     <t>08070206</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>4905.00₸</t>
   </si>
   <si>
+    <t>49 шт.</t>
+  </si>
+  <si>
     <t>Этикет-лента 26*16/800 белая прямая (150)[10шт]</t>
   </si>
   <si>
     <t>08070207</t>
   </si>
   <si>
     <t>6738.00₸</t>
   </si>
   <si>
+    <t>46 шт.</t>
+  </si>
+  <si>
+    <t>Этикет-лента 26*16/800 желтая прямая (150)[10шт]</t>
+  </si>
+  <si>
+    <t>08070208</t>
+  </si>
+  <si>
+    <t>5491.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Этикет-лента 26*16/800 красная прямая (125)[5шт]</t>
+  </si>
+  <si>
+    <t>08070209</t>
+  </si>
+  <si>
+    <t>3427.00₸</t>
+  </si>
+  <si>
+    <t>Этикет-лента 21*12/800 оранж.прямая (180)[10шт]</t>
+  </si>
+  <si>
+    <t>08070211</t>
+  </si>
+  <si>
+    <t>4359.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Красящий ролик д/МХ-5500 (20мм)</t>
+  </si>
+  <si>
+    <t>08070212</t>
+  </si>
+  <si>
+    <t>894.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Красящий ролик д/МХ-2616(25мм)</t>
+  </si>
+  <si>
+    <t>08070213</t>
+  </si>
+  <si>
+    <t>724.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Этикет-лента 21*12/800 зеленая прямая(180)[10шт]</t>
+  </si>
+  <si>
+    <t>08070220</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Этикет-лента 26*16/800 красная прямая (150)[10шт]</t>
+  </si>
+  <si>
+    <t>08070221</t>
+  </si>
+  <si>
+    <t>ЭЛ-27</t>
+  </si>
+  <si>
+    <t>5976.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Лента липкая рулон для арт.4130801[6шт];поливинилхл.;,L=10 000,B=1,2см;желт.</t>
+  </si>
+  <si>
+    <t>08080401</t>
+  </si>
+  <si>
+    <t>13114.00₸</t>
+  </si>
+  <si>
+    <t>Лейбл в 2 линии[1750шт];бумага;белый</t>
+  </si>
+  <si>
+    <t>08090408</t>
+  </si>
+  <si>
+    <t>36937.00₸</t>
+  </si>
+  <si>
     <t>16 шт.</t>
-  </si>
-[...100 lines deleted...]
-    <t>17 шт.</t>
   </si>
   <si>
     <t>Держатель для пищевой пленки;сталь нерж.;,L=30см;металлич.</t>
   </si>
   <si>
     <t>04141966</t>
   </si>
   <si>
     <t>42513-30</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>251159.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
@@ -577,51 +565,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF872D-424F-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9605936A-4250-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54725F46-2231-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD455E52-222F-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54725FE6-2231-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186133DC-4253-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2465609F-4253-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560A0-4253-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155A1DF4-222F-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB481-4253-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB482-4253-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB484-4253-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A9BBAC0-4254-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A9BBAC1-4254-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A9BBAC3-4254-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AB4-4254-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AA7367D-4856-11EB-BBDF-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93E40EBF-814B-11E9-BBBA-005056921CC418.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDFAC7F1-5CB3-11EE-BC0E-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE80-4250-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0938E515-222F-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0938E5D9-222F-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0AEF-222F-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0938E8B4-222F-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0938E795-222F-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E901FFD3-E3D1-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A08B3-222F-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F842CDC3-814B-11E9-BBBA-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F842CDC4-814B-11E9-BBBA-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0A19-222F-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0938E69A-222F-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62A2A979-2230-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A434A5F1-4251-11E8-A155-00259035BB6733.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF872D-424F-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9605936A-4250-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54725F46-2231-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD455E52-222F-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54725FE6-2231-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/186133DC-4253-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2465609F-4253-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560A0-4253-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155A1DF4-222F-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB482-4253-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A6FB484-4253-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A9BBAC0-4254-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A9BBAC1-4254-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A9BBAC3-4254-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AB4-4254-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AA7367D-4856-11EB-BBDF-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93E40EBF-814B-11E9-BBBA-005056921CC417.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDFAC7F1-5CB3-11EE-BC0E-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE80-4250-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0938E515-222F-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0938E5D9-222F-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0AEF-222F-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0938E8B4-222F-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0938E795-222F-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E901FFD3-E3D1-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A08B3-222F-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F842CDC3-814B-11E9-BBBA-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F842CDC4-814B-11E9-BBBA-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0A19-222F-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0938E69A-222F-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62A2A979-2230-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A434A5F1-4251-11E8-A155-00259035BB6732.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1529,80 +1517,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="32" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1861,62 +1819,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-stv-38-beckers-07050402/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-stv-45-beckers-07050403/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-matfer-07050404/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sshivatel-paketov-cnt-300-2-cas-07050408/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-nastolodnokamernyy-cas-07050412/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/transformator-d-vakuumnupakovschika-beckers-07050413/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-sbp-350-fimar-07050415/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-sbp-400-fimar-07050416/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronnaya-plata-d-vakuumupaksbp-350-400-fimar-07050417/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pokrytie-d-lisa32-qkit-07050419/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnitel-kryshki-d-lisa32-2m-minimum-qkit-07050420/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/predohraniteli-d-lisa32-qkit-07050422/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-beskamernyy-manualnyy-qkit-07050428/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-beskamernyy-avtomat-qkit-07050429/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-beskamernyy-avtomat-qkit-07050430/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnenie-k-vakuumnupakovschiku-spb-350-fimar-07050431/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnenie-k-vakuumnupakovschiku-spb-400-fimar-07050433/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-stv-43-beckers-07050434/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/upakovschik-vakuumnyy-vac-star-07051208/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lenta-d-mashinki-d-leyblov-matfer-07060103/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-pistolet-710-razryadov-pryamaya-lenta-xelon-08070204/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-pistolet-71-razryadov-pryamaya-lenta-xelon-08070205/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-lenta-2112-1000-belaya-pryamaya-150-xelon-08070206/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-lenta-2616-800-belaya-pryamaya-150-xelon-08070207/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-lenta-2616-800-zheltaya-pryamaya-150-xelon-08070208/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-lenta-2616-800-krasnaya-pryamaya-125-xelon-08070209/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-lenta-2112-800-oranzhpryamaya-180-xelon-08070211/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/krasyaschiy-rolik-d-mh-5500-20mm-xelon-08070212/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/krasyaschiy-rolik-d-mh-2616-25mm-xelon-08070213/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-lenta-2112-800-zelenaya-pryamaya-180-xelon-08070220/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-lenta-2616-800-krasnaya-pryamaya-150-xelon-08070221/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lenta-lipkaya-rulon-matfer-08080401/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/leybl-v-2-linii-matfer-08090408/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-pischevoy-plenki-paderno-04141966/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-stv-38-beckers-07050402/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-stv-45-beckers-07050403/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-matfer-07050404/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sshivatel-paketov-cnt-300-2-cas-07050408/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-nastolodnokamernyy-cas-07050412/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/transformator-d-vakuumnupakovschika-beckers-07050413/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-sbp-350-fimar-07050415/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-sbp-400-fimar-07050416/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronnaya-plata-d-vakuumupaksbp-350-400-fimar-07050417/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnitel-kryshki-d-lisa32-2m-minimum-qkit-07050420/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/predohraniteli-d-lisa32-qkit-07050422/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-beskamernyy-manualnyy-qkit-07050428/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-beskamernyy-avtomat-qkit-07050429/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-beskamernyy-avtomat-qkit-07050430/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnenie-k-vakuumnupakovschiku-spb-350-fimar-07050431/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnenie-k-vakuumnupakovschiku-spb-400-fimar-07050433/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vakuumnyy-upakovschik-stv-43-beckers-07050434/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/upakovschik-vakuumnyy-vac-star-07051208/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lenta-d-mashinki-d-leyblov-matfer-07060103/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-pistolet-710-razryadov-pryamaya-lenta-xelon-08070204/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-pistolet-71-razryadov-pryamaya-lenta-xelon-08070205/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-lenta-2112-1000-belaya-pryamaya-150-xelon-08070206/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-lenta-2616-800-belaya-pryamaya-150-xelon-08070207/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-lenta-2616-800-zheltaya-pryamaya-150-xelon-08070208/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-lenta-2616-800-krasnaya-pryamaya-125-xelon-08070209/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-lenta-2112-800-oranzhpryamaya-180-xelon-08070211/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/krasyaschiy-rolik-d-mh-5500-20mm-xelon-08070212/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/krasyaschiy-rolik-d-mh-2616-25mm-xelon-08070213/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-lenta-2112-800-zelenaya-pryamaya-180-xelon-08070220/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiket-lenta-2616-800-krasnaya-pryamaya-150-xelon-08070221/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lenta-lipkaya-rulon-matfer-08080401/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/leybl-v-2-linii-matfer-08090408/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-pischevoy-plenki-paderno-04141966/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L35"/>
+  <dimension ref="A1:L34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I35" sqref="I35"/>
+      <selection activeCell="I34" sqref="I34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2279,87 +2237,85 @@
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>42</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>29</v>
+        <v>68</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L13" s="0"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>76</v>
       </c>
@@ -2375,712 +2331,681 @@
         <v>77</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>80</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L15" s="0"/>
+      <c r="L15" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>83</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>87</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>42</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>95</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>19</v>
+        <v>99</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>101</v>
+      </c>
+      <c r="D20" s="0">
+        <v>469061</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>100</v>
+        <v>26</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>101</v>
+        <v>27</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>103</v>
+        <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="D21" s="0">
-        <v>469061</v>
+      <c r="D21" s="0" t="s">
+        <v>106</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>26</v>
+        <v>107</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>27</v>
+        <v>108</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>19</v>
+        <v>111</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="D23" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D23" s="0"/>
       <c r="E23" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>119</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>120</v>
       </c>
       <c r="L23" s="0">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D24" s="0"/>
       <c r="E24" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="L24" s="0">
-        <v>15</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D25" s="0"/>
       <c r="E25" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>127</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>128</v>
       </c>
       <c r="L25" s="0">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D26" s="0"/>
       <c r="E26" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>131</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D27" s="0"/>
       <c r="E27" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>19</v>
+        <v>135</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D28" s="0"/>
       <c r="E28" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>138</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>139</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>141</v>
       </c>
       <c r="D29" s="0"/>
       <c r="E29" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>142</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>143</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D30" s="0"/>
       <c r="E30" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>146</v>
+        <v>127</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="D31" s="0"/>
       <c r="E31" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>131</v>
+        <v>150</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L31" s="0">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D32" s="0" t="s">
         <v>153</v>
       </c>
+      <c r="D32" s="0">
+        <v>941133</v>
+      </c>
       <c r="E32" s="0" t="s">
-        <v>111</v>
+        <v>26</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>154</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>155</v>
+        <v>68</v>
       </c>
       <c r="L32" s="0">
-        <v>15</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="C33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="0">
-        <v>941133</v>
+        <v>468957</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>72</v>
+        <v>158</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
-      <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="D34" s="0">
-        <v>468957</v>
+      <c r="D34" s="0" t="s">
+        <v>161</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>26</v>
+        <v>162</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>106</v>
+        <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>162</v>
+        <v>19</v>
       </c>
       <c r="L34" s="0">
-        <v>1</v>
-[...29 lines deleted...]
-      <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
-    <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>