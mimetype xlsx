--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -107,50 +107,53 @@
   <si>
     <t>Leopold Vienna</t>
   </si>
   <si>
     <t>19404.00₸</t>
   </si>
   <si>
     <t>Мельница для льда;хромирован.;,H=26,L=15,B=11см;металлич.</t>
   </si>
   <si>
     <t>02120112</t>
   </si>
   <si>
     <t>41457-00</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>75222.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
     <t>Мельница для льда;металл;,H=27,L=16,B=13,5см</t>
   </si>
   <si>
     <t>02120123</t>
   </si>
   <si>
     <t>FK6002</t>
   </si>
   <si>
     <t>Ruiyuan</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>27503.00₸</t>
   </si>
   <si>
     <t>Охладитель;,H=38,L=530,B=335мм</t>
   </si>
   <si>
     <t>04012124</t>
   </si>
   <si>
     <t>CP1220</t>
@@ -207,53 +210,50 @@
     <t>839447.00₸</t>
   </si>
   <si>
     <t>Мельница для льда электрическая;130вт</t>
   </si>
   <si>
     <t>07010705</t>
   </si>
   <si>
     <t>963355.00₸</t>
   </si>
   <si>
     <t>Уплотнитель  крышки над сварочн.планкой;силикон;,L=1 м</t>
   </si>
   <si>
     <t>07050421</t>
   </si>
   <si>
     <t>LISTA/1000</t>
   </si>
   <si>
     <t>Qkit</t>
   </si>
   <si>
     <t>20498.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>1 шт.</t>
   </si>
   <si>
     <t>Машина для приготовления мороженого 5кг;,H=39,5,B=46,5см;650вт</t>
   </si>
   <si>
     <t>07050505</t>
   </si>
   <si>
     <t>6728746.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1057,295 +1057,295 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L4" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H6" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D7" s="0">
         <v>423060</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D9" s="0">
         <v>53</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D10" s="0">
         <v>186201</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="0"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>64</v>
+        <v>30</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D12" s="0">
         <v>265250</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>