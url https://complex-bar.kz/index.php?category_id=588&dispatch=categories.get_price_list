--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="456">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -179,224 +179,215 @@
   <si>
     <t>07010134</t>
   </si>
   <si>
     <t>025021-929</t>
   </si>
   <si>
     <t>Vitamix</t>
   </si>
   <si>
     <t>Mix"n Machine Advance</t>
   </si>
   <si>
     <t>873488.00₸</t>
   </si>
   <si>
     <t>Миксер Mini MP190 Combi «Робот Купе»;сталь;,H=95,L=490,B=140мм;250вт;тем.сер.,металлич.</t>
   </si>
   <si>
     <t>07010139</t>
   </si>
   <si>
     <t>615069.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Миксер Mini MP160 V.V. «Робот Купе»;сталь;D=6,H=9,L=45,B=8см;220вт;серый,металлич.</t>
   </si>
   <si>
     <t>07010141</t>
   </si>
   <si>
     <t>376754.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Миксер Mini MP240V.V. «Робот Купе»;сталь нерж.;D=77,L=530,B=78мм;270вт;серый,металлич.</t>
   </si>
   <si>
     <t>07010142</t>
   </si>
   <si>
     <t>34760/34710</t>
   </si>
   <si>
     <t>509194.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Миксер MP600(Ультра) «Робот Купе»;сталь нерж.;,L=95см;850вт;серый,металлич.</t>
   </si>
   <si>
     <t>07010145</t>
   </si>
   <si>
     <t>34830LH</t>
   </si>
   <si>
     <t>1450165.00₸</t>
   </si>
   <si>
     <t>Миксер «Альфамикс 2»;8л;700вт;белый,металлич.</t>
   </si>
   <si>
     <t>07010149</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>2039738.00₸</t>
   </si>
   <si>
     <t>Миксер для молочных коктейлей «MLS 1»;0,5л;400вт</t>
   </si>
   <si>
     <t>07010153</t>
   </si>
   <si>
     <t>FRU01505</t>
   </si>
   <si>
     <t>Beckers</t>
   </si>
   <si>
     <t>196366.00₸</t>
   </si>
   <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Миксер для молочных коктейлей «MLS 2» 2*0,5л;400вт</t>
+  </si>
+  <si>
+    <t>07010154</t>
+  </si>
+  <si>
+    <t>FRU01503</t>
+  </si>
+  <si>
+    <t>359005.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Миксер для молочных коктейлей «MLS 2» 2*0,5л;400вт</t>
-[...10 lines deleted...]
-  <si>
     <t>Нога в сборе «Робот Купе» д/Mini MP 240 V.V./;,H=7,L=315,B=115мм</t>
   </si>
   <si>
     <t>07010164</t>
   </si>
   <si>
     <t>Штанги для миксеров</t>
   </si>
   <si>
     <t>220952.00₸</t>
   </si>
   <si>
     <t>Нога в сборе д/MP 350 Ultra Combi «Робот Купе»</t>
   </si>
   <si>
     <t>07010165</t>
   </si>
   <si>
     <t>301086.00₸</t>
   </si>
   <si>
     <t>Насадка д/миксеров MMP «Робот Купе»</t>
   </si>
   <si>
     <t>07010166</t>
   </si>
   <si>
     <t>Насадки для миксеров</t>
   </si>
   <si>
     <t>189020.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Насадка к миксеру MP450 Комби «Робот Купе»</t>
   </si>
   <si>
     <t>07010167</t>
   </si>
   <si>
     <t>29505/39335</t>
   </si>
   <si>
     <t>168731.00₸</t>
   </si>
   <si>
     <t>Миксер Mini MP 190V.V.;D=78,L=485мм;250вт;серый,металлич.</t>
   </si>
   <si>
     <t>07010169</t>
   </si>
   <si>
     <t>34750/34700</t>
   </si>
   <si>
     <t>513714.00₸</t>
   </si>
   <si>
-    <t>17 шт.</t>
+    <t>16 шт.</t>
   </si>
   <si>
     <t>Миксер CMP 250 Combi;D=12,5,L=64см;310вт;тем.сер.,металлич.</t>
   </si>
   <si>
     <t>07010170</t>
   </si>
   <si>
     <t>34300B</t>
   </si>
   <si>
     <t>741102.00₸</t>
   </si>
   <si>
     <t>Миксер CMP 300 V.V.;D=94,L=660мм;350вт;серый,металлич.</t>
   </si>
   <si>
     <t>07010171</t>
   </si>
   <si>
     <t>34230A/34230B</t>
   </si>
   <si>
     <t>626072.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Набор венчиков д/MP миксера,2шт.;нерж.;,L=32,B=84см;металлич.</t>
   </si>
   <si>
     <t>07010192</t>
   </si>
   <si>
     <t>Венчики для миксеров</t>
   </si>
   <si>
     <t>137592.00₸</t>
   </si>
   <si>
     <t>Набор венчиков д/CMP миксера[2шт];нерж.;,L=285/80мм;металлич.</t>
   </si>
   <si>
     <t>07010193</t>
   </si>
   <si>
     <t>105267.00₸</t>
   </si>
   <si>
     <t>Набор венчиков д/MMP миксера[2шт];нерж.;,H=21,3,L=16,B=7мм</t>
   </si>
   <si>
     <t>07010194</t>
@@ -425,392 +416,392 @@
   <si>
     <t>20652.00₸</t>
   </si>
   <si>
     <t>Реле</t>
   </si>
   <si>
     <t>07010198</t>
   </si>
   <si>
     <t>500289/500289S</t>
   </si>
   <si>
     <t>24779.00₸</t>
   </si>
   <si>
     <t>Нога д/CMP 250 Combi</t>
   </si>
   <si>
     <t>07010199</t>
   </si>
   <si>
     <t>179834.00₸</t>
   </si>
   <si>
+    <t>Венчик прутковый д/5KPM5EWH «Китчен эйд»;сталь;,L=19,B=12см;металлич.</t>
+  </si>
+  <si>
+    <t>07010292</t>
+  </si>
+  <si>
+    <t>5K5A2WW/K5AWW</t>
+  </si>
+  <si>
+    <t>Kitchen Aid</t>
+  </si>
+  <si>
+    <t>KitchenAid</t>
+  </si>
+  <si>
+    <t>70987.00₸</t>
+  </si>
+  <si>
+    <t>Дежа с ручкой д/5KSM90E,5KSM150PS «Китчен эйд»;4,28л</t>
+  </si>
+  <si>
+    <t>07010296</t>
+  </si>
+  <si>
+    <t>K45SBWH</t>
+  </si>
+  <si>
+    <t>КОРЕЯ, РЕСПУБЛИКА</t>
+  </si>
+  <si>
+    <t>90514.00₸</t>
+  </si>
+  <si>
+    <t>Миксер MP450 V.V.Ultra;D=12,5,L=84см;500вт</t>
+  </si>
+  <si>
+    <t>07010934</t>
+  </si>
+  <si>
+    <t>34850/34850L</t>
+  </si>
+  <si>
+    <t>487395.00₸</t>
+  </si>
+  <si>
+    <t>Нога в сборе «Робот Купе» Mini MP190 V.V.</t>
+  </si>
+  <si>
+    <t>07011205</t>
+  </si>
+  <si>
+    <t>232001.00₸</t>
+  </si>
+  <si>
+    <t>Нога в сборе «Робот Купе» д/Mini MP 170 V.V. C</t>
+  </si>
+  <si>
+    <t>07011206</t>
+  </si>
+  <si>
+    <t>117934.00₸</t>
+  </si>
+  <si>
+    <t>Электрон.плата д/MMP миксера,230V</t>
+  </si>
+  <si>
+    <t>07011207</t>
+  </si>
+  <si>
+    <t>43890.00₸</t>
+  </si>
+  <si>
+    <t>Электрон.плата д/CMP миксера,230V</t>
+  </si>
+  <si>
+    <t>07011212</t>
+  </si>
+  <si>
+    <t>53985.00₸</t>
+  </si>
+  <si>
+    <t>Электрон.плата д/MPC миксера,230V</t>
+  </si>
+  <si>
+    <t>07011213</t>
+  </si>
+  <si>
+    <t>47101.00₸</t>
+  </si>
+  <si>
+    <t>Крышка выключателя миксеров д/MP,CMP;D=25,L=50,B=20мм</t>
+  </si>
+  <si>
+    <t>07011222</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
+  </si>
+  <si>
+    <t>Комплект(редуктор;венчики)д/MMP160;190;240Combi</t>
+  </si>
+  <si>
+    <t>07011233</t>
+  </si>
+  <si>
+    <t>257050.00₸</t>
+  </si>
+  <si>
+    <t>Штанга в сборе д/Mini MP240V.V.</t>
+  </si>
+  <si>
+    <t>07011234</t>
+  </si>
+  <si>
+    <t>105044.00₸</t>
+  </si>
+  <si>
+    <t>Редуктор д/венчика MMP</t>
+  </si>
+  <si>
+    <t>07011237</t>
+  </si>
+  <si>
+    <t>160769.00₸</t>
+  </si>
+  <si>
+    <t>Насадка-смеситель д/MP350 и MP450 Combi Ultra</t>
+  </si>
+  <si>
+    <t>07011242</t>
+  </si>
+  <si>
+    <t>397867.00₸</t>
+  </si>
+  <si>
+    <t>Нога в сборе д/миксера Mini MP 160V.V.</t>
+  </si>
+  <si>
+    <t>07011245</t>
+  </si>
+  <si>
+    <t>177678.00₸</t>
+  </si>
+  <si>
+    <t>Мотор д/миксера FRU01505,FRU01503</t>
+  </si>
+  <si>
+    <t>07011246</t>
+  </si>
+  <si>
+    <t>FRU0478</t>
+  </si>
+  <si>
+    <t>71118.00₸</t>
+  </si>
+  <si>
+    <t>Нога в сборе д/CMP250 Combi;металлич.</t>
+  </si>
+  <si>
+    <t>07011249</t>
+  </si>
+  <si>
+    <t>233033.00₸</t>
+  </si>
+  <si>
+    <t>Нож д/MMP миксера</t>
+  </si>
+  <si>
+    <t>07011250</t>
+  </si>
+  <si>
+    <t>Ножи для миксеров</t>
+  </si>
+  <si>
+    <t>71549.00₸</t>
+  </si>
+  <si>
+    <t>Нож д/MP350, 450 Ultra;D=35,L=300мм</t>
+  </si>
+  <si>
+    <t>07011255</t>
+  </si>
+  <si>
+    <t>79803.00₸</t>
+  </si>
+  <si>
+    <t>Насадка д/миксера MP550</t>
+  </si>
+  <si>
+    <t>07011260</t>
+  </si>
+  <si>
+    <t>255248.00₸</t>
+  </si>
+  <si>
+    <t>Двигатель д/Mini MP190</t>
+  </si>
+  <si>
+    <t>07011262</t>
+  </si>
+  <si>
+    <t>66790.00₸</t>
+  </si>
+  <si>
+    <t>Штанга в сборе д/Mini MP190</t>
+  </si>
+  <si>
+    <t>07011264</t>
+  </si>
+  <si>
+    <t>66821.00₸</t>
+  </si>
+  <si>
+    <t>Нога в сборе д/ручного миксера MicroMix</t>
+  </si>
+  <si>
+    <t>07011266</t>
+  </si>
+  <si>
+    <t>85540.00₸</t>
+  </si>
+  <si>
+    <t>Двигатель д/ручного миксера MicroMix</t>
+  </si>
+  <si>
+    <t>07011267</t>
+  </si>
+  <si>
+    <t>39448.00₸</t>
+  </si>
+  <si>
+    <t>Штанга д/миксера MPC350</t>
+  </si>
+  <si>
+    <t>07011268</t>
+  </si>
+  <si>
+    <t>177355.00₸</t>
+  </si>
+  <si>
+    <t>Штанга д/ручного миксера MP450A</t>
+  </si>
+  <si>
+    <t>07011269</t>
+  </si>
+  <si>
+    <t>108463.00₸</t>
+  </si>
+  <si>
+    <t>Комплект кнопок управл.д/миксера Micromix</t>
+  </si>
+  <si>
+    <t>07011271</t>
+  </si>
+  <si>
+    <t>9456.00₸</t>
+  </si>
+  <si>
+    <t>Муфта двигателя д/миксера MP160</t>
+  </si>
+  <si>
+    <t>07011276</t>
+  </si>
+  <si>
+    <t>8817.00₸</t>
+  </si>
+  <si>
+    <t>Колпачок левой ручки для MX40</t>
+  </si>
+  <si>
+    <t>07011439</t>
+  </si>
+  <si>
+    <t>SL3444</t>
+  </si>
+  <si>
+    <t>Fimar</t>
+  </si>
+  <si>
+    <t>871.00₸</t>
+  </si>
+  <si>
+    <t>Колпачок правой ручки для MX40</t>
+  </si>
+  <si>
+    <t>07011440</t>
+  </si>
+  <si>
+    <t>SL3443</t>
+  </si>
+  <si>
+    <t>Колпачок мотора левый для MX40</t>
+  </si>
+  <si>
+    <t>07011441</t>
+  </si>
+  <si>
+    <t>SL3446</t>
+  </si>
+  <si>
+    <t>Правый колпачок мотора для MX40</t>
+  </si>
+  <si>
+    <t>07011443</t>
+  </si>
+  <si>
+    <t>SL3445</t>
+  </si>
+  <si>
+    <t>Штанга д/MP450 «Ультра Комби»</t>
+  </si>
+  <si>
+    <t>07011511</t>
+  </si>
+  <si>
+    <t>163210.00₸</t>
+  </si>
+  <si>
+    <t>Приводная муфта д/миксера CMP 250 Combi</t>
+  </si>
+  <si>
+    <t>07011512</t>
+  </si>
+  <si>
+    <t>2950.00₸</t>
+  </si>
+  <si>
+    <t>Нож д/миксера MX-FX/40</t>
+  </si>
+  <si>
+    <t>07011519</t>
+  </si>
+  <si>
+    <t>SL0744</t>
+  </si>
+  <si>
+    <t>13629.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Венчик прутковый д/5KPM5EWH «Китчен эйд»;сталь;,L=19,B=12см;металлич.</t>
-[...337 lines deleted...]
-  <si>
     <t>Выключатель блендера модель DMB-DMB20</t>
   </si>
   <si>
     <t>07011520</t>
   </si>
   <si>
     <t>CO6095</t>
   </si>
   <si>
     <t>13306.00₸</t>
   </si>
   <si>
     <t>Микропереключатель д/блендера DMB-DMB20</t>
   </si>
   <si>
     <t>07011521</t>
   </si>
   <si>
     <t>CO6100</t>
   </si>
   <si>
     <t>7885.00₸</t>
   </si>
   <si>
     <t>Кнопка пуск д/миксера MX</t>
@@ -1010,242 +1001,230 @@
   <si>
     <t>630192.00₸</t>
   </si>
   <si>
     <t>Миксер MP350 Ultra;,H=72,5,L=12,5,B=10см;440вт;серый,металлич.</t>
   </si>
   <si>
     <t>07011610</t>
   </si>
   <si>
     <t>586140.00₸</t>
   </si>
   <si>
     <t>Миксер MP350 Ultra Combi-easy plug;440вт;серый,металлич.</t>
   </si>
   <si>
     <t>07011612</t>
   </si>
   <si>
     <t>34860/34860L</t>
   </si>
   <si>
     <t>934580.00₸</t>
   </si>
   <si>
+    <t>Миксер MP 800 Turbo;D=12,5,L=113см;1Квт</t>
+  </si>
+  <si>
+    <t>07011618</t>
+  </si>
+  <si>
+    <t>1079664.00₸</t>
+  </si>
+  <si>
+    <t>Миксер «Альфамикс 2»;5л;550вт;красный,металлич.</t>
+  </si>
+  <si>
+    <t>07011619</t>
+  </si>
+  <si>
+    <t>1234372.00₸</t>
+  </si>
+  <si>
+    <t>Миксер MP450 FW Ultra;D=12,5,H=87,5,L=12см;500вт</t>
+  </si>
+  <si>
+    <t>07011620</t>
+  </si>
+  <si>
+    <t>540587.00₸</t>
+  </si>
+  <si>
+    <t>Миксер д/молочных коктейлей модель DMB20 2*0.8л;600вт;металлич.</t>
+  </si>
+  <si>
+    <t>07011622</t>
+  </si>
+  <si>
+    <t>ELFR2DMB2023M</t>
+  </si>
+  <si>
+    <t>EasyLine</t>
+  </si>
+  <si>
+    <t>225341.00₸</t>
+  </si>
+  <si>
+    <t>Миксер модель MX/25 220V;30л;250вт;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>07011623</t>
+  </si>
+  <si>
+    <t>MX2523M</t>
+  </si>
+  <si>
+    <t>219812.00₸</t>
+  </si>
+  <si>
+    <t>Миксер модель MX/40 с венчиком в комплекте 220V;60л;400вт;зелен.</t>
+  </si>
+  <si>
+    <t>07011624</t>
+  </si>
+  <si>
+    <t>MX4023M</t>
+  </si>
+  <si>
+    <t>430823.00₸</t>
+  </si>
+  <si>
+    <t>Миксер модель MX/42 б/венчика в комплекте 220V;60л;400вт;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>07011625</t>
+  </si>
+  <si>
+    <t>MX4223M</t>
+  </si>
+  <si>
+    <t>316524.00₸</t>
+  </si>
+  <si>
+    <t>Миксер «MicroMix»;D=78,L=455мм;220вт;белый,металлич.</t>
+  </si>
+  <si>
+    <t>07011627</t>
+  </si>
+  <si>
+    <t>304728.00₸</t>
+  </si>
+  <si>
+    <t>Миксер планетарный;7,6л;,H=58см;180вт;белый,металлич.</t>
+  </si>
+  <si>
+    <t>07011630</t>
+  </si>
+  <si>
+    <t>49947-08</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>2146645.00₸</t>
+  </si>
+  <si>
+    <t>Миксер Mini MP240 Combi;,L=53,5см;270вт</t>
+  </si>
+  <si>
+    <t>07011632</t>
+  </si>
+  <si>
+    <t>486979.00₸</t>
+  </si>
+  <si>
+    <t>Набор миксеров[9шт];черный,металлич.</t>
+  </si>
+  <si>
+    <t>07011639</t>
+  </si>
+  <si>
+    <t>1598590.00₸</t>
+  </si>
+  <si>
+    <t>Миксер планет.бытовой 3насадки;4,83л;красный</t>
+  </si>
+  <si>
+    <t>07011645</t>
+  </si>
+  <si>
+    <t>5KSM125EER</t>
+  </si>
+  <si>
+    <t>658481.00₸</t>
+  </si>
+  <si>
+    <t>Миксер планет.бытовой 3насадки;4,83л;кремов.</t>
+  </si>
+  <si>
+    <t>07011656</t>
+  </si>
+  <si>
+    <t>5KSM125EAC</t>
+  </si>
+  <si>
+    <t>860745.00₸</t>
+  </si>
+  <si>
+    <t>Миксер д/пригот.мороженого «Микс Машин» 220-240V;металл,поликарбонат</t>
+  </si>
+  <si>
+    <t>07011659</t>
+  </si>
+  <si>
+    <t>025012-735</t>
+  </si>
+  <si>
+    <t>801332.00₸</t>
+  </si>
+  <si>
+    <t>Лопасть д/миксера IP/10F</t>
+  </si>
+  <si>
+    <t>07011661</t>
+  </si>
+  <si>
+    <t>ACRF10BR</t>
+  </si>
+  <si>
+    <t>89813.00₸</t>
+  </si>
+  <si>
+    <t>Ведущий приводной вал д/CMP350</t>
+  </si>
+  <si>
+    <t>07011664</t>
+  </si>
+  <si>
+    <t>41365.00₸</t>
+  </si>
+  <si>
     <t>Миксер MP550 Ultra;;сталь нерж.;D=12,5,L=94см;750вт;серый,металлич.</t>
   </si>
   <si>
-    <t>07011613</t>
-[...187 lines deleted...]
-  <si>
     <t>07011687</t>
   </si>
   <si>
     <t>34820/34820LH</t>
   </si>
   <si>
     <t>993177.00₸</t>
   </si>
   <si>
     <t>Насадка д/молочных кокт. в сборе д/миксера «Микс Машин»;сталь нерж.,пластик</t>
   </si>
   <si>
     <t>07011703</t>
   </si>
   <si>
     <t>030006</t>
   </si>
   <si>
     <t>96582.00₸</t>
   </si>
   <si>
     <t>Венчик д/MX40,MX42</t>
   </si>
   <si>
     <t>07011704</t>
@@ -1395,68 +1374,50 @@
     <t>07050119</t>
   </si>
   <si>
     <t>28213.00₸</t>
   </si>
   <si>
     <t>Миксер ручной</t>
   </si>
   <si>
     <t>09101219</t>
   </si>
   <si>
     <t>WSB60</t>
   </si>
   <si>
     <t>739031.00₸</t>
   </si>
   <si>
     <t>Кабель для миксера для арт 34860</t>
   </si>
   <si>
     <t>07040707</t>
   </si>
   <si>
     <t>44137.00₸</t>
-  </si>
-[...16 lines deleted...]
-    <t>332066.00₸</t>
   </si>
   <si>
     <t>Мотор для миксера Mini MP 190;,H=7,L=23,B=9см</t>
   </si>
   <si>
     <t>08100162</t>
   </si>
   <si>
     <t>118503.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1480,51 +1441,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5784AA2A-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE90-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D5B1D9A-21D6-11EF-BC47-00505692C4473.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A3A-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B1ED-424E-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B1EE-424E-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362B15A6-2224-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB9A-424F-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB79-424F-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB86-424F-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FA5-424F-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362B16C5-2224-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8729-424F-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF872A-424F-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449016E1-E3D4-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B31045F-3126-11EC-BBF4-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E158A02-2224-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B310463-3126-11EC-BBF4-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC84-4250-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC86-4250-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC87-4250-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C2-4250-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C3-4250-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C4-4250-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C5-4250-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C6-4250-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C7-4250-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C9-4250-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC315-424F-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4A78804-2224-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AD0-4250-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AD1-4250-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111906-4250-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC11190B-4250-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC11190C-4250-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6A9-4251-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D6090-4251-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F22693E6-4251-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF9B6-4252-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B310462-3126-11EC-BBF4-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B31045E-3126-11EC-BBF4-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354173-4252-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B310460-3126-11EC-BBF4-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19C337D9-2230-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19C33726-2230-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E233180-4769-11EA-BBCE-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E233181-4769-11EA-BBCE-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01F82BD7-E3D2-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19C33A11-2230-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AB6-4254-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AB7-4254-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E233182-4769-11EA-BBCE-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9945FE1-2230-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9945DFF-2230-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9945F2F-2230-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D742EA52-222F-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06DC8D26-3126-11EC-BBF4-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D742E8EE-222F-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656091-4253-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FF7B067-2231-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656093-4253-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560BA-4253-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560BC-4253-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23FEC42B-2231-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560BE-4253-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560BF-4253-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560C0-4253-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22647A3E-F162-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AA7-4254-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D31-4254-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5F2F9B1-EA57-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36F320-06B4-11EE-BC09-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD145-4251-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D5B1CFA-21D6-11EF-BC47-00505692C44774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D484-4251-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D485-4251-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09981221-F162-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5C0-4252-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F76-4252-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCE696C8-FECF-11EC-BBFA-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C434E01C-4252-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCE696C7-FECF-11EC-BBFA-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560A9-4253-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560AA-4253-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A996ECD-2230-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560AC-4253-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9661A9-1CC0-11EE-BC0C-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907BD689-4253-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BAB008C-D8EE-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB4D53C-1F1B-11EE-BC0C-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448FCC56-2230-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448FCBB6-2230-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A996F6D-2230-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC38115D-FECF-11EC-BBFA-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A25809F4-AB62-11EC-BBFA-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770ED4-4253-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4607438F-8149-11E9-BBBA-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265F9-4251-11E8-A155-00259035BB6798.gif"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265FA-4251-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF4A-4254-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/561D2EE4-3126-11EC-BBF4-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039AC87-4251-11E8-A155-00259035BB67102.gif"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B310461-3126-11EC-BBF4-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E94D99FC-222F-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35E0-4252-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127A41-2230-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34597A45-4769-11EA-BBCE-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A131D-4253-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01B3C519-1A7C-11ED-BBFC-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E970F9F-E3D4-11EB-BBF2-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5587A40-FB17-11E9-BBC6-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2D2A306-2935-11F0-BC54-00505692E2D0112.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5784AA2A-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE90-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D5B1D9A-21D6-11EF-BC47-00505692C4473.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA471A3A-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B1ED-424E-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B1EE-424E-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362B15A6-2224-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D47CB9A-424F-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB79-424F-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB86-424F-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661FA5-424F-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362B16C5-2224-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8729-424F-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF872A-424F-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449016E1-E3D4-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B31045F-3126-11EC-BBF4-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E158A02-2224-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B310463-3126-11EC-BBF4-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC84-4250-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC86-4250-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC87-4250-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C2-4250-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C3-4250-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C4-4250-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C5-4250-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C6-4250-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C7-4250-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C9-4250-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393FC315-424F-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B4A78804-2224-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AD0-4250-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077AD1-4250-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111906-4250-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC11190B-4250-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC11190C-4250-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6A9-4251-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D6090-4251-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F22693E6-4251-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF9B6-4252-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B310462-3126-11EC-BBF4-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B31045E-3126-11EC-BBF4-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E354173-4252-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B310460-3126-11EC-BBF4-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19C337D9-2230-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19C33726-2230-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E233180-4769-11EA-BBCE-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E233181-4769-11EA-BBCE-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01F82BD7-E3D2-11EB-BBF2-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19C33A11-2230-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AB6-4254-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AB7-4254-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E233182-4769-11EA-BBCE-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9945FE1-2230-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9945DFF-2230-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C9945F2F-2230-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D742EA52-222F-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06DC8D26-3126-11EC-BBF4-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D742E8EE-222F-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656091-4253-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FF7B067-2231-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656093-4253-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560BA-4253-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560BC-4253-11E8-A155-00259035BB6763.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23FEC42B-2231-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560BE-4253-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560BF-4253-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560C0-4253-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22647A3E-F162-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AA7-4254-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B68E2D31-4254-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5F2F9B1-EA57-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC36F320-06B4-11EE-BC09-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742AD145-4251-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2D5B1CFA-21D6-11EF-BC47-00505692C44774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D484-4251-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D485-4251-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09981221-F162-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5C0-4252-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCE696C8-FECF-11EC-BBFA-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C434E01C-4252-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DCE696C7-FECF-11EC-BBFA-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560A9-4253-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560AA-4253-11E8-A155-00259035BB6783.gif"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A996ECD-2230-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560AC-4253-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9661A9-1CC0-11EE-BC0C-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/907BD689-4253-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BAB008C-D8EE-11EB-BBF2-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EBB4D53C-1F1B-11EE-BC0C-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448FCC56-2230-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448FCBB6-2230-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A996F6D-2230-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC38115D-FECF-11EC-BBFA-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A25809F4-AB62-11EC-BBFA-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96770ED4-4253-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4607438F-8149-11E9-BBBA-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265F9-4251-11E8-A155-00259035BB6797.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A3265FA-4251-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF4A-4254-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/561D2EE4-3126-11EC-BBF4-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8039AC87-4251-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2B310461-3126-11EC-BBF4-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E94D99FC-222F-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7C2F35E0-4252-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127A41-2230-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34597A45-4769-11EA-BBCE-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D27A131D-4253-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01B3C519-1A7C-11ED-BBFC-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E970F9F-E3D4-11EB-BBF2-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E5587A40-FB17-11E9-BBC6-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E2D2A306-2935-11F0-BC54-00505692E2D0111.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4249,51 +4210,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="92" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="93" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -4699,51 +4660,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="107" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>113</xdr:row>
+      <xdr:row>114</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="108" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -4802,80 +4763,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>117</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="111" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5134,62 +5065,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-kokteyley-hamilton-beach-07010109/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-kokteyley-1stakan-waring-07010112/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-kokteyley-1stakan-waring-07010112-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-1-kolba-quamar-07010114/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-cmp-250-vv-robot-coupe-07010128/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp450-kombi-ultra-robot-coupe-07010129/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-prigotdesertov-vitamix-07010134/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mini-mp190-combi-robot-coupe-07010139/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mini-mp160-vv-robot-coupe-07010141/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mini-mp240vv-robot-coupe-07010142/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp600-ultra-robot-coupe-07010145/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-matfer-07010149/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-molochn-koktmls-beckers-07010153/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-molochnkoktmls2-beckers-07010154/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-robot-coupe-07010164/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-d-mp-350-ultra-combi-robot-coupe-07010165/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-mikserov-mmp-robot-coupe-07010166/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-k-mikseru-mp450-kombi-robot-coupe-07010167/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mini-mp-190vv-robot-coupe-07010169/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-cmp-250-combi-robot-coupe-07010170/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-cmp-300-vv-robot-coupe-07010171/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-venchikov-d-mp-miksera-2sht-robot-coupe-07010192/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-venchikov-d-cmp-miksera-robot-coupe-07010193/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-venchikov-d-mmp-miksera-robot-coupe-07010194/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-cmp-miksera-robot-coupe-07010196/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remont-kompld-nogi-miks-ov-mpc-cmp-cmpc-robot-coupe-07010197/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rele-robot-coupe-07010198/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-d-cmp-250-combi-robot-coupe-07010199/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/venchik-prutkovyy-d-5kpm5ewh-kitchen-aid-07010292/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dezha-s-ruchkoy-d-5ksm90e-5ksm150ps-kitchen-aid-07010296/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp450-vvultra-robot-coupe-07010934/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-robot-coupe-07011205/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-robot-coupe-07011206/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-mmp-miksera-230v-robot-coupe-07011207/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-cmp-miksera-230v-robot-coupe-07011212/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-mpc-miksera-230v-robot-coupe-07011213/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-vyklyuchatelya-mikserov-d-mp-cmp-robot-coupe-07011222/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-reduktorvenchiki-d-mmp160190240combi-robot-coupe-07011233/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtanga-v-sbore-d-mini-mp240vv-robot-coupe-07011234/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/reduktor-d-venchika-mmp-robot-coupe-07011237/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-smesitel-d-mp350-i-mp450-combi-ultra-robot-coupe-07011242/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-d-miksera-mini-mp-160vv-robot-coupe-07011245/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-d-miksera-fru01505-fru01503-beckers-07011246/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-d-cmp250-combi-robot-coupe-07011249/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-mmp-miksera-robot-coupe-07011250/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-mp350-450-ultra-robot-coupe-07011255/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-miksera-mp550-robot-coupe-07011260/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvigatel-d-mini-mp190-robot-coupe-07011262/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtanga-v-sbore-d-mini-mp190-robot-coupe-07011264/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-d-ruchnogo-miksera-micromix-robot-coupe-07011266/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvigatel-d-ruchnogo-miksera-micromix-robot-coupe-07011267/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtanga-d-miksera-mpc350-robot-coupe-07011268/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtanga-d-ruchnogo-miksera-mp450a-robot-coupe-07011269/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-knopok-upravld-miksera-micromix-robot-coupe-07011271/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-motora-d-miksera-mp160-robot-coupe-07011276/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-levoy-ruchki-dlya-mx40-fimar-07011439/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-pravoy-ruchki-dlya-mx40-fimar-07011440/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-motora-levyy-dlya-mx40-07011441/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pravyy-kolpachok-motora-dlya-mx40-fimar-07011443/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtanga-d-mp450-robot-coupe-07011511/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/privodnaya-mufta-d-miksera-cmp-250-combi-robot-coupe-07011512/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-miksera-mx-fx-40-fimar-07011519/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-blendera-model-dmb-dmb20-fimar-07011520/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikropereklyuchatel-d-blendera-dmb-dmb20-fimar-07011521/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-pusk-d-miksera-mx-fimar-07011526/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shesternya-de-m-0-5z-10-coil-fm-40-mx40-mikser-fimar-07011528/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvoynoy-reduktor-d-modeli-fm-40-mx40-mikser-fimar-07011529/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prostoy-reduktor-d-modeli-fm-40-mx40-mikser-fimar-07011530/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/venchik-d-modeli-fm-40-mx40-mikser-fimar-07011531/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronnaya-plata-fx-mx40-fimar-07011532/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-meshalka-d-mikserov-5ksm7591x-kitchen-aid-07011534/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadki-v-komplekte-protirka-myasorubka-ovoscherezka-kitchen-aid-07011546/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/val-d-nasadok-miks-mashin-vitamix-07011549/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-d-miksera-mx42-v-sbore-fimar-07011556/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ventilyator-d-miksera-mp600-robot-coupe-07011564/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-vintov-i-zaglushek-dlya-miksera-mp350-robot-coupe-07011572/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-dlya-desertov-vitamix-07011603/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-prigotdesertov-vitamix-07011603-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-cmp300-kombi-robot-coupe-07011605/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-cmp350vv-robot-coupe-07011606/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp350-ultra-matfer-07011610/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp350-ultra-combi-easy-plug-robot-coupe-07011612/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp550-ultra-robot-coupe-07011613/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp-800-turbo-robot-coupe-07011618/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-matfer-07011619/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp450-fw-ultra-robot-coupe-07011620/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-molochnyh-kokteyley-model-dmb20-fimar-07011622/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-model-mx-25-fimar-07011623/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-model-mx-40-s-venchikom-v-komplekte-fimar-07011624/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-model-mx-42-b-venchika-v-komplekte-fimar-07011625/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-robot-coupe-07011627/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-planetarnyy-paderno-07011630/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mini-mp240-combi-robot-coupe-07011632/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mikserov-robot-coupe-07011639/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-planetbytovoy-3nasadki-kitchen-aid-07011645/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-planetbytovoy-3nasadki-kitchen-aid-07011656/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-prigotmorozhenogo-vitamix-07011659/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopast-d-miksera-ip-10f-fimar-07011661/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/veduschiy-privodnoy-val-d-cmp350-robot-coupe-07011664/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp550-ultra-robot-coupe-07011687/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-molochnyh-kokt-v-sbore-d-miksera-vitamix-07011703/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/venchik-d-mx40-mx42-fimar-07011704/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-semnaya-d-mikserov-vitamix-07011978-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-semnaya-odnord-mikserov-vitamix-07011979/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-i-nasadka-d-emulsii-d-micromix-robot-coupe-07012108/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/venchik-v-sbore-d-mp-combi-robot-coupe-07020235/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-universal-d-kastryul-robot-coupe-07020237/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-cmp-300-vv-robot-coupe-07020244/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podshipnik-d-miksera-mp450-combi-ultra-robot-coupe-07020253/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-d-germetichnosti-d-mmp-robot-coupe-07020254/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-d-miksera-mx40-fx40-fimar-07020259/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvigatel-d-mini-mp-160vv-robot-coupe-07020265/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/venchik-v-sbore-d-cmp-combi-robot-coupe-07020267/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kabel-pitaniya-d-mp450-robot-coupe-07040417/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-hodovoy-fimar-07040426/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-mp160-robot-coupe-07050119/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-ruchnoy-waring-09101219/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kabel-dlya-miksera-robot-coupe-07040707/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-planetarnyy-hurakan-07012705/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-miksera-mini-mp-190-robot-coupe-08100162/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-kokteyley-hamilton-beach-07010109/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-kokteyley-1stakan-waring-07010112/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-kokteyley-1stakan-waring-07010112-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-1-kolba-quamar-07010114/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-cmp-250-vv-robot-coupe-07010128/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp450-kombi-ultra-robot-coupe-07010129/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-prigotdesertov-vitamix-07010134/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mini-mp190-combi-robot-coupe-07010139/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mini-mp160-vv-robot-coupe-07010141/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mini-mp240vv-robot-coupe-07010142/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp600-ultra-robot-coupe-07010145/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-matfer-07010149/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-molochn-koktmls-beckers-07010153/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-molochnkoktmls2-beckers-07010154/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-robot-coupe-07010164/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-d-mp-350-ultra-combi-robot-coupe-07010165/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-mikserov-mmp-robot-coupe-07010166/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-k-mikseru-mp450-kombi-robot-coupe-07010167/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mini-mp-190vv-robot-coupe-07010169/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-cmp-250-combi-robot-coupe-07010170/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-cmp-300-vv-robot-coupe-07010171/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-venchikov-d-mp-miksera-2sht-robot-coupe-07010192/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-venchikov-d-cmp-miksera-robot-coupe-07010193/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-venchikov-d-mmp-miksera-robot-coupe-07010194/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-cmp-miksera-robot-coupe-07010196/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remont-kompld-nogi-miks-ov-mpc-cmp-cmpc-robot-coupe-07010197/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rele-robot-coupe-07010198/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-d-cmp-250-combi-robot-coupe-07010199/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/venchik-prutkovyy-d-5kpm5ewh-kitchen-aid-07010292/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dezha-s-ruchkoy-d-5ksm90e-5ksm150ps-kitchen-aid-07010296/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp450-vvultra-robot-coupe-07010934/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-robot-coupe-07011205/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-robot-coupe-07011206/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-mmp-miksera-230v-robot-coupe-07011207/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-cmp-miksera-230v-robot-coupe-07011212/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-mpc-miksera-230v-robot-coupe-07011213/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-vyklyuchatelya-mikserov-d-mp-cmp-robot-coupe-07011222/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-reduktorvenchiki-d-mmp160190240combi-robot-coupe-07011233/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtanga-v-sbore-d-mini-mp240vv-robot-coupe-07011234/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/reduktor-d-venchika-mmp-robot-coupe-07011237/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-smesitel-d-mp350-i-mp450-combi-ultra-robot-coupe-07011242/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-d-miksera-mini-mp-160vv-robot-coupe-07011245/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-d-miksera-fru01505-fru01503-beckers-07011246/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-d-cmp250-combi-robot-coupe-07011249/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-mmp-miksera-robot-coupe-07011250/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-mp350-450-ultra-robot-coupe-07011255/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-miksera-mp550-robot-coupe-07011260/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvigatel-d-mini-mp190-robot-coupe-07011262/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtanga-v-sbore-d-mini-mp190-robot-coupe-07011264/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-d-ruchnogo-miksera-micromix-robot-coupe-07011266/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvigatel-d-ruchnogo-miksera-micromix-robot-coupe-07011267/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtanga-d-miksera-mpc350-robot-coupe-07011268/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtanga-d-ruchnogo-miksera-mp450a-robot-coupe-07011269/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-knopok-upravld-miksera-micromix-robot-coupe-07011271/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-motora-d-miksera-mp160-robot-coupe-07011276/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-levoy-ruchki-dlya-mx40-fimar-07011439/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-pravoy-ruchki-dlya-mx40-fimar-07011440/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-motora-levyy-dlya-mx40-07011441/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pravyy-kolpachok-motora-dlya-mx40-fimar-07011443/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shtanga-d-mp450-robot-coupe-07011511/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/privodnaya-mufta-d-miksera-cmp-250-combi-robot-coupe-07011512/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-miksera-mx-fx-40-fimar-07011519/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-blendera-model-dmb-dmb20-fimar-07011520/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikropereklyuchatel-d-blendera-dmb-dmb20-fimar-07011521/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-pusk-d-miksera-mx-fimar-07011526/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shesternya-de-m-0-5z-10-coil-fm-40-mx40-mikser-fimar-07011528/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvoynoy-reduktor-d-modeli-fm-40-mx40-mikser-fimar-07011529/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prostoy-reduktor-d-modeli-fm-40-mx40-mikser-fimar-07011530/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/venchik-d-modeli-fm-40-mx40-mikser-fimar-07011531/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronnaya-plata-fx-mx40-fimar-07011532/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopatka-meshalka-d-mikserov-5ksm7591x-kitchen-aid-07011534/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadki-v-komplekte-protirka-myasorubka-ovoscherezka-kitchen-aid-07011546/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/val-d-nasadok-miks-mashin-vitamix-07011549/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-d-miksera-mx42-v-sbore-fimar-07011556/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ventilyator-d-miksera-mp600-robot-coupe-07011564/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-vintov-i-zaglushek-dlya-miksera-mp350-robot-coupe-07011572/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-dlya-desertov-vitamix-07011603/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-prigotdesertov-vitamix-07011603-u1/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-cmp300-kombi-robot-coupe-07011605/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-cmp350vv-robot-coupe-07011606/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp350-ultra-matfer-07011610/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp350-ultra-combi-easy-plug-robot-coupe-07011612/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp-800-turbo-robot-coupe-07011618/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-matfer-07011619/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp450-fw-ultra-robot-coupe-07011620/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-molochnyh-kokteyley-model-dmb20-fimar-07011622/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-model-mx-25-fimar-07011623/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-model-mx-40-s-venchikom-v-komplekte-fimar-07011624/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-model-mx-42-b-venchika-v-komplekte-fimar-07011625/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-robot-coupe-07011627/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-planetarnyy-paderno-07011630/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mini-mp240-combi-robot-coupe-07011632/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-mikserov-robot-coupe-07011639/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-planetbytovoy-3nasadki-kitchen-aid-07011645/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-planetbytovoy-3nasadki-kitchen-aid-07011656/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-d-prigotmorozhenogo-vitamix-07011659/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopast-d-miksera-ip-10f-fimar-07011661/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/veduschiy-privodnoy-val-d-cmp350-robot-coupe-07011664/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-mp550-ultra-robot-coupe-07011687/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-molochnyh-kokt-v-sbore-d-miksera-vitamix-07011703/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/venchik-d-mx40-mx42-fimar-07011704/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-semnaya-d-mikserov-vitamix-07011978-2/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-semnaya-odnord-mikserov-vitamix-07011979/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-i-nasadka-d-emulsii-d-micromix-robot-coupe-07012108/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/venchik-v-sbore-d-mp-combi-robot-coupe-07020235/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-universal-d-kastryul-robot-coupe-07020237/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/noga-v-sbore-cmp-300-vv-robot-coupe-07020244/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podshipnik-d-miksera-mp450-combi-ultra-robot-coupe-07020253/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-d-germetichnosti-d-mmp-robot-coupe-07020254/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-d-miksera-mx40-fx40-fimar-07020259/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvigatel-d-mini-mp-160vv-robot-coupe-07020265/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/venchik-v-sbore-d-cmp-combi-robot-coupe-07020267/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kabel-pitaniya-d-mp450-robot-coupe-07040417/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-hodovoy-fimar-07040426/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-mp160-robot-coupe-07050119/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikser-ruchnoy-waring-09101219/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kabel-dlya-miksera-robot-coupe-07040707/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-miksera-mini-mp-190-robot-coupe-08100162/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L121"/>
+  <dimension ref="A1:L119"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I121" sqref="I121"/>
+      <selection activeCell="I119" sqref="I119"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -5486,3559 +5417,3496 @@
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D10" s="0">
         <v>34740</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>57</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>59</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" s="0" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D13" s="0">
         <v>210660</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="0"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="E14" s="0" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D16" s="0">
         <v>27362</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H16" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D17" s="0">
         <v>39354</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D18" s="0">
         <v>89053</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H18" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>93</v>
+        <v>25</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>111</v>
+        <v>75</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="D23" s="0">
         <v>89553</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D24" s="0">
         <v>89649</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D25" s="0">
         <v>39502</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="D26" s="0">
         <v>89678</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D27" s="0">
         <v>89643</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="D29" s="0">
         <v>89656</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>136</v>
+        <v>25</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="F30" s="0" t="s">
         <v>137</v>
-      </c>
-[...10 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="G31" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="I31" s="1" t="s">
         <v>143</v>
-      </c>
-[...19 lines deleted...]
-        <v>147</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="B32" s="0" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="D33" s="0">
         <v>27361</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="D34" s="0">
         <v>27335</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D35" s="0">
         <v>89168</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D36" s="0">
         <v>89751</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D37" s="0">
         <v>89406</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="D38" s="0">
         <v>89533</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D39" s="0">
         <v>27333</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D40" s="0">
         <v>89097</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="D41" s="0">
         <v>39507</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D42" s="0">
         <v>27355</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D43" s="0">
         <v>89101</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D45" s="0">
         <v>27249</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D46" s="0">
         <v>89054</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>136</v>
+        <v>19</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="D47" s="0">
         <v>39337</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H47" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="I47" s="1" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>199</v>
+        <v>195</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>200</v>
+        <v>196</v>
       </c>
       <c r="D48" s="0">
         <v>39344</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="0"/>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D49" s="0">
         <v>89133</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L49" s="0"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D50" s="0">
         <v>89096</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D51" s="0">
         <v>27356</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L51" s="0"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D52" s="0">
         <v>89225</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="0"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="B53" s="0" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="D53" s="0">
         <v>39452</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L53" s="0"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="D54" s="0">
         <v>39339</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L54" s="0"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D55" s="0">
         <v>89211</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="B56" s="0" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="D56" s="0">
         <v>89210</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="E59" s="0"/>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="D61" s="0">
         <v>39453</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D62" s="0">
         <v>89661</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="0"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>136</v>
+        <v>246</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>136</v>
+        <v>246</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L72" s="0"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L75" s="0"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="D76" s="0">
         <v>89573</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="B77" s="0" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="D77" s="0">
         <v>89532</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>54</v>
+        <v>246</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>29</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="D82" s="0">
         <v>210534</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>333</v>
+        <v>329</v>
+      </c>
+      <c r="D84" s="0">
+        <v>34890</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L84" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L84" s="0"/>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="D85" s="0">
-        <v>34890</v>
+        <v>210655</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>39</v>
+        <v>68</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L85" s="0"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="D86" s="0">
-        <v>210655</v>
+        <v>34880</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L86" s="0"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>34880</v>
+        <v>338</v>
+      </c>
+      <c r="D87" s="0" t="s">
+        <v>339</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="F87" s="0"/>
+        <v>225</v>
+      </c>
+      <c r="F87" s="0" t="s">
+        <v>340</v>
+      </c>
       <c r="G87" s="0" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L87" s="0"/>
+      <c r="L87" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>344</v>
       </c>
-      <c r="C88" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E88" s="0" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>77</v>
+        <v>25</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>355</v>
+      </c>
+      <c r="D91" s="0">
+        <v>34900</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>229</v>
+        <v>39</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>34900</v>
+        <v>358</v>
+      </c>
+      <c r="D92" s="0" t="s">
+        <v>359</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>39</v>
+        <v>360</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>364</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-        <v>367</v>
+        <v>363</v>
+      </c>
+      <c r="D93" s="0">
+        <v>34780</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>368</v>
+        <v>39</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L93" s="0"/>
+      <c r="L93" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>366</v>
+      </c>
+      <c r="D94" s="0"/>
       <c r="E94" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="D95" s="0"/>
+        <v>369</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>370</v>
+      </c>
       <c r="E95" s="0" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="F95" s="0"/>
+        <v>136</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>137</v>
+      </c>
       <c r="G95" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L96" s="0"/>
+      <c r="L96" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>140</v>
+        <v>48</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
-      <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>48</v>
+        <v>225</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L98" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L98" s="0"/>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
+      <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>390</v>
+        <v>385</v>
+      </c>
+      <c r="D99" s="0">
+        <v>89687</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>229</v>
+        <v>39</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L99" s="0"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-        <v>89687</v>
+        <v>388</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>389</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>127</v>
+        <v>17</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="L100" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L100" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>331</v>
+        <v>391</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>17</v>
+        <v>90</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>48</v>
+        <v>225</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>229</v>
+        <v>48</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>114</v>
+        <v>90</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L103" s="0">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>25</v>
+        <v>407</v>
       </c>
       <c r="L104" s="0">
-        <v>36</v>
+        <v>3</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>411</v>
-[...2 lines deleted...]
-        <v>412</v>
+        <v>409</v>
+      </c>
+      <c r="D105" s="0">
+        <v>89213</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>91</v>
+        <v>190</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>414</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L105" s="0"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="D106" s="0">
-        <v>89213</v>
+        <v>27210</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>194</v>
+        <v>111</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L106" s="0"/>
+      <c r="L106" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="D107" s="0">
-        <v>27210</v>
+        <v>27354</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="D108" s="0">
-        <v>27354</v>
+        <v>89080</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>127</v>
+        <v>83</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="D109" s="0">
-        <v>89080</v>
+        <v>89645</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>84</v>
+        <v>124</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="D110" s="0">
-        <v>89645</v>
+        <v>89618</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="L110" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>431</v>
-[...2 lines deleted...]
-        <v>89618</v>
+        <v>427</v>
+      </c>
+      <c r="D111" s="0" t="s">
+        <v>428</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>39</v>
+        <v>225</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L111" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>435</v>
+        <v>431</v>
+      </c>
+      <c r="D112" s="0">
+        <v>89175</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>229</v>
+        <v>39</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="D113" s="0">
-        <v>89175</v>
+        <v>27248</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>127</v>
+        <v>111</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
-      <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>440</v>
+        <v>436</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>441</v>
+        <v>437</v>
       </c>
       <c r="D114" s="0">
-        <v>27248</v>
+        <v>89396</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L114" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L114" s="0"/>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
+      <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-        <v>89396</v>
+        <v>440</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>441</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>39</v>
+        <v>225</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L115" s="0"/>
+      <c r="L115" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-        <v>448</v>
+        <v>444</v>
+      </c>
+      <c r="D116" s="0">
+        <v>89102</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>229</v>
+        <v>39</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>127</v>
+        <v>190</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>451</v>
-[...2 lines deleted...]
-        <v>89102</v>
+        <v>447</v>
+      </c>
+      <c r="D117" s="0" t="s">
+        <v>448</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>194</v>
+        <v>17</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>451</v>
+      </c>
+      <c r="D118" s="0">
+        <v>89136</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>17</v>
+        <v>124</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
-      <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="D119" s="0">
-        <v>89136</v>
+        <v>89233</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>40</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L119" s="0">
-[...61 lines deleted...]
-      <c r="L121" s="0"/>
+      <c r="L119" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -9117,52 +8985,50 @@
     <hyperlink ref="B95" r:id="rId_hyperlink_94"/>
     <hyperlink ref="B96" r:id="rId_hyperlink_95"/>
     <hyperlink ref="B97" r:id="rId_hyperlink_96"/>
     <hyperlink ref="B98" r:id="rId_hyperlink_97"/>
     <hyperlink ref="B99" r:id="rId_hyperlink_98"/>
     <hyperlink ref="B100" r:id="rId_hyperlink_99"/>
     <hyperlink ref="B101" r:id="rId_hyperlink_100"/>
     <hyperlink ref="B102" r:id="rId_hyperlink_101"/>
     <hyperlink ref="B103" r:id="rId_hyperlink_102"/>
     <hyperlink ref="B104" r:id="rId_hyperlink_103"/>
     <hyperlink ref="B105" r:id="rId_hyperlink_104"/>
     <hyperlink ref="B106" r:id="rId_hyperlink_105"/>
     <hyperlink ref="B107" r:id="rId_hyperlink_106"/>
     <hyperlink ref="B108" r:id="rId_hyperlink_107"/>
     <hyperlink ref="B109" r:id="rId_hyperlink_108"/>
     <hyperlink ref="B110" r:id="rId_hyperlink_109"/>
     <hyperlink ref="B111" r:id="rId_hyperlink_110"/>
     <hyperlink ref="B112" r:id="rId_hyperlink_111"/>
     <hyperlink ref="B113" r:id="rId_hyperlink_112"/>
     <hyperlink ref="B114" r:id="rId_hyperlink_113"/>
     <hyperlink ref="B115" r:id="rId_hyperlink_114"/>
     <hyperlink ref="B116" r:id="rId_hyperlink_115"/>
     <hyperlink ref="B117" r:id="rId_hyperlink_116"/>
     <hyperlink ref="B118" r:id="rId_hyperlink_117"/>
     <hyperlink ref="B119" r:id="rId_hyperlink_118"/>
-    <hyperlink ref="B120" r:id="rId_hyperlink_119"/>
-    <hyperlink ref="B121" r:id="rId_hyperlink_120"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>