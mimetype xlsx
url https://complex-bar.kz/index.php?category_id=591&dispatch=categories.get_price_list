--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,374 +74,371 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Комплект скребков (6шт) д/паста-машинки 100;пластик</t>
   </si>
   <si>
     <t>04121129</t>
   </si>
   <si>
     <t>KSSI-A05</t>
   </si>
   <si>
     <t>Imperia</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Комплекты для машинок для приготовления пасты</t>
   </si>
   <si>
     <t>5290.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>0 шт.</t>
   </si>
   <si>
     <t>Машинка д/приготовления пасты «Империя»;сталь нерж.;,H=13,L=19,5,B=12см;металлич.</t>
   </si>
   <si>
     <t>04141217</t>
   </si>
   <si>
     <t>4100/100</t>
   </si>
   <si>
     <t>Машинки для приготовления пасты</t>
   </si>
   <si>
     <t>111027.00₸</t>
   </si>
   <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
     <t>Машинка д/приготовления пасты «Титания»;сталь нерж.;,H=20,5,L=13,B=18см;металлич.</t>
   </si>
   <si>
     <t>04141218</t>
   </si>
   <si>
     <t>Titania</t>
   </si>
   <si>
     <t>70040.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Насадка для машинки для приготовления пасты «Симплекс» спагетти;сталь нерж.;D=2,H=175,L=50,B=30мм;ме</t>
   </si>
   <si>
     <t>04141219</t>
   </si>
   <si>
     <t>Simplex</t>
   </si>
   <si>
     <t>Насадки для машинок для приготовления пасты</t>
   </si>
   <si>
     <t>27605.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
     <t>Насадка для машинки для приготовления пасты «Симплекс» лазаньи;металл;,H=45,L=175,B=65мм;металлич.</t>
   </si>
   <si>
     <t>04141220</t>
   </si>
   <si>
     <t>19913.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
     <t>Машинка проф. д/приготовления пасты «Ресторан»;металл;,H=37,L=43,B=36см;металлич.</t>
   </si>
   <si>
     <t>04141221</t>
   </si>
   <si>
     <t>010/10</t>
   </si>
   <si>
     <t>Restaurant</t>
   </si>
   <si>
     <t>721675.00₸</t>
   </si>
   <si>
-    <t>0 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Насадка для машинки для приготовления пасты «Равиоли Мейкер» равиоли на 3шт;металл;,H=9,L=15,B=11см;</t>
   </si>
   <si>
     <t>04141222</t>
   </si>
   <si>
     <t>4400/400</t>
   </si>
   <si>
     <t>Ravioli Maker</t>
   </si>
   <si>
     <t>53962.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты «Равиоли Мейкер» равиоли на 2шт;металл;,H=9,L=15,B=11см;</t>
+  </si>
+  <si>
+    <t>04141223</t>
+  </si>
+  <si>
+    <t>4410/410</t>
+  </si>
+  <si>
+    <t>43213.00₸</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты «Симплекс» спагетти;металл;D=2,H=45,L=180,B=70мм;металли</t>
+  </si>
+  <si>
+    <t>04141224</t>
+  </si>
+  <si>
+    <t>4275/275</t>
+  </si>
+  <si>
+    <t>28937.00₸</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты «Симплекс» паппарделли;металл;D=32,H=180,L=200,B=50мм;ме</t>
+  </si>
+  <si>
+    <t>04141225</t>
+  </si>
+  <si>
+    <t>4273/273</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты «Ресторан» паутинки;металл;,H=7,L=27,B=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04141226</t>
+  </si>
+  <si>
+    <t>060/60</t>
+  </si>
+  <si>
+    <t>136822.00₸</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты «Ресторан» тальятелле;сталь нерж.;,H=7,L=27,B=6см;металл</t>
+  </si>
+  <si>
+    <t>04141227</t>
+  </si>
+  <si>
+    <t>070</t>
+  </si>
+  <si>
+    <t>170971.00₸</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты «Ресторан» лапши;сталь нерж.;,H=7,L=27,B=6см;металлич.</t>
+  </si>
+  <si>
+    <t>04141228</t>
+  </si>
+  <si>
+    <t>080</t>
+  </si>
+  <si>
+    <t>170979.00₸</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты «Ресторан» феттучини;сталь нерж.;,H=75,L=270/80,B=6мм;ме</t>
+  </si>
+  <si>
+    <t>04141229</t>
+  </si>
+  <si>
+    <t>090</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты «Ресторан» лазаньетте;сталь нерж.;D=12,H=70,L=270,B=60мм</t>
+  </si>
+  <si>
+    <t>04141230</t>
+  </si>
+  <si>
+    <t>095</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты «Ресторан» спагетти;сталь нерж.;,H=8,L=29,B=7см;металлич</t>
+  </si>
+  <si>
+    <t>04141231</t>
+  </si>
+  <si>
+    <t>097</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты;металл,пластик;,H=17,5,L=30,B=28см;металлич.,синий</t>
+  </si>
+  <si>
+    <t>04141235</t>
+  </si>
+  <si>
+    <t>040</t>
+  </si>
+  <si>
+    <t>108902.00₸</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты ньокки</t>
+  </si>
+  <si>
+    <t>04141241</t>
+  </si>
+  <si>
+    <t>4450/450</t>
+  </si>
+  <si>
+    <t>51914.00₸</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты «Симплекс» паутинки;сталь нерж.;D=0,8,H=210,L=175/60,B=6</t>
+  </si>
+  <si>
+    <t>04141244</t>
+  </si>
+  <si>
+    <t>4274/274</t>
+  </si>
+  <si>
+    <t>35089.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты «Симплекс» феттучини;сталь нерж.;D=65,H=45,L=175/60,B=60</t>
+  </si>
+  <si>
+    <t>04141245</t>
+  </si>
+  <si>
+    <t>4260/260</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты «Симплекс» тальятелле;сталь нерж.;D=2,H=45,L=175/60,B=60</t>
+  </si>
+  <si>
+    <t>04141246</t>
+  </si>
+  <si>
+    <t>4240/240</t>
+  </si>
+  <si>
+    <t>28406.00₸</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты «Симплекс» лазаньи;сталь нерж.;D=12,H=45,L=175/60,B=60мм</t>
+  </si>
+  <si>
+    <t>04141247</t>
+  </si>
+  <si>
+    <t>4270/270</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Сушилка д/лапши;дерево;,H=31,B=28,5см;св. дерево</t>
+  </si>
+  <si>
+    <t>04141248</t>
+  </si>
+  <si>
+    <t>4540/540</t>
+  </si>
+  <si>
+    <t>Прочее для машинок для приготовления пасты</t>
+  </si>
+  <si>
+    <t>27782.00₸</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты «Симплекс» тренетте;сталь нерж.;D=4,H=45,L=175/60,B=60мм</t>
+  </si>
+  <si>
+    <t>04141249</t>
+  </si>
+  <si>
+    <t>4250/250</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Насадка для машинки для приготовления пасты тренетте-лазанья;сталь нерж.;D=4/12,H=55,L=180/110,B=110</t>
+  </si>
+  <si>
+    <t>04141250</t>
+  </si>
+  <si>
+    <t>44006.00₸</t>
+  </si>
+  <si>
+    <t>Ручка д/пасты-машинки 010;сталь нерж.;,L=24,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04141254</t>
+  </si>
+  <si>
+    <t>KR-A14</t>
+  </si>
+  <si>
+    <t>16047.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Насадка для машинки для приготовления пасты «Равиоли Мейкер» равиоли на 2шт;металл;,H=9,L=15,B=11см;</t>
-[...223 lines deleted...]
-  <si>
     <t>Струбцина-держатель д/паста-машинки 010;сталь нерж.;,L=22,B=11,5см;металлич.</t>
   </si>
   <si>
     <t>04141255</t>
   </si>
   <si>
     <t>KR-A15</t>
   </si>
   <si>
     <t>17626.00₸</t>
   </si>
   <si>
     <t>Комплект шестеренок д/арт.032; 022</t>
   </si>
   <si>
     <t>04141257</t>
   </si>
   <si>
     <t>KRMN-A14</t>
   </si>
   <si>
     <t>39278.00₸</t>
   </si>
   <si>
     <t>Ручка регулировочная д/арт.032;пластик;D=3см;черный</t>
@@ -591,68 +588,50 @@
     <t>KPF-A15</t>
   </si>
   <si>
     <t>9672.00₸</t>
   </si>
   <si>
     <t>Ручка для машины для раскатки теста</t>
   </si>
   <si>
     <t>04141296</t>
   </si>
   <si>
     <t>KXR-A16</t>
   </si>
   <si>
     <t>9425.00₸</t>
   </si>
   <si>
     <t>Комплект скребков (2шт) д/паста-машинки 010;пластик;,L=210,B=28мм</t>
   </si>
   <si>
     <t>04141965</t>
   </si>
   <si>
     <t>KR-A22</t>
-  </si>
-[...16 lines deleted...]
-    <t>238595.00₸</t>
   </si>
   <si>
     <t>Мотор к машинке д/пригот-ния пасты «Паста Фасиль»;металл;,H=20,L=14,B=12см;металлич.</t>
   </si>
   <si>
     <t>07010605</t>
   </si>
   <si>
     <t>4600/600</t>
   </si>
   <si>
     <t>Pasta Facile</t>
   </si>
   <si>
     <t>79233.00₸</t>
   </si>
   <si>
     <t>Тестораскаточная машина;220вт;металлич.</t>
   </si>
   <si>
     <t>07090703</t>
   </si>
   <si>
     <t>036/36</t>
   </si>
@@ -694,51 +673,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE3C670F-4252-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DBAD1F0-21C8-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8CA-424F-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B2043-21C7-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DABE8-21C7-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279D2909-21C8-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1275E37-21C7-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1275EE9-21C7-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1275D85-21C7-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1275F9B-21C7-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8D5DB1E-21C7-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8D5D9CC-21C7-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE2FD-21C7-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8D5D91A-21C7-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE39D-21C7-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8D5DA6C-21C7-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAC9A-21C7-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F127603B-21C7-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F12760DB-21C7-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B1EF1-21C7-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B1FA3-21C7-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F127622D-21C7-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C237246-21C7-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F127617B-21C7-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D96F5-21C9-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84CB10D4-E3D3-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD873E42-E3D2-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4BC96B93-21C8-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A272A4E0-21C7-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DADEC-21C7-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C05CCC-21C8-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D95A3-21C9-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D9503-21C9-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D9643-21C9-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D226F-4251-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA601507-8148-11E9-BBBA-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DBAD13E-21C8-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C05ED0-21C8-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/705760E5-E3D6-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F2DCEB5-FD6E-11EE-BC42-00505692492F40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA64470-1CC0-11EE-BC0C-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/803C8BB6-104D-11EA-BBC6-005056921CC442.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41C046B0-DCD2-11EE-BC3E-0050569297EB43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1162E686-B55C-11EE-BC3D-0050569297EB44.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301AFAE5-2224-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E130589-222F-11EE-BC0D-005056921CC446.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BE3C670F-4252-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DBAD1F0-21C8-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8CA-424F-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B2043-21C7-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DABE8-21C7-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279D2909-21C8-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1275E37-21C7-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1275EE9-21C7-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1275D85-21C7-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1275F9B-21C7-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8D5DB1E-21C7-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8D5D9CC-21C7-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE2FD-21C7-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8D5D91A-21C7-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEDEE39D-21C7-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8D5DA6C-21C7-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DAC9A-21C7-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F127603B-21C7-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F12760DB-21C7-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B1EF1-21C7-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB1B1FA3-21C7-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F127622D-21C7-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C237246-21C7-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F127617B-21C7-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D96F5-21C9-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84CB10D4-E3D3-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD873E42-E3D2-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4BC96B93-21C8-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A272A4E0-21C7-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72DADEC-21C7-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C05CCC-21C8-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D95A3-21C9-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D9503-21C9-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/066D9643-21C9-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E02D226F-4251-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CA601507-8148-11E9-BBBA-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2DBAD13E-21C8-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51C05ED0-21C8-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/705760E5-E3D6-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F2DCEB5-FD6E-11EE-BC42-00505692492F40.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA64470-1CC0-11EE-BC0C-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/803C8BB6-104D-11EA-BBC6-005056921CC442.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41C046B0-DCD2-11EE-BC3E-0050569297EB43.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301AFAE5-2224-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E130589-222F-11EE-BC0D-005056921CC445.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2036,80 +2015,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="45" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2368,62 +2317,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-skrebkov-6sht-d-pasta-mashinki-100-imperia-04121129/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-d-prigotovleniya-pasty-imperia-04141217/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-d-prigotovleniya-pasty-imperia-04141218/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-spagetti-imperia-04141219/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-lazani-imperia-04141220/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-prof-d-prigotovleniya-pasty-imperia-04141221/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-ravioli-na-3sht-imperia-04141222/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-ravioli-na-2sht-imperia-04141223/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-spagetti-imperia-04141224/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-pappardelli-imperia-04141225/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-prof-d-lapshi-pautinki-imperia-04141226/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-prof-d-talyatelle-imperia-04141227/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-prof-d-lapshi-imperia-04141228/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-prof-d-fettuchini-imperia-04141229/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-prof-d-lazanette-imperia-04141230/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-prof-d-spagetti-imperia-04141231/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-zamesa-testa-imperia-04141235/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-nokki-imperia-04141241/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-lapshi-pautinki-imperia-04141244/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-fettuchini-imperia-04141245/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-talyatelle-imperia-04141246/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-lazani-imperia-04141247/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sushilka-d-lapshi-imperia-04141248/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-lapshi-trenette-imperia-04141249/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvoynnasadka-d-lapshi-trenette-lazanya-imperia-04141250/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-d-pasty-mashinki-010-imperia-04141254/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-derzhatel-d-pasta-mashinki-010-imperia-04141255/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-shesterenok-d-art032-022-imperia-04141257/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-regulirovochnaya-d-art032-imperia-04141258/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rolikov-d-testa-art100-190-imperia-04141259/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-shesterenok-d-art010-imperia-04141261/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvoynaya-nasadka-d-lapshi-talyatelle-trenette-imperia-04141263/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvoynaya-nasadka-d-lapshi-talyatelle-fetuchini-imperia-04141264/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvoynaya-nasadka-d-lapshi-trenette-spagetti-imperia-04141265/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-spagetti-d-art073175-matfer-04141268/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-skrebkov-2sht-d-pasta-mashinki-010-imperia-04141280/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-d-prigotovleniya-pasty-s-elektropriv-imperia-04141287/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-dopolnitlotka-d-podachi-testa-imperia-04141289/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dno-d-pasta-mashinki-100-imperia-04141290/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-prigotovleniya-lapshi-i-pasty-imperia-04141291/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shesternya-reduktora-motora-dlya-mashinki-dlya-prigotovleniya-pasty-imperia-04141294/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-dlya-mashiny-dlya-raskatki-testa-imperia-04141296/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-skrebkov-2sht-d-pasta-mashinki-010-imperia-04141965/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-dlya-prigotovleniya-pasty-eksi-04151376/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-k-mashinke-d-prigot-niya-pasty-imperia-07010605/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/testoraskatochnaya-mashina-imperia-07090703/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-skrebkov-6sht-d-pasta-mashinki-100-imperia-04121129/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-d-prigotovleniya-pasty-imperia-04141217/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-d-prigotovleniya-pasty-imperia-04141218/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-spagetti-imperia-04141219/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-lazani-imperia-04141220/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-prof-d-prigotovleniya-pasty-imperia-04141221/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-ravioli-na-3sht-imperia-04141222/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-ravioli-na-2sht-imperia-04141223/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-spagetti-imperia-04141224/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-pappardelli-imperia-04141225/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-prof-d-lapshi-pautinki-imperia-04141226/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-prof-d-talyatelle-imperia-04141227/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-prof-d-lapshi-imperia-04141228/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-prof-d-fettuchini-imperia-04141229/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-prof-d-lazanette-imperia-04141230/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-prof-d-spagetti-imperia-04141231/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-zamesa-testa-imperia-04141235/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-nokki-imperia-04141241/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-lapshi-pautinki-imperia-04141244/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-fettuchini-imperia-04141245/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-talyatelle-imperia-04141246/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-lazani-imperia-04141247/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sushilka-d-lapshi-imperia-04141248/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-lapshi-trenette-imperia-04141249/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvoynnasadka-d-lapshi-trenette-lazanya-imperia-04141250/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-d-pasty-mashinki-010-imperia-04141254/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/strubcina-derzhatel-d-pasta-mashinki-010-imperia-04141255/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-shesterenok-d-art032-022-imperia-04141257/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-regulirovochnaya-d-art032-imperia-04141258/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-rolikov-d-testa-art100-190-imperia-04141259/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-shesterenok-d-art010-imperia-04141261/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvoynaya-nasadka-d-lapshi-talyatelle-trenette-imperia-04141263/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvoynaya-nasadka-d-lapshi-talyatelle-fetuchini-imperia-04141264/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvoynaya-nasadka-d-lapshi-trenette-spagetti-imperia-04141265/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-d-spagetti-d-art073175-matfer-04141268/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-skrebkov-2sht-d-pasta-mashinki-010-imperia-04141280/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-d-prigotovleniya-pasty-s-elektropriv-imperia-04141287/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-dopolnitlotka-d-podachi-testa-imperia-04141289/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dno-d-pasta-mashinki-100-imperia-04141290/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-prigotovleniya-lapshi-i-pasty-imperia-04141291/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shesternya-reduktora-motora-dlya-mashinki-dlya-prigotovleniya-pasty-imperia-04141294/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-dlya-mashiny-dlya-raskatki-testa-imperia-04141296/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-skrebkov-2sht-d-pasta-mashinki-010-imperia-04141965/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-k-mashinke-d-prigot-niya-pasty-imperia-07010605/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/testoraskatochnaya-mashina-imperia-07090703/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L47"/>
+  <dimension ref="A1:L46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I47" sqref="I47"/>
+      <selection activeCell="I46" sqref="I46"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2496,1493 +2445,1463 @@
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" s="0">
         <v>190</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D5" s="0">
         <v>279</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" s="0">
         <v>278</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>46</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>47</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>55</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="D10" s="0" t="s">
+      <c r="E10" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>59</v>
-      </c>
-[...13 lines deleted...]
-        <v>60</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="D11" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>64</v>
+        <v>51</v>
       </c>
       <c r="L11" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="E12" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F12" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I12" s="1" t="s">
         <v>66</v>
-      </c>
-[...16 lines deleted...]
-        <v>68</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L12" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="E13" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F13" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I13" s="1" t="s">
         <v>70</v>
-      </c>
-[...16 lines deleted...]
-        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L13" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="E14" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="G14" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>74</v>
-      </c>
-[...16 lines deleted...]
-        <v>76</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L14" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>64</v>
+        <v>40</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="C17" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>45</v>
+        <v>84</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="E20" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F20" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>96</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="D21" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="L21" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="D22" s="0" t="s">
+      <c r="E22" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F22" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I22" s="1" t="s">
         <v>104</v>
-      </c>
-[...13 lines deleted...]
-        <v>105</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>106</v>
+        <v>30</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="D25" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="D26" s="0">
         <v>221</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>56</v>
+        <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>51</v>
+        <v>125</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>64</v>
+        <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>56</v>
+        <v>84</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="D33" s="0">
         <v>213</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>55</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>50</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="D35" s="0">
         <v>225</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>106</v>
+        <v>30</v>
       </c>
       <c r="L35" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="D36" s="0" t="s">
+      <c r="E36" s="0" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>161</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>98</v>
+        <v>30</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="L40" s="0"/>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>23</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>185</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>45</v>
+        <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="D45" s="0" t="s">
+      <c r="E45" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F45" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="E45" s="0" t="s">
+      <c r="G45" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H45" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="I45" s="1" t="s">
         <v>195</v>
-      </c>
-[...8 lines deleted...]
-        <v>197</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="L45" s="0"/>
+        <v>51</v>
+      </c>
+      <c r="L45" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="E46" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F46" s="0"/>
+      <c r="G46" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>199</v>
-      </c>
-[...16 lines deleted...]
-        <v>202</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>56</v>
+        <v>84</v>
       </c>
       <c r="L46" s="0">
-        <v>1</v>
-[...30 lines deleted...]
-      <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
@@ -3990,51 +3909,50 @@
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
-    <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>