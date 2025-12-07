--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="590">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="593">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -128,83 +128,77 @@
   <si>
     <t>Слайсер для ананаса;пластик;,H=24,1,B=11,7см;белый</t>
   </si>
   <si>
     <t>02060252</t>
   </si>
   <si>
     <t>3974.00₸</t>
   </si>
   <si>
     <t>Нож д/мандолины арт.49830-60 (38 лезвий);сталь нерж.</t>
   </si>
   <si>
     <t>04070419</t>
   </si>
   <si>
     <t>49830-AA</t>
   </si>
   <si>
     <t>Лезвия для овощерезок</t>
   </si>
   <si>
     <t>73043.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Мандолина (овощерезка) проф.;металл,пластик;,H=410,L=115,B=45мм;металлич.,черный</t>
   </si>
   <si>
     <t>04070420</t>
   </si>
   <si>
     <t>49830-60</t>
   </si>
   <si>
     <t>358281.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
     <t>Мандолина(овощерезка)+7 насадок;металл,пластик;,H=125,L=400,B=45мм;металлич.,черный</t>
   </si>
   <si>
     <t>04070424</t>
   </si>
   <si>
     <t>49829-11</t>
   </si>
   <si>
     <t>149688.00₸</t>
   </si>
   <si>
-    <t>20 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Машинка д/декор.нарезки овощей+ножа(1,2,4мм);металл,пластик;,H=23,5,L=29,B=12см;металлич.,черный</t>
   </si>
   <si>
     <t>04070432</t>
   </si>
   <si>
     <t>49827-03</t>
   </si>
   <si>
     <t>530261.00₸</t>
   </si>
   <si>
     <t>Овощерезка д/декор. нарезки;сталь,пластик;,H=22,L=21,5,B=21,5см;металлич.,черный</t>
   </si>
   <si>
     <t>04070433</t>
   </si>
   <si>
     <t>49823-00</t>
   </si>
   <si>
     <t>1072095.00₸</t>
   </si>
   <si>
     <t>Мандолина (овощерезка);металл;,H=340,L=100,B=25мм;металлич.</t>
@@ -236,752 +230,749 @@
   <si>
     <t>04070460</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>246562.00₸</t>
   </si>
   <si>
     <t>Держатель д/мандолины арт.215001;сталь нерж.;,H=5,L=12,B=6см;металлич.</t>
   </si>
   <si>
     <t>04070461</t>
   </si>
   <si>
     <t>Прочее для овощерезок</t>
   </si>
   <si>
     <t>46770.00₸</t>
   </si>
   <si>
+    <t>Мандолина японская;пластик,сталь нерж.;,L=37,B=12см;серый,металлич.</t>
+  </si>
+  <si>
+    <t>04070471</t>
+  </si>
+  <si>
+    <t>191499.00₸</t>
+  </si>
+  <si>
+    <t>Машинка д/чистки яблок;алюмин.,сталь нерж.;,H=13,L=25,B=10см;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04070483</t>
+  </si>
+  <si>
+    <t>59945.00₸</t>
+  </si>
+  <si>
+    <t>Запасной нож д/арт.215155;металл;,H=35,L=10,B=20мм;зелен.</t>
+  </si>
+  <si>
+    <t>04070484</t>
+  </si>
+  <si>
+    <t>4721.00₸</t>
+  </si>
+  <si>
+    <t>Слайсер д/овощей;сталь нерж.,абс-пластик;,H=24,L=37,B=14см;металлич.</t>
+  </si>
+  <si>
+    <t>04070485</t>
+  </si>
+  <si>
+    <t>405375.00₸</t>
+  </si>
+  <si>
+    <t>Измельчитель д/овощей ручной;пластик,сталь нерж.;D=10,H=10,L=19,B=10см;белый,прозр.</t>
+  </si>
+  <si>
+    <t>04071706</t>
+  </si>
+  <si>
+    <t>Westmark</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>14600.00₸</t>
+  </si>
+  <si>
+    <t>Мандолина «Ультра»;сталь,пластик;,H=45,L=385,B=125мм;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04071707</t>
+  </si>
+  <si>
+    <t>De Buyer</t>
+  </si>
+  <si>
+    <t>289898.00₸</t>
+  </si>
+  <si>
+    <t>Гребенка 2мм д/арт.2012.01</t>
+  </si>
+  <si>
+    <t>04071764</t>
+  </si>
+  <si>
+    <t>26750.00₸</t>
+  </si>
+  <si>
+    <t>Мандолина(овощерезка);пластик;,H=30,L=110,B=315мм;белый</t>
+  </si>
+  <si>
+    <t>04071790</t>
+  </si>
+  <si>
+    <t>49753-06</t>
+  </si>
+  <si>
+    <t>115023.00₸</t>
+  </si>
+  <si>
+    <t>Мандолина(овощерезка);пластик;,H=33,L=150,B=350мм;белый</t>
+  </si>
+  <si>
+    <t>04071791</t>
+  </si>
+  <si>
+    <t>49753-09</t>
+  </si>
+  <si>
+    <t>118596.00₸</t>
+  </si>
+  <si>
+    <t>Мандолина(овощерезка)5 лезвий с держателем;сталь нерж.,полипроп.;,L=40,B=14см;металлич.</t>
+  </si>
+  <si>
+    <t>04071796</t>
+  </si>
+  <si>
+    <t>14900000IVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>74368.00₸</t>
+  </si>
+  <si>
+    <t>Мандолина (4, 10 мм);сталь нерж.;,L=44,B=18,5см</t>
+  </si>
+  <si>
+    <t>04071800</t>
+  </si>
+  <si>
+    <t>140010.00₸</t>
+  </si>
+  <si>
+    <t>Нож д/овощерезки 49823-00</t>
+  </si>
+  <si>
+    <t>04072729</t>
+  </si>
+  <si>
+    <t>49823-AE</t>
+  </si>
+  <si>
+    <t>18681.00₸</t>
+  </si>
+  <si>
+    <t>Основание д/овощерезки</t>
+  </si>
+  <si>
+    <t>04072734</t>
+  </si>
+  <si>
+    <t>Prep Chef</t>
+  </si>
+  <si>
+    <t>114084.00₸</t>
+  </si>
+  <si>
+    <t>Слайсер д/овощерезки</t>
+  </si>
+  <si>
+    <t>04072735</t>
+  </si>
+  <si>
+    <t>Диски для овощерезок</t>
+  </si>
+  <si>
+    <t>105090.00₸</t>
+  </si>
+  <si>
+    <t>Слайсер д/томатов д/овощей</t>
+  </si>
+  <si>
+    <t>04072736</t>
+  </si>
+  <si>
+    <t>112035.00₸</t>
+  </si>
+  <si>
+    <t>Делитель д/овощей (6кусков)</t>
+  </si>
+  <si>
+    <t>04072737</t>
+  </si>
+  <si>
+    <t>61785.00₸</t>
+  </si>
+  <si>
+    <t>Делитель д/овощей (8кусков)д/овощерезки</t>
+  </si>
+  <si>
+    <t>04072738</t>
+  </si>
+  <si>
+    <t>Набор д/нарезки фри 8мм д/овощерезки</t>
+  </si>
+  <si>
+    <t>04072740</t>
+  </si>
+  <si>
+    <t>Комплекты для овощерезок</t>
+  </si>
+  <si>
+    <t>90799.00₸</t>
+  </si>
+  <si>
+    <t>Набор д/нарезки фри 10мм д/овощерезки</t>
+  </si>
+  <si>
+    <t>04072741</t>
+  </si>
+  <si>
+    <t>90791.00₸</t>
+  </si>
+  <si>
+    <t>Набор д/нарезки фри 16*8мм д/овощей</t>
+  </si>
+  <si>
+    <t>04072742</t>
+  </si>
+  <si>
+    <t>Нож 3мм д/арт.215001 (мандолина)</t>
+  </si>
+  <si>
+    <t>04072748</t>
+  </si>
+  <si>
+    <t>54247.00₸</t>
+  </si>
+  <si>
+    <t>Набор запасных ножей д/мандолины арт.49829-11[7шт]</t>
+  </si>
+  <si>
+    <t>04072755</t>
+  </si>
+  <si>
+    <t>49829-BA</t>
+  </si>
+  <si>
+    <t>125310.00₸</t>
+  </si>
+  <si>
+    <t>Набор ножей-гребенок д/мандолины арт.4070440[3шт]</t>
+  </si>
+  <si>
+    <t>04072764</t>
+  </si>
+  <si>
+    <t>UTL-00183</t>
+  </si>
+  <si>
+    <t>37191.00₸</t>
+  </si>
+  <si>
+    <t>Гребенка 3мм д/мандолины 2012.01;сталь нерж.;зелен.</t>
+  </si>
+  <si>
+    <t>04072767</t>
+  </si>
+  <si>
+    <t>28336.00₸</t>
+  </si>
+  <si>
+    <t>Гребенка 4мм д/мандолины 2012.01;сталь нерж.;красный</t>
+  </si>
+  <si>
+    <t>04072768</t>
+  </si>
+  <si>
+    <t>28213.00₸</t>
+  </si>
+  <si>
+    <t>Щипцы д/уд.косточек из оливок;сталь нерж.;,L=185,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>04140494</t>
+  </si>
+  <si>
+    <t>42563-00</t>
+  </si>
+  <si>
+    <t>9810.00₸</t>
+  </si>
+  <si>
+    <t>Машинка для очистки яблок;пластик,сталь нерж.;,H=20,L=34,B=10см;зелен.,металлич.</t>
+  </si>
+  <si>
+    <t>04141239</t>
+  </si>
+  <si>
+    <t>429052.00₸</t>
+  </si>
+  <si>
+    <t>Машинка для нарезки овощей;сталь нерж.;,H=19,L=21,B=17,5см</t>
+  </si>
+  <si>
+    <t>04141299</t>
+  </si>
+  <si>
+    <t>49842-00</t>
+  </si>
+  <si>
+    <t>703765.00₸</t>
+  </si>
+  <si>
+    <t>Держатель д/с/к колбасы;сталь нерж.,пластик;D=8,L=7см;черный</t>
+  </si>
+  <si>
+    <t>04143001</t>
+  </si>
+  <si>
+    <t>42523-00</t>
+  </si>
+  <si>
+    <t>8386.00₸</t>
+  </si>
+  <si>
+    <t>Устройство д/удал.косточек;сталь;,L=18,B=7см;металлич.</t>
+  </si>
+  <si>
+    <t>04144801</t>
+  </si>
+  <si>
+    <t>25.06.11</t>
+  </si>
+  <si>
+    <t>Tramontina</t>
+  </si>
+  <si>
+    <t>2349.00₸</t>
+  </si>
+  <si>
+    <t>Устройство д/удаления косточек;алюм.литой;,L=14,4см;металлич.</t>
+  </si>
+  <si>
+    <t>04144802</t>
+  </si>
+  <si>
+    <t>073095</t>
+  </si>
+  <si>
+    <t>14476.00₸</t>
+  </si>
+  <si>
+    <t>Запасной нож д/арт. 215050;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04160304</t>
+  </si>
+  <si>
+    <t>55587.00₸</t>
+  </si>
+  <si>
+    <t>Диск соломка 2*2мм д/R201,301</t>
+  </si>
+  <si>
+    <t>07010173</t>
+  </si>
+  <si>
+    <t>Robot Coupe</t>
+  </si>
+  <si>
+    <t>80319.00₸</t>
+  </si>
+  <si>
+    <t>Диск терка 5мм д/R502,CL50</t>
+  </si>
+  <si>
+    <t>07010174</t>
+  </si>
+  <si>
+    <t>28059/28059W</t>
+  </si>
+  <si>
+    <t>107077.00₸</t>
+  </si>
+  <si>
+    <t>Диск терка д/R502,CL50 «Пармезан»</t>
+  </si>
+  <si>
+    <t>07010175</t>
+  </si>
+  <si>
+    <t>28061/28061W</t>
+  </si>
+  <si>
+    <t>Диск соломка 4*4мм д/R201,301, CL30Bistro</t>
+  </si>
+  <si>
+    <t>07010176</t>
+  </si>
+  <si>
+    <t>Диск слайсер 1мм д/R201,301, CL30Bistro, CL40</t>
+  </si>
+  <si>
+    <t>07010177</t>
+  </si>
+  <si>
+    <t>37199.00₸</t>
+  </si>
+  <si>
+    <t>Диск слайсер 2мм д/R201,301, CL30Bistro, CL40</t>
+  </si>
+  <si>
+    <t>07010178</t>
+  </si>
+  <si>
+    <t>63017.00₸</t>
+  </si>
+  <si>
+    <t>Диск соломка 2*4мм д/R201;301</t>
+  </si>
+  <si>
+    <t>07010179</t>
+  </si>
+  <si>
+    <t>54524.00₸</t>
+  </si>
+  <si>
+    <t>Диск терка 3мм «Бистро» д/CL40,30;D=19см</t>
+  </si>
+  <si>
+    <t>07010180</t>
+  </si>
+  <si>
+    <t>Диск терка 2мм «Бистро» д/CL40,30</t>
+  </si>
+  <si>
+    <t>07010181</t>
+  </si>
+  <si>
+    <t>59768.00₸</t>
+  </si>
+  <si>
+    <t>Диск слайсер 3мм д/R201,301</t>
+  </si>
+  <si>
+    <t>07010182</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Мандолина японская;пластик,сталь нерж.;,L=37,B=12см;серый,металлич.</t>
-[...338 lines deleted...]
-    <t>55587.00₸</t>
+    <t>Диск терка 6мм д/R201,301</t>
+  </si>
+  <si>
+    <t>07010183</t>
+  </si>
+  <si>
+    <t>Диск терка 2мм д/R502,CL50</t>
+  </si>
+  <si>
+    <t>07010185</t>
+  </si>
+  <si>
+    <t>28057/28057W</t>
+  </si>
+  <si>
+    <t>113676.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Диск слайсер 5мм д/R502,CL50</t>
+  </si>
+  <si>
+    <t>07010188</t>
+  </si>
+  <si>
+    <t>28065/28065W</t>
+  </si>
+  <si>
+    <t>90167.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Диск соломка 6*6мм д/R502,CL50;D=19см</t>
+  </si>
+  <si>
+    <t>07010189</t>
+  </si>
+  <si>
+    <t>116378.00₸</t>
+  </si>
+  <si>
+    <t>Диск терка «Драники» д/R201,301, CL20</t>
+  </si>
+  <si>
+    <t>07010190</t>
+  </si>
+  <si>
+    <t>106260.00₸</t>
+  </si>
+  <si>
+    <t>Диск терка 1.5мм д/R502,CL50</t>
+  </si>
+  <si>
+    <t>07010191</t>
+  </si>
+  <si>
+    <t>28056/28056W</t>
+  </si>
+  <si>
+    <t>Диск картофель фри «Робот Купе» 10*10мм</t>
+  </si>
+  <si>
+    <t>07010219</t>
+  </si>
+  <si>
+    <t>284254.00₸</t>
+  </si>
+  <si>
+    <t>Диск слайсер 8мм д/CL50,CL52,R502;,H=65,L=215,B=225мм</t>
+  </si>
+  <si>
+    <t>07010220</t>
+  </si>
+  <si>
+    <t>123262.00₸</t>
+  </si>
+  <si>
+    <t>Диск соломка 4*4мм д/R502,CL50,CL52</t>
+  </si>
+  <si>
+    <t>07010221</t>
+  </si>
+  <si>
+    <t>28052/28052W</t>
+  </si>
+  <si>
+    <t>160615.00₸</t>
+  </si>
+  <si>
+    <t>Диск терка 3мм д/R502,CL50,CL52</t>
+  </si>
+  <si>
+    <t>07010222</t>
+  </si>
+  <si>
+    <t>28058/28058W</t>
+  </si>
+  <si>
+    <t>Диск фигурные ломтики 3мм д/R502,CL50,CL52;D=19см</t>
+  </si>
+  <si>
+    <t>07010223</t>
+  </si>
+  <si>
+    <t>27069/27069W</t>
+  </si>
+  <si>
+    <t>159390.00₸</t>
+  </si>
+  <si>
+    <t>Диск соломка 2.5*2.5мм «Морковь по-корейски» д/R502,CL50,CL52;D=18,9см</t>
+  </si>
+  <si>
+    <t>07010224</t>
+  </si>
+  <si>
+    <t>Диск слайсер 5мм д/R402,CL30Bistro,CL40</t>
+  </si>
+  <si>
+    <t>07010225</t>
+  </si>
+  <si>
+    <t>Диск фигур.лом.2мм д/R211XL,R402,CL30Bistr,C</t>
+  </si>
+  <si>
+    <t>07010226</t>
+  </si>
+  <si>
+    <t>37692.00₸</t>
+  </si>
+  <si>
+    <t>Диск фигур.лом.2мм д/R502,CL50,CL52;D=19см</t>
+  </si>
+  <si>
+    <t>07010227</t>
+  </si>
+  <si>
+    <t>27068/27068W</t>
+  </si>
+  <si>
+    <t>Диск терка «Драники» д/R502,CL50,CL52</t>
+  </si>
+  <si>
+    <t>07010228</t>
+  </si>
+  <si>
+    <t>27164/27164W</t>
+  </si>
+  <si>
+    <t>182868.00₸</t>
+  </si>
+  <si>
+    <t>Набор дисков 1945 CL40 «Робот Купе» CL30 Bistro[6шт];сталь;D=165,B=35мм;металлич.</t>
+  </si>
+  <si>
+    <t>07010288</t>
+  </si>
+  <si>
+    <t>453192.00₸</t>
+  </si>
+  <si>
+    <t>Набор дисков 1961CL50/52/60 «Робот Купе»[7шт];сталь нерж.;,H=24,L=39,B=39см;металлич.</t>
+  </si>
+  <si>
+    <t>07010290</t>
+  </si>
+  <si>
+    <t>1961W</t>
+  </si>
+  <si>
+    <t>927912.00₸</t>
+  </si>
+  <si>
+    <t>Комплект д/картоф.пюре 1,5мм;д/CL50,52,55,60 «Робот Купе»;пластик;,H=27,L=38,B=32см;серый</t>
+  </si>
+  <si>
+    <t>07010291</t>
+  </si>
+  <si>
+    <t>403958.00₸</t>
+  </si>
+  <si>
+    <t>Решетка д/нарезки кубиков д/CL50</t>
+  </si>
+  <si>
+    <t>07010297</t>
+  </si>
+  <si>
+    <t>166682.00₸</t>
   </si>
   <si>
     <t>Диск слайсер 2мм д/R502;CL50</t>
   </si>
   <si>
-    <t>07010172</t>
-[...110 lines deleted...]
-    <t>113676.00₸</t>
+    <t>07010923</t>
+  </si>
+  <si>
+    <t>28063/28063W</t>
+  </si>
+  <si>
+    <t>136221.00₸</t>
+  </si>
+  <si>
+    <t>Диск кубики д/CL50 «Робот Купе»;,H=1,L=1,B=1см</t>
+  </si>
+  <si>
+    <t>07010924</t>
+  </si>
+  <si>
+    <t>28112/28112W</t>
+  </si>
+  <si>
+    <t>269216.00₸</t>
+  </si>
+  <si>
+    <t>07010926</t>
+  </si>
+  <si>
+    <t>28195/28195W</t>
+  </si>
+  <si>
+    <t>157535.00₸</t>
+  </si>
+  <si>
+    <t>Диск слайсер 3мм д/R502,CL50</t>
+  </si>
+  <si>
+    <t>07010927</t>
+  </si>
+  <si>
+    <t>28064/28064W</t>
+  </si>
+  <si>
+    <t>122654.00₸</t>
+  </si>
+  <si>
+    <t>Диск слайсер 4мм д/R502,CL50</t>
+  </si>
+  <si>
+    <t>07010928</t>
+  </si>
+  <si>
+    <t>28004/28004W</t>
+  </si>
+  <si>
+    <t>07010929</t>
+  </si>
+  <si>
+    <t>28066/28066W</t>
+  </si>
+  <si>
+    <t>07010930</t>
+  </si>
+  <si>
+    <t>28053/28053W</t>
+  </si>
+  <si>
+    <t>174667.00₸</t>
   </si>
   <si>
     <t>Диск соломка 3*3мм д/R502,CL50</t>
   </si>
   <si>
-    <t>07010186</t>
-[...235 lines deleted...]
-  <si>
     <t>07010931</t>
   </si>
   <si>
     <t>28101/28101W</t>
   </si>
   <si>
     <t>07010932</t>
   </si>
   <si>
     <t>28135/28135W</t>
   </si>
   <si>
     <t>300247.00₸</t>
   </si>
   <si>
     <t>Набор дисков 1933 CL50/52 «Робот Купе»[8шт];сталь нерж.;,H=25,L=39,B=39мм;серебрист.</t>
   </si>
   <si>
     <t>07010933</t>
   </si>
   <si>
     <t>1933/1933W</t>
   </si>
   <si>
     <t>1121636.00₸</t>
@@ -1172,389 +1163,395 @@
   <si>
     <t>Комплект д/кубиков д/R502,CL50;,H=5,L=5,B=5мм</t>
   </si>
   <si>
     <t>07020218</t>
   </si>
   <si>
     <t>28110/28110W</t>
   </si>
   <si>
     <t>286656.00₸</t>
   </si>
   <si>
     <t>Комплект д/кубиков д/R502,CL50;,H=2,L=2,B=2см</t>
   </si>
   <si>
     <t>07020219</t>
   </si>
   <si>
     <t>28114/28114W</t>
   </si>
   <si>
     <t>244029.00₸</t>
   </si>
   <si>
+    <t>Комплект д/кубиков «Бистро» д/R402,CL40,30;D=190,H=8,L=8,B=8мм</t>
+  </si>
+  <si>
+    <t>07020221</t>
+  </si>
+  <si>
+    <t>27113/27113W</t>
+  </si>
+  <si>
+    <t>231054.00₸</t>
+  </si>
+  <si>
+    <t>Комплект д/пригот.фри «Бистро» д/R402,CL40,30;D=173,H=11,L=10,B=10мм</t>
+  </si>
+  <si>
+    <t>07020222</t>
+  </si>
+  <si>
+    <t>27117/27117W</t>
+  </si>
+  <si>
+    <t>239701.00₸</t>
+  </si>
+  <si>
+    <t>Комплект д/пригот.фри «Бистро» д/R402,CL40,30;,L=8,B=8мм</t>
+  </si>
+  <si>
+    <t>07020223</t>
+  </si>
+  <si>
+    <t>27116/27116W</t>
+  </si>
+  <si>
+    <t>Комплект д/кубиков «Бистро» д/R402,CL40,30;D=19,H=1,L=1,B=1см</t>
+  </si>
+  <si>
+    <t>07020224</t>
+  </si>
+  <si>
+    <t>159367.00₸</t>
+  </si>
+  <si>
+    <t>Ремень д/овощерезки CL50 и CL52</t>
+  </si>
+  <si>
+    <t>07020225</t>
+  </si>
+  <si>
+    <t>515482/515482S</t>
+  </si>
+  <si>
+    <t>39494.00₸</t>
+  </si>
+  <si>
+    <t>Ось вала мотора д/CL 50 д/овощерезки</t>
+  </si>
+  <si>
+    <t>07020226</t>
+  </si>
+  <si>
+    <t>110308/110308S</t>
+  </si>
+  <si>
+    <t>3527.00₸</t>
+  </si>
+  <si>
+    <t>Сальник вала д/CL50</t>
+  </si>
+  <si>
+    <t>07020228</t>
+  </si>
+  <si>
+    <t>501678/501678S</t>
+  </si>
+  <si>
+    <t>10049.00₸</t>
+  </si>
+  <si>
+    <t>Лезвие д/диска слайсера овощерезки д/CL50</t>
+  </si>
+  <si>
+    <t>07020229</t>
+  </si>
+  <si>
+    <t>32133.00₸</t>
+  </si>
+  <si>
+    <t>Диск терка 4мм д/CL50, R502</t>
+  </si>
+  <si>
+    <t>07020230</t>
+  </si>
+  <si>
+    <t>28073/28073W</t>
+  </si>
+  <si>
+    <t>Диск соломка 8*8мм д/R502, CL50, CL52</t>
+  </si>
+  <si>
+    <t>07020231</t>
+  </si>
+  <si>
+    <t>Диск терка "Пармезан"д/R402,CL40,CL30</t>
+  </si>
+  <si>
+    <t>07020233</t>
+  </si>
+  <si>
+    <t>75953.00₸</t>
+  </si>
+  <si>
+    <t>Овощерезка CL52 однофазная;,H=69,L=36,B=34см;750вт;бежев.,металлич.</t>
+  </si>
+  <si>
+    <t>07020234</t>
+  </si>
+  <si>
+    <t>1364533.00₸</t>
+  </si>
+  <si>
+    <t>Комплект д/приготов.фри д/CL50,CL52;,L=8,B=8мм</t>
+  </si>
+  <si>
+    <t>07020239</t>
+  </si>
+  <si>
+    <t>28134W</t>
+  </si>
+  <si>
+    <t>Комплект д/кубиков д/R402,CL40,CL30Bistro;,H=12,L=12,B=12мм</t>
+  </si>
+  <si>
+    <t>07020240</t>
+  </si>
+  <si>
+    <t>27298/27298W</t>
+  </si>
+  <si>
+    <t>Комплект д/кубиков д/R502,CL50,CL52;,H=25,L=25,B=25мм</t>
+  </si>
+  <si>
+    <t>07020241</t>
+  </si>
+  <si>
+    <t>Диск слайсер 1мм д/R502,652;CL50,52,55,60</t>
+  </si>
+  <si>
+    <t>07020242</t>
+  </si>
+  <si>
+    <t>28062/28062W</t>
+  </si>
+  <si>
+    <t>129738.00₸</t>
+  </si>
+  <si>
+    <t>Диск соломка 2*10мм д/R502,CL50</t>
+  </si>
+  <si>
+    <t>07020243</t>
+  </si>
+  <si>
+    <t>28173/28173W</t>
+  </si>
+  <si>
+    <t>89906.00₸</t>
+  </si>
+  <si>
+    <t>Диск слайсер 10мм д/CL50,CL52,R502;,H=65,L=215,B=225мм</t>
+  </si>
+  <si>
+    <t>07020245</t>
+  </si>
+  <si>
+    <t>Комплект д/кубиков д/R502, CL50;,H=14,L=14,B=14мм</t>
+  </si>
+  <si>
+    <t>07020247</t>
+  </si>
+  <si>
+    <t>Диск соломка 2*2мм д/502, CL50, CL52;металлич.</t>
+  </si>
+  <si>
+    <t>07020248</t>
+  </si>
+  <si>
+    <t>Диск слайсер 6мм д/R211XL,R402,CL30 Bistro</t>
+  </si>
+  <si>
+    <t>07020250</t>
+  </si>
+  <si>
+    <t>Диск терка 3мм д/211XL,R402;D=190,H=4,L=18,B=18мм</t>
+  </si>
+  <si>
+    <t>07020251</t>
+  </si>
+  <si>
+    <t>Диск слайсер 6мм д/R502,CL50</t>
+  </si>
+  <si>
+    <t>07020260</t>
+  </si>
+  <si>
+    <t>28196/28196W</t>
+  </si>
+  <si>
+    <t>93271.00₸</t>
+  </si>
+  <si>
+    <t>Овощерезка CL20 б/дисков;,H=57,L=30,4,B=32,5см;400вт</t>
+  </si>
+  <si>
+    <t>07020262</t>
+  </si>
+  <si>
+    <t>776830.00₸</t>
+  </si>
+  <si>
+    <t>Диск слайсер 4мм д/R211XL,CL20,CL30 Bistro</t>
+  </si>
+  <si>
+    <t>07020269</t>
+  </si>
+  <si>
+    <t>33211.00₸</t>
+  </si>
+  <si>
+    <t>Толкатель д/CL30</t>
+  </si>
+  <si>
+    <t>07020273</t>
+  </si>
+  <si>
+    <t>103703/103703S</t>
+  </si>
+  <si>
+    <t>Bistro</t>
+  </si>
+  <si>
+    <t>111219.00₸</t>
+  </si>
+  <si>
+    <t>Крышка д/CL30</t>
+  </si>
+  <si>
+    <t>07020274</t>
+  </si>
+  <si>
+    <t>82144.00₸</t>
+  </si>
+  <si>
+    <t>Диск соломка 1*8мм д/овощерезки CL50</t>
+  </si>
+  <si>
+    <t>07020276</t>
+  </si>
+  <si>
+    <t>28172/28172W</t>
+  </si>
+  <si>
+    <t>89036.00₸</t>
+  </si>
+  <si>
+    <t>Диск соломка 2*4мм д/овощерезки CL50</t>
+  </si>
+  <si>
+    <t>07020277</t>
+  </si>
+  <si>
+    <t>27072/27072W</t>
+  </si>
+  <si>
+    <t>Овощерезка CL50 1-фазн. «Гурме»;550вт</t>
+  </si>
+  <si>
+    <t>07020289</t>
+  </si>
+  <si>
+    <t>Gourmet</t>
+  </si>
+  <si>
+    <t>1974419.00₸</t>
+  </si>
+  <si>
+    <t>Толкатель: комплект для овощерезки CL50</t>
+  </si>
+  <si>
+    <t>07020300</t>
+  </si>
+  <si>
+    <t>140164.00₸</t>
+  </si>
+  <si>
+    <t>Держатель толкателя для овощерезки cL40</t>
+  </si>
+  <si>
+    <t>07020305</t>
+  </si>
+  <si>
+    <t>23986.00₸</t>
+  </si>
+  <si>
+    <t>Диск-сбрасыватель д/овощерезки CL50;серый</t>
+  </si>
+  <si>
+    <t>07020306</t>
+  </si>
+  <si>
+    <t>102690S</t>
+  </si>
+  <si>
+    <t>19143.00₸</t>
+  </si>
+  <si>
+    <t>Диск-терка 4мм CL50</t>
+  </si>
+  <si>
+    <t>07020324</t>
+  </si>
+  <si>
+    <t>102108/102108S</t>
+  </si>
+  <si>
+    <t>41319.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для CL40 «Робот Купе»</t>
+  </si>
+  <si>
+    <t>07020339</t>
+  </si>
+  <si>
+    <t>106515.00₸</t>
+  </si>
+  <si>
+    <t>07020902</t>
+  </si>
+  <si>
+    <t>28054/28054W</t>
+  </si>
+  <si>
     <t>Комплект д/кубиков д/R502,CL50;,H=8,L=8,B=8мм</t>
   </si>
   <si>
-    <t>07020220</t>
-[...334 lines deleted...]
-  <si>
     <t>07020903</t>
   </si>
   <si>
     <t>28111/28111W</t>
   </si>
   <si>
     <t>07020904</t>
   </si>
   <si>
     <t>28051/28051W</t>
   </si>
   <si>
     <t>07020905</t>
   </si>
   <si>
     <t>28113/28113W</t>
   </si>
   <si>
     <t>242897.00₸</t>
   </si>
   <si>
     <t>07020906</t>
   </si>
   <si>
     <t>28067/28067W</t>
@@ -1749,50 +1746,62 @@
     <t>42563-44</t>
   </si>
   <si>
     <t>36491.00₸</t>
   </si>
   <si>
     <t>Сбрасыватель Д/CL25/CL30/R302</t>
   </si>
   <si>
     <t>09101596</t>
   </si>
   <si>
     <t>117092/117092S</t>
   </si>
   <si>
     <t>14346.00₸</t>
   </si>
   <si>
     <t>Овощерезка CL30 БИСТРО «Робот Купе» б/ножей;сталь нерж.,пластик;,H=62,L=32,6,B=29,3см;500вт;белый,се</t>
   </si>
   <si>
     <t>07020203</t>
   </si>
   <si>
     <t>909933.00₸</t>
+  </si>
+  <si>
+    <t>Овощерезка с плододержателем и боксом TREND</t>
+  </si>
+  <si>
+    <t>09104037</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>54347.00₸</t>
   </si>
   <si>
     <t>Нож запасной 3 мм для арт.215131;сталь нерж.</t>
   </si>
   <si>
     <t>04073584</t>
   </si>
   <si>
     <t>59637.00₸</t>
   </si>
   <si>
     <t>Овощерезка «Мандолина» регулируемая с держателем;сталь нерж.,пластик</t>
   </si>
   <si>
     <t>04073590</t>
   </si>
   <si>
     <t>AMS-03</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>24864.00₸</t>
   </si>
@@ -1843,51 +1852,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A317B1A5-E3C6-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F1755-E3C5-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394190-4251-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394191-4251-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCFF54E2-8872-11EE-BC13-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D0A45E7-424D-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E50CCC68-696C-11EC-BBF7-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E55-424E-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E56-424E-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E50CCC69-696C-11EC-BBF7-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC13051D-E3D4-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C78F571-8147-11E9-BBBA-005056921CC412.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F40906A-424F-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A701A799-4125-11EB-BBDF-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571046E-424F-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571046F-424F-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8663B760-21C3-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE67-4250-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE75-4250-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A5291-4252-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E5C455C-4253-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E5C455D-4253-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F4B4-21C4-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F566-21C4-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA856C8B-4254-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808301-814A-11E9-BBBA-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8663B6C0-21C3-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8663B620-21C3-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74FC657D-21C5-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74FC64DD-21C5-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808303-814A-11E9-BBBA-005056921CC431.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808304-814A-11E9-BBBA-005056921CC432.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4145C4DC-21C4-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44A00186-F3D8-11EC-BBFA-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4145C07C-21C4-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B3511CF-21C4-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18DEC4A-104C-11EA-BBC6-005056921CC437.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5B21F096-AECA-11EE-BC40-00505692492F38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71A11EB1-696B-11EC-BBF7-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279D29BB-21C8-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279D2A5B-21C8-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9BF8-21C9-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/736E643F-50A8-11ED-BC00-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8BD-4250-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8692C75-2224-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9EA07E-9154-11F0-BC58-00505692E2D046.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC9E-4250-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8692934-2224-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8692A74-2224-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFEC1-9154-11F0-BC58-00505692E2D050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFE0F-9154-11F0-BC58-00505692E2D051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9E9FA7-9154-11F0-BC58-00505692E2D052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58663023-9154-11F0-BC58-00505692E2D053.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159285-4250-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFD5D-9154-11F0-BC58-00505692E2D055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58662DFB-9154-11F0-BC58-00505692E2D056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9E9AF6-9154-11F0-BC58-00505692E2D057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159292-4250-11E8-A155-00259035BB6758.gif"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8692BD5-2224-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9E9EF5-9154-11F0-BC58-00505692E2D060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9E9C84-9154-11F0-BC58-00505692E2D061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592A8-4250-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AE81FDF-9154-11F0-BC58-00505692E2D063.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFAFC-9154-11F0-BC58-00505692E2D064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378B00-4251-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58662EBF-9154-11F0-BC58-00505692E2D066.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378B02-4251-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8692B26-2224-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFC63-9154-11F0-BC58-00505692E2D069.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58662D36-9154-11F0-BC58-00505692E2D070.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D47F-4251-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D480-4251-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1DF116-2224-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB94-424F-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB95-424F-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5E3D678-424F-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C4A9CA-AB55-11EC-BBFA-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D200DB5D-AB56-11EC-BBFA-005056921CC478.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC55EB2-AB5E-11EC-BBFA-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4D146FE-AB60-11EC-BBFA-005056921CC480.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF567C60-AB61-11EC-BBFA-005056921CC481.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFA14-9154-11F0-BC58-00505692E2D082.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9E9E43-9154-11F0-BC58-00505692E2D083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1735B11C-AB66-11EC-BBFA-005056921CC484.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFF74-9154-11F0-BC58-00505692E2D085.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3ACCA47-AB66-11EC-BBFA-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111907-4250-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B6108AF-222F-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6A6-4251-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3451AF-4251-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3964DDF-2230-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3451B1-4251-11E8-A155-00259035BB6792.gif"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3451B2-4251-11E8-A155-00259035BB6793.gif"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9E9BA8-9154-11F0-BC58-00505692E2D094.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80F0132F-2230-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC7C6487-AB5E-11EC-BBFA-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/494D4239-AB5F-11EC-BBFA-005056921CC497.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9230963B-AB5F-11EC-BBFA-005056921CC498.gif"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5753C79B-AB60-11EC-BBFA-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13C80C42-2230-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077ACF-4250-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA80B2B3-727F-11EE-BC0F-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC8E-4250-11E8-A155-00259035BB67103.gif"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC8F-4250-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CECA0-4250-11E8-A155-00259035BB67105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159282-4250-11E8-A155-00259035BB67106.gif"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159283-4250-11E8-A155-00259035BB67107.gif"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F615929B-4250-11E8-A155-00259035BB67108.gif"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD90C779-2230-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2527CDBD-3126-11EC-BBF4-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592BE-4250-11E8-A155-00259035BB67111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C0-4250-11E8-A155-00259035BB67112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C1-4250-11E8-A155-00259035BB67113.gif"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425A7C7-4251-11E8-A155-00259035BB67114.gif"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425A7C8-4251-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9E9D91-9154-11F0-BC58-00505692E2D0116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3451B3-4251-11E8-A155-00259035BB67117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D482-4251-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D4B0-4251-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D4B1-4251-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575CE-4251-11E8-A155-00259035BB67121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575CF-4251-11E8-A155-00259035BB67122.gif"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C8526-4251-11E8-A155-00259035BB67123.gif"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E228A-4251-11E8-A155-00259035BB67124.gif"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE2716CB-4251-11E8-A155-00259035BB67125.gif"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFBB1-9154-11F0-BC58-00505692E2D0126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58662F71-9154-11F0-BC58-00505692E2D0127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17C3C5BF-2231-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/366F261C-4253-11E8-A155-00259035BB67129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34597A46-4769-11EA-BBCE-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AB8-4254-11E8-A155-00259035BB67131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AB9-4254-11E8-A155-00259035BB67132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DBA95A6-2230-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFBFAD67-FECF-11EC-BBFA-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDA21D33-AB5F-11EC-BBFA-005056921CC4135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AECBB-AB62-11EC-BBFA-005056921CC4136.gif"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03CFC638-AB63-11EC-BBFA-005056921CC4137.gif"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C871EEE-AB63-11EC-BBFA-005056921CC4138.gif"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC066B5F-AB63-11EC-BBFA-005056921CC4139.gif"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76C420F4-AB64-11EC-BBFA-005056921CC4140.gif"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1711106F-F163-11EB-BBF2-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AE82091-9154-11F0-BC58-00505692E2D0142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17C3C4FB-2231-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5E1CD68-FECF-11EC-BBFA-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D90D3DB9-F162-11EB-BBF2-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34597A4D-4769-11EA-BBCE-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7378EE0-25A1-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C8-4250-11E8-A155-00259035BB67148.gif"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36FC7259-424E-11E8-A155-00259035BB67149.gif"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62A2A775-2230-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F06DE51-424E-11E8-A155-00259035BB67151.gif"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A997163-2230-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45E69636-222F-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD7-E3D3-11EB-BBF2-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB96-424F-11E8-A155-00259035BB67155.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A317B1A5-E3C6-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD3F1755-E3C5-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394190-4251-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56394191-4251-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCFF54E2-8872-11EE-BC13-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D0A45E7-424D-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E50CCC68-696C-11EC-BBF7-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E55-424E-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55077E56-424E-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E50CCC69-696C-11EC-BBF7-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC13051D-E3D4-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C78F571-8147-11E9-BBBA-005056921CC412.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F40906A-424F-11E8-A155-00259035BB6713.gif"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A701A799-4125-11EB-BBDF-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571046E-424F-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7571046F-424F-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8663B760-21C3-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE67-4250-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE75-4250-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6A2A5291-4252-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E5C455C-4253-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E5C455D-4253-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F4B4-21C4-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F566-21C4-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA856C8B-4254-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808301-814A-11E9-BBBA-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8663B6C0-21C3-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8663B620-21C3-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74FC657D-21C5-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74FC64DD-21C5-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808303-814A-11E9-BBBA-005056921CC431.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05808304-814A-11E9-BBBA-005056921CC432.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4145C4DC-21C4-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44A00186-F3D8-11EC-BBFA-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4145C07C-21C4-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B3511CF-21C4-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F18DEC4A-104C-11EA-BBC6-005056921CC437.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5B21F096-AECA-11EE-BC40-00505692492F38.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71A11EB1-696B-11EC-BBF7-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279D29BB-21C8-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/279D2A5B-21C8-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005B9BF8-21C9-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/736E643F-50A8-11ED-BC00-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8BD-4250-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9EA07E-9154-11F0-BC58-00505692E2D045.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC9E-4250-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8692934-2224-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8692A74-2224-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFEC1-9154-11F0-BC58-00505692E2D049.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFE0F-9154-11F0-BC58-00505692E2D050.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9E9FA7-9154-11F0-BC58-00505692E2D051.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58663023-9154-11F0-BC58-00505692E2D052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159285-4250-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFD5D-9154-11F0-BC58-00505692E2D054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58662DFB-9154-11F0-BC58-00505692E2D055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9E9AF6-9154-11F0-BC58-00505692E2D056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8692BD5-2224-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9E9EF5-9154-11F0-BC58-00505692E2D058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9E9C84-9154-11F0-BC58-00505692E2D059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592A8-4250-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AE81FDF-9154-11F0-BC58-00505692E2D061.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFAFC-9154-11F0-BC58-00505692E2D062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378B00-4251-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58662EBF-9154-11F0-BC58-00505692E2D064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378B02-4251-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A8692B26-2224-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFC63-9154-11F0-BC58-00505692E2D067.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58662D36-9154-11F0-BC58-00505692E2D068.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D47F-4251-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D480-4251-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1DF116-2224-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB94-424F-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB95-424F-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5E3D678-424F-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C4A9CA-AB55-11EC-BBFA-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D200DB5D-AB56-11EC-BBFA-005056921CC476.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEC55EB2-AB5E-11EC-BBFA-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4D146FE-AB60-11EC-BBFA-005056921CC478.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF567C60-AB61-11EC-BBFA-005056921CC479.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFA14-9154-11F0-BC58-00505692E2D080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9E9E43-9154-11F0-BC58-00505692E2D081.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1735B11C-AB66-11EC-BBFA-005056921CC482.gif"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFF74-9154-11F0-BC58-00505692E2D083.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3ACCA47-AB66-11EC-BBFA-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111907-4250-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B6108AF-222F-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6A6-4251-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3451AF-4251-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3964DDF-2230-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3451B1-4251-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3451B2-4251-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9E9BA8-9154-11F0-BC58-00505692E2D092.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80F0132F-2230-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC7C6487-AB5E-11EC-BBFA-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/494D4239-AB5F-11EC-BBFA-005056921CC495.gif"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9230963B-AB5F-11EC-BBFA-005056921CC496.gif"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5753C79B-AB60-11EC-BBFA-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13C80C42-2230-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077ACF-4250-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA80B2B3-727F-11EE-BC0F-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC8E-4250-11E8-A155-00259035BB67101.gif"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC8F-4250-11E8-A155-00259035BB67102.gif"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159282-4250-11E8-A155-00259035BB67103.gif"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6159283-4250-11E8-A155-00259035BB67104.gif"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F615929B-4250-11E8-A155-00259035BB67105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BD90C779-2230-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2527CDBD-3126-11EC-BBF4-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592BE-4250-11E8-A155-00259035BB67108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C0-4250-11E8-A155-00259035BB67109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C1-4250-11E8-A155-00259035BB67110.gif"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425A7C7-4251-11E8-A155-00259035BB67111.gif"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1425A7C8-4251-11E8-A155-00259035BB67112.gif"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E9E9D91-9154-11F0-BC58-00505692E2D0113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A3451B3-4251-11E8-A155-00259035BB67114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D482-4251-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D4B0-4251-11E8-A155-00259035BB67116.gif"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9833D4B1-4251-11E8-A155-00259035BB67117.gif"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575CE-4251-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575CF-4251-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C8526-4251-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E228A-4251-11E8-A155-00259035BB67121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE2716CB-4251-11E8-A155-00259035BB67122.gif"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64BCFBB1-9154-11F0-BC58-00505692E2D0123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58662F71-9154-11F0-BC58-00505692E2D0124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17C3C5BF-2231-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/366F261C-4253-11E8-A155-00259035BB67126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17C3C671-2231-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34597A46-4769-11EA-BBCE-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AB8-4254-11E8-A155-00259035BB67129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941AB9-4254-11E8-A155-00259035BB67130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DBA95A6-2230-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFBFAD67-FECF-11EC-BBFA-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FDA21D33-AB5F-11EC-BBFA-005056921CC4133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5E5AECBB-AB62-11EC-BBFA-005056921CC4134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03CFC638-AB63-11EC-BBFA-005056921CC4135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C871EEE-AB63-11EC-BBFA-005056921CC4136.gif"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EC066B5F-AB63-11EC-BBFA-005056921CC4137.gif"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76C420F4-AB64-11EC-BBFA-005056921CC4138.gif"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1711106F-F163-11EB-BBF2-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6AE82091-9154-11F0-BC58-00505692E2D0140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17C3C4FB-2231-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5E1CD68-FECF-11EC-BBFA-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D90D3DB9-F162-11EB-BBF2-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34597A4D-4769-11EA-BBCE-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7378EE0-25A1-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592C8-4250-11E8-A155-00259035BB67146.gif"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36FC7259-424E-11E8-A155-00259035BB67147.gif"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62A2A775-2230-11EE-BC0D-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F06DE51-424E-11E8-A155-00259035BB67149.gif"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A997163-2230-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45E69636-222F-11EE-BC0D-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD7-E3D3-11EB-BBF2-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB96-424F-11E8-A155-00259035BB67153.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -4642,81 +4651,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="93" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>95</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="94" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="95" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -5662,81 +5671,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="127" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId127"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>131</xdr:row>
+      <xdr:row>132</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="128" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>132</xdr:row>
+      <xdr:row>133</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="129" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId129"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -5812,81 +5821,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="132" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId132"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>137</xdr:row>
+      <xdr:row>141</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="133" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId133"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>138</xdr:row>
+      <xdr:row>142</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="134" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId134"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -6022,81 +6031,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="139" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>148</xdr:row>
+      <xdr:row>150</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="140" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>149</xdr:row>
+      <xdr:row>151</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="141" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId141"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -6172,81 +6181,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="144" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId144"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>155</xdr:row>
+      <xdr:row>156</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="145" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId145"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>156</xdr:row>
+      <xdr:row>157</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="146" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId146"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -6425,110 +6434,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>164</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="153" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -6787,62 +6736,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-slayserov-d-ananasa-vacuvin-02060212/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slayser-dlya-ananasa-paderno-02060229/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slayser-dlya-ananasa-vacuvin-02060251/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slayser-dlya-ananasa-vacuvin-02060252/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-mandoliny-art49830-60-38-lezviy-paderno-04070419/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-ovoscherezka-prof-paderno-04070420/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-ovoscherezka-7-nasadok-paderno-04070424/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-d-dekornarezki-ovoscheynozha-1-2-4mm-paderno-04070432/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-d-dekor-narezki-paderno-04070433/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-ovoscherezka-paderno-04070440/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-d-dekornarezki-ovoschey-paderno-04070454/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-3nozha-3-5-10mm-b-derzhatelya-matfer-04070460/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-mandoliny-art215001-matfer-04070461/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-yaponskaya-matfer-04070471/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-d-chistki-yablok-matfer-04070483/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapasnoy-nozh-d-art215155-matfer-04070484/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slayser-d-ovoschey-matfer-04070485/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/izmelchitel-d-ovoschey-ruchnoy-westmark-04071706/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-de-buyer-04071707/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grebenka-2mm-d-art201201-de-buyer-04071764/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-ovoscherezka-paderno-04071790/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-ovoscherezka-paderno-04071791/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-ovoscherezka-5-lezviy-ilsa-04071796/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-4-10-mm-de-buyer-04071800/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-ovoscherezki-49823-00-paderno-04072729/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-ovoscherezki-matfer-04072734/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slayser-d-ovoscherezki-matfer-04072735/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slayser-d-tomatov-d-ovoschey-matfer-04072736/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-ovoschey-6kuskov-matfer-04072737/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-ovoschey-8kuskov-d-ovoscherezki-matfer-04072738/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-narezki-fri-8mm-d-ovoscherezki-matfer-04072740/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-narezki-fri-10mm-d-ovoscherezki-matfer-04072741/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-narezki-fri-168mm-d-ovoschey-matfer-04072742/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-3mm-d-art215001-mandolina-matfer-04072748/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-zapasnyh-nozhey-d-mandoliny-art49829-11-paderno-04072755/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-grebenok-d-mandoliny-art4070440-paderno-04072764/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grebenka-3mm-d-mandoliny-201201-de-buyer-04072767/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grebenka-4mm-d-mandoliny-201201-de-buyer-04072768/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-d-udkostochek-iz-olivok-paderno-04140494/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-dlya-ochistki-yablok-matfer-04141239/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-dlya-narezki-ovoschey-paderno-04141299/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-s-k-kolbasy-paderno-04143001/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustroystvo-d-udalkostochek-tramontina-04144801/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustroystvo-d-udaleniya-kostochek-matfer-04144802/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapasnoy-nozh-d-art-215050-matfer-04160304/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-2mm-d-r502cl50-robot-coupe-07010172/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-22mm-d-r201-301-robot-coupe-07010173/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-5mm-d-r502-cl50-robot-coupe-07010174/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-d-r502-cl50-robot-coupe-07010175/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-44mm-d-r201-301-cl30bistro-robot-coupe-07010176/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-1mm-d-r201-301-cl30bistro-cl40-robot-coupe-07010177/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-2mm-d-r201-301-cl30bistro-cl40-robot-coupe-07010178/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-24mm-d-r201301-robot-coupe-07010179/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-3mm-robot-coupe-07010180/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-2mm-robot-coupe-07010181/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-3mm-d-r201-301-robot-coupe-07010182/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-6mm-d-r201-301-robot-coupe-07010183/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-2mm-d-r502-cl50-robot-coupe-07010185/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-33mm-d-r502-cl50-robot-coupe-07010186/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-5mm-d-r502-cl50-robot-coupe-07010188/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-66mm-d-r502-cl50-robot-coupe-07010189/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-robot-coupe-07010190/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-15mm-d-r502-cl50-robot-coupe-07010191/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-kartofel-fri-robot-coupe-07010219/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-8mm-d-cl50-cl52-r502-robot-coupe-07010220/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-44mm-d-r502-cl50-cl52-robot-coupe-07010221/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-3mm-d-r502-cl50-cl52-robot-coupe-07010222/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-figurnye-lomtiki-3mm-d-r502-cl50-cl52-robot-coupe-07010223/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-2525mm-robot-coupe-07010224/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-5mm-d-r402-cl30bistro-cl40-robot-coupe-07010225/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-figurlom2mm-d-r211xl-r402-cl30bistr-c-robot-coupe-07010226/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-figurlom2mm-d-r502-cl50-cl52-robot-coupe-07010227/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-robot-coupe-07010228/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-diskov-1945-cl40-robot-coupe-07010288/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-diskov-1961cl50-52-60-robot-coupe-07010290/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kartofpyure-1-5mmd-cl50-52-55-60-robot-coupe-07010291/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/reshetka-d-narezki-kubikov-d-cl50-robot-coupe-07010297/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-2mm-d-r502cl50-robot-coupe-07010923/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-kubiki-d-cl50-robot-coupe-07010924/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-2525mm-robot-coupe-07010926/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-3mm-d-r502-cl50-robot-coupe-07010927/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-4mm-d-r502-cl50-robot-coupe-07010928/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-8mm-d-cl50-cl52-r502-robot-coupe-07010929/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-66mm-d-r502-cl50-robot-coupe-07010930/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-33mm-d-r502-cl50-robot-coupe-07010931/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-kartofel-fri-robot-coupe-07010932/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-diskov-1933-cl50-52-robot-coupe-07010933/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-r301-cl30-230v-robot-coupe-07011208/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-cl50-odnofaznaya-robot-coupe-07011209/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sbrasyvatel-d-cl30-r302-robot-coupe-07011219/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sbrasyvatel-d-kartofelnogo-pyure-d-cl50-robot-coupe-07011226/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kartofelnogo-pyure-3mm-d-cl50-robot-coupe-07011227/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-ochistki-reshetok-d-narkubikov-robot-coupe-07011228/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschita-diskov-d-r502-cl50-robot-coupe-07011229/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-2mm-d-r211xl-r402-robot-coupe-07011241/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-cl40-robot-coupe-07011254/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kartofelnogo-pyure-3mm-d-r652-robot-coupe-07011277/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopasti-d-kartofelnogo-pyure-d-r652-robot-coupe-07011278/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-malyy-d-cl50-robot-coupe-07011280/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sbrasyvatel-d-r301-cl40-robot-coupe-07011281/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sbrasyvatel-d-cl50-robot-coupe-07011282/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vtulka-d-sbrasyvatelya-robot-coupe-07011283/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-cl50-robot-coupe-07020202/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-cl40-robot-coupe-07020215/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kartofpyure-2mmd-cl50-52-55-60-robot-coupe-07020217/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020218/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020219/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020220/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-robot-coupe-07020221/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-prigotfri-robot-coupe-07020222/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-prigotfri-robot-coupe-07020223/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-robot-coupe-07020224/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remen-d-ovoscherezki-cl50-i-cl52-robot-coupe-07020225/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/os-vala-motora-d-cl-50-robot-coupe-07020226/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salnik-vala-d-cl50-robot-coupe-07020228/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lezvie-d-diska-slaysera-ovoscherezki-d-cl50-robot-coupe-07020229/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-4mm-d-cl50-r502-robot-coupe-07020230/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-88mm-d-r502-cl50-cl52-robot-coupe-07020231/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-parmezand-r402-cl40-cl30-robot-coupe-07020233/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-cl52-odnofaznaya-robot-coupe-07020234/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-prigotovfri-d-cl50-cl52-robot-coupe-07020239/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r402-cl40-cl30bistro-robot-coupe-07020240/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-cl52-robot-coupe-07020241/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-1mm-d-r502-652cl50-52-55-60-robot-coupe-07020242/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-210mm-d-r502-cl50-robot-coupe-07020243/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-10mm-d-cl50-cl52-r502-robot-coupe-07020245/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020247/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-22mm-d-502-cl50-cl52-robot-coupe-07020248/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-6mm-d-r211xl-r402-cl30-bistro-robot-coupe-07020250/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-3mm-d-211xl-r402-robot-coupe-07020251/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-6mm-d-r502-cl50-robot-coupe-07020260/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-cl20-b-diskov-robot-coupe-07020262/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-d-cl30-robot-coupe-07020273/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-cl30-robot-coupe-07020274/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-18mm-d-ovoscherezki-cl50-robot-coupe-07020276/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-24mm-d-ovoscherezki-cl50-robot-coupe-07020277/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-cl50-1-fazn-robot-coupe-07020289/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-komplekt-dlya-ovoscherezki-cl50-robot-coupe-07020300/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-tolkatelya-dlya-ovoscherezki-cl40-robot-coupe-07020305/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-sbrasyvatel-d-ovoscherezki-cl50-robot-coupe-07020306/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-4mm-cl50-robot-coupe-07020324/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-cl40-robot-kupe-robot-coupe-07020339/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-88mm-d-r502-cl50-cl52-robot-coupe-07020902/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020903/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-22mm-d-502-cl50-cl52-robot-coupe-07020904/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020905/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-10mm-d-cl50-cl52-r502-robot-coupe-07020906/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-cl52-robot-coupe-07020907/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-kartofel-fri-d-cl50-1016mm-robot-coupe-07021904/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-121212mm-d-cl50-robot-coupe-07021905/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-kubikov-141410mm-d-cl50-robot-coupe-07021906/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-zelenyy-salat-d-ovoscherezki-cl50-robot-coupe-07021907/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-d-ovoscherezki-cl50-robot-coupe-07021909/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-d-ovoscherezki-cl50-robot-coupe-07021910/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-ovoscherezki-fri-cl50-robot-coupe-07021911/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-napravlyayuschih-elementov-os-d-ovosch-cl50-robot-coupe-07021912/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podderzhka-motora-d-ovoscherezki-cl50e-robot-coupe-07021913/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-airhot-07022116/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lezvie-d-diska-slaysera-dlya-cl50-robot-coupe-07050117/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/daykonorezka-kyoto-08090181/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-nozh-matfer-09100257/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/udalitel-kostochek-iz-olivok-westmark-09100262/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-d-chistki-yablok-paderno-09100754/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustroystvo-d-udalkostochek-iz-vishni-paderno-09101279/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sbrasyvatel-d-cl25-cl30-r302-robot-coupe-09101596/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-cl30-bistro-robot-coupe-07020203/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-zapasnoy-3-mm-dlya-art215131-matfer-04073584/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-mandolina-prohotel-04073590/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-mandolina-prohotel-04073589/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-slayserov-d-ananasa-vacuvin-02060212/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slayser-dlya-ananasa-paderno-02060229/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slayser-dlya-ananasa-vacuvin-02060251/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slayser-dlya-ananasa-vacuvin-02060252/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-mandoliny-art49830-60-38-lezviy-paderno-04070419/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-ovoscherezka-prof-paderno-04070420/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-ovoscherezka-7-nasadok-paderno-04070424/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-d-dekornarezki-ovoscheynozha-1-2-4mm-paderno-04070432/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-d-dekor-narezki-paderno-04070433/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-ovoscherezka-paderno-04070440/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-d-dekornarezki-ovoschey-paderno-04070454/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-3nozha-3-5-10mm-b-derzhatelya-matfer-04070460/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-mandoliny-art215001-matfer-04070461/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-yaponskaya-matfer-04070471/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-d-chistki-yablok-matfer-04070483/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapasnoy-nozh-d-art215155-matfer-04070484/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slayser-d-ovoschey-matfer-04070485/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/izmelchitel-d-ovoschey-ruchnoy-westmark-04071706/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-de-buyer-04071707/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grebenka-2mm-d-art201201-de-buyer-04071764/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-ovoscherezka-paderno-04071790/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-ovoscherezka-paderno-04071791/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-ovoscherezka-5-lezviy-ilsa-04071796/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-4-10-mm-de-buyer-04071800/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-d-ovoscherezki-49823-00-paderno-04072729/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-ovoscherezki-matfer-04072734/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slayser-d-ovoscherezki-matfer-04072735/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/slayser-d-tomatov-d-ovoschey-matfer-04072736/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-ovoschey-6kuskov-matfer-04072737/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/delitel-d-ovoschey-8kuskov-d-ovoscherezki-matfer-04072738/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-narezki-fri-8mm-d-ovoscherezki-matfer-04072740/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-narezki-fri-10mm-d-ovoscherezki-matfer-04072741/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-narezki-fri-168mm-d-ovoschey-matfer-04072742/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-3mm-d-art215001-mandolina-matfer-04072748/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-zapasnyh-nozhey-d-mandoliny-art49829-11-paderno-04072755/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nozhey-grebenok-d-mandoliny-art4070440-paderno-04072764/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grebenka-3mm-d-mandoliny-201201-de-buyer-04072767/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/grebenka-4mm-d-mandoliny-201201-de-buyer-04072768/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schipcy-d-udkostochek-iz-olivok-paderno-04140494/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-dlya-ochistki-yablok-matfer-04141239/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-dlya-narezki-ovoschey-paderno-04141299/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-s-k-kolbasy-paderno-04143001/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustroystvo-d-udalkostochek-tramontina-04144801/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustroystvo-d-udaleniya-kostochek-matfer-04144802/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapasnoy-nozh-d-art-215050-matfer-04160304/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-22mm-d-r201-301-robot-coupe-07010173/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-5mm-d-r502-cl50-robot-coupe-07010174/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-d-r502-cl50-robot-coupe-07010175/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-44mm-d-r201-301-cl30bistro-robot-coupe-07010176/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-1mm-d-r201-301-cl30bistro-cl40-robot-coupe-07010177/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-2mm-d-r201-301-cl30bistro-cl40-robot-coupe-07010178/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-24mm-d-r201301-robot-coupe-07010179/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-3mm-robot-coupe-07010180/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-2mm-robot-coupe-07010181/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-3mm-d-r201-301-robot-coupe-07010182/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-6mm-d-r201-301-robot-coupe-07010183/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-2mm-d-r502-cl50-robot-coupe-07010185/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-5mm-d-r502-cl50-robot-coupe-07010188/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-66mm-d-r502-cl50-robot-coupe-07010189/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-robot-coupe-07010190/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-15mm-d-r502-cl50-robot-coupe-07010191/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-kartofel-fri-robot-coupe-07010219/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-8mm-d-cl50-cl52-r502-robot-coupe-07010220/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-44mm-d-r502-cl50-cl52-robot-coupe-07010221/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-3mm-d-r502-cl50-cl52-robot-coupe-07010222/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-figurnye-lomtiki-3mm-d-r502-cl50-cl52-robot-coupe-07010223/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-2525mm-robot-coupe-07010224/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-5mm-d-r402-cl30bistro-cl40-robot-coupe-07010225/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-figurlom2mm-d-r211xl-r402-cl30bistr-c-robot-coupe-07010226/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-figurlom2mm-d-r502-cl50-cl52-robot-coupe-07010227/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-robot-coupe-07010228/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-diskov-1945-cl40-robot-coupe-07010288/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-diskov-1961cl50-52-60-robot-coupe-07010290/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kartofpyure-1-5mmd-cl50-52-55-60-robot-coupe-07010291/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/reshetka-d-narezki-kubikov-d-cl50-robot-coupe-07010297/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-2mm-d-r502cl50-robot-coupe-07010923/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-kubiki-d-cl50-robot-coupe-07010924/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-2525mm-robot-coupe-07010926/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-3mm-d-r502-cl50-robot-coupe-07010927/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-4mm-d-r502-cl50-robot-coupe-07010928/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-8mm-d-cl50-cl52-r502-robot-coupe-07010929/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-66mm-d-r502-cl50-robot-coupe-07010930/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-33mm-d-r502-cl50-robot-coupe-07010931/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-kartofel-fri-robot-coupe-07010932/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-diskov-1933-cl50-52-robot-coupe-07010933/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-r301-cl30-230v-robot-coupe-07011208/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-cl50-odnofaznaya-robot-coupe-07011209/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sbrasyvatel-d-cl30-r302-robot-coupe-07011219/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sbrasyvatel-d-kartofelnogo-pyure-d-cl50-robot-coupe-07011226/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kartofelnogo-pyure-3mm-d-cl50-robot-coupe-07011227/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-ochistki-reshetok-d-narkubikov-robot-coupe-07011228/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschita-diskov-d-r502-cl50-robot-coupe-07011229/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-2mm-d-r211xl-r402-robot-coupe-07011241/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-cl40-robot-coupe-07011254/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kartofelnogo-pyure-3mm-d-r652-robot-coupe-07011277/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lopasti-d-kartofelnogo-pyure-d-r652-robot-coupe-07011278/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-malyy-d-cl50-robot-coupe-07011280/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sbrasyvatel-d-r301-cl40-robot-coupe-07011281/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sbrasyvatel-d-cl50-robot-coupe-07011282/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vtulka-d-sbrasyvatelya-robot-coupe-07011283/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-cl50-robot-coupe-07020202/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-cl40-robot-coupe-07020215/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kartofpyure-2mmd-cl50-52-55-60-robot-coupe-07020217/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020218/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020219/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-robot-coupe-07020221/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-prigotfri-robot-coupe-07020222/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-prigotfri-robot-coupe-07020223/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-robot-coupe-07020224/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remen-d-ovoscherezki-cl50-i-cl52-robot-coupe-07020225/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/os-vala-motora-d-cl-50-robot-coupe-07020226/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salnik-vala-d-cl50-robot-coupe-07020228/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lezvie-d-diska-slaysera-ovoscherezki-d-cl50-robot-coupe-07020229/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-4mm-d-cl50-r502-robot-coupe-07020230/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-88mm-d-r502-cl50-cl52-robot-coupe-07020231/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-parmezand-r402-cl40-cl30-robot-coupe-07020233/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-cl52-odnofaznaya-robot-coupe-07020234/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-prigotovfri-d-cl50-cl52-robot-coupe-07020239/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r402-cl40-cl30bistro-robot-coupe-07020240/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-cl52-robot-coupe-07020241/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-1mm-d-r502-652cl50-52-55-60-robot-coupe-07020242/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-210mm-d-r502-cl50-robot-coupe-07020243/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-10mm-d-cl50-cl52-r502-robot-coupe-07020245/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020247/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-22mm-d-502-cl50-cl52-robot-coupe-07020248/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-6mm-d-r211xl-r402-cl30-bistro-robot-coupe-07020250/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-3mm-d-211xl-r402-robot-coupe-07020251/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-6mm-d-r502-cl50-robot-coupe-07020260/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-cl20-b-diskov-robot-coupe-07020262/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-4mm-d-r211xl-cl20-cl30-bistro-robot-coupe-07020269/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-d-cl30-robot-coupe-07020273/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-cl30-robot-coupe-07020274/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-18mm-d-ovoscherezki-cl50-robot-coupe-07020276/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-24mm-d-ovoscherezki-cl50-robot-coupe-07020277/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-cl50-1-fazn-robot-coupe-07020289/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-komplekt-dlya-ovoscherezki-cl50-robot-coupe-07020300/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-tolkatelya-dlya-ovoscherezki-cl40-robot-coupe-07020305/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-sbrasyvatel-d-ovoscherezki-cl50-robot-coupe-07020306/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-terka-4mm-cl50-robot-coupe-07020324/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-cl40-robot-kupe-robot-coupe-07020339/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-88mm-d-r502-cl50-cl52-robot-coupe-07020902/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020903/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-solomka-22mm-d-502-cl50-cl52-robot-coupe-07020904/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-robot-coupe-07020905/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-10mm-d-cl50-cl52-r502-robot-coupe-07020906/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-d-r502-cl50-cl52-robot-coupe-07020907/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-kartofel-fri-d-cl50-1016mm-robot-coupe-07021904/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-kubikov-121212mm-d-cl50-robot-coupe-07021905/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-kubikov-141410mm-d-cl50-robot-coupe-07021906/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-zelenyy-salat-d-ovoscherezki-cl50-robot-coupe-07021907/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-slayser-d-ovoscherezki-cl50-robot-coupe-07021909/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-d-ovoscherezki-cl50-robot-coupe-07021910/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-d-ovoscherezki-fri-cl50-robot-coupe-07021911/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/komplekt-napravlyayuschih-elementov-os-d-ovosch-cl50-robot-coupe-07021912/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podderzhka-motora-d-ovoscherezki-cl50e-robot-coupe-07021913/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-airhot-07022116/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lezvie-d-diska-slaysera-dlya-cl50-robot-coupe-07050117/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/daykonorezka-kyoto-08090181/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mandolina-nozh-matfer-09100257/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/udalitel-kostochek-iz-olivok-westmark-09100262/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mashinka-d-chistki-yablok-paderno-09100754/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ustroystvo-d-udalkostochek-iz-vishni-paderno-09101279/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sbrasyvatel-d-cl25-cl30-r302-robot-coupe-09101596/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-cl30-bistro-robot-coupe-07020203/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-s-plododerzhatelem-i-boksom-trend-kl-09104037/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-zapasnoy-3-mm-dlya-art215131-matfer-04073584/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-mandolina-prohotel-04073590/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ovoscherezka-mandolina-prohotel-04073589/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L170"/>
+  <dimension ref="A1:L169"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I170" sqref="I170"/>
+      <selection activeCell="I169" sqref="I169"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -7009,5251 +6958,5216 @@
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>36</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>47</v>
+        <v>18</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" s="0" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" s="0" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="D11" s="0" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" s="0" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D13" s="0">
         <v>215001</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D14" s="0">
         <v>215005</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>73</v>
+        <v>18</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="D15" s="0">
         <v>215040</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="D16" s="0">
         <v>215155</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D17" s="0">
         <v>215158</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D18" s="0">
         <v>215131</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="D19" s="0">
         <v>11452260</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="D20" s="0">
         <v>2012.01</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D21" s="0">
         <v>2012.91</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="E24" s="0" t="s">
         <v>106</v>
-      </c>
-[...7 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>112</v>
+        <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D25" s="0">
         <v>2016.0</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="D27" s="0">
         <v>215610</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D28" s="0">
         <v>215611</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F28" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="G28" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="H28" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="G28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I28" s="1" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="0"/>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D29" s="0">
         <v>215613</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F29" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="G29" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="H29" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="G29" s="0" t="s">
-[...2 lines deleted...]
-      <c r="H29" s="0" t="s">
+      <c r="I29" s="1" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D30" s="0">
         <v>215616</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L30" s="0"/>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D31" s="0">
         <v>215618</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D32" s="0">
         <v>215626</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D33" s="0">
         <v>215627</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H33" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D34" s="0">
         <v>215628</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H34" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D35" s="0">
         <v>215010</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D38" s="0">
         <v>2012.94</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="D39" s="0">
         <v>2012.92</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L40" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="D41" s="0">
         <v>215250</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="E44" s="0" t="s">
         <v>176</v>
-      </c>
-[...7 lines deleted...]
-        <v>179</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="0"/>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="B46" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D46" s="0">
         <v>215051</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>35</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D47" s="0">
-        <v>28063</v>
+        <v>27599</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>27599</v>
+        <v>190</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>191</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="C49" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E49" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>197</v>
+      </c>
+      <c r="D50" s="0">
+        <v>27047</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>198</v>
+        <v>188</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D51" s="0">
-        <v>27047</v>
+        <v>27051</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D52" s="0">
-        <v>27051</v>
+        <v>27555</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="D53" s="0">
-        <v>27555</v>
+        <v>27080</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="D54" s="0">
-        <v>27080</v>
+        <v>27150</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>213</v>
+        <v>41</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="D55" s="0">
-        <v>27150</v>
+        <v>27149</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D56" s="0">
-        <v>27149</v>
+        <v>27086</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>218</v>
+        <v>203</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="D57" s="0">
-        <v>27086</v>
+        <v>27046</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>27046</v>
+        <v>218</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>219</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>209</v>
+        <v>220</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>25</v>
+        <v>221</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="D59" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="D59" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E59" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>37</v>
+        <v>226</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D60" s="0">
-        <v>28101</v>
+        <v>28053</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>229</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="D61" s="0" t="s">
-        <v>232</v>
+      <c r="D61" s="0">
+        <v>27191</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>213</v>
+        <v>18</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>234</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="D62" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>236</v>
+        <v>220</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="C63" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" s="0">
-        <v>27191</v>
+        <v>28135</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="C64" s="0" t="s">
-[...3 lines deleted...]
-        <v>242</v>
+      <c r="D64" s="0">
+        <v>28066</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="D65" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>245</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="D66" s="0">
-        <v>28066</v>
+      <c r="D66" s="0" t="s">
+        <v>248</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>229</v>
+        <v>252</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>254</v>
+      </c>
+      <c r="D68" s="0">
+        <v>28195</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>198</v>
+        <v>245</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="D69" s="0" t="s">
         <v>256</v>
       </c>
+      <c r="D69" s="0">
+        <v>27087</v>
+      </c>
       <c r="E69" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>257</v>
+        <v>203</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="C70" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D70" s="0">
-        <v>28195</v>
+        <v>27621</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>229</v>
+        <v>259</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>260</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="D71" s="0">
-        <v>27087</v>
+      <c r="D71" s="0" t="s">
+        <v>262</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>209</v>
+        <v>252</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-        <v>27621</v>
+        <v>264</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>265</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>213</v>
+        <v>25</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>268</v>
+      </c>
+      <c r="D73" s="0">
+        <v>1945</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>213</v>
+        <v>25</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D75" s="0">
-        <v>1945</v>
+        <v>28185</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>278</v>
+      </c>
+      <c r="D76" s="0">
+        <v>28119</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>126</v>
+        <v>69</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>28185</v>
+        <v>281</v>
+      </c>
+      <c r="D77" s="0" t="s">
+        <v>282</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>28119</v>
+        <v>285</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>286</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>71</v>
+        <v>122</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>188</v>
+        <v>253</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>258</v>
+        <v>295</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>294</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>295</v>
+        <v>239</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>299</v>
+        <v>227</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>300</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>301</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>246</v>
+        <v>303</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>227</v>
+        <v>309</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>243</v>
+        <v>313</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>126</v>
+        <v>69</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>126</v>
+        <v>69</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-        <v>318</v>
+        <v>322</v>
+      </c>
+      <c r="D89" s="0">
+        <v>102019</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>71</v>
+        <v>323</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L89" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>71</v>
+        <v>323</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D91" s="0">
-        <v>102019</v>
+        <v>28207</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>326</v>
+        <v>134</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-        <v>330</v>
+        <v>333</v>
+      </c>
+      <c r="D92" s="0">
+        <v>39881</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>326</v>
+        <v>134</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="D93" s="0">
-        <v>28207</v>
+        <v>39726</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>138</v>
+        <v>69</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D94" s="0">
-        <v>39881</v>
+        <v>27577</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="D95" s="0">
-        <v>39726</v>
+        <v>49033</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
-      <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="D96" s="0">
-        <v>27577</v>
+        <v>28208</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L96" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L96" s="0"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
-      <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="D97" s="0">
-        <v>49033</v>
+        <v>39732</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>71</v>
+        <v>122</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L97" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L97" s="0"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
+      <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>28208</v>
+        <v>351</v>
+      </c>
+      <c r="D98" s="0" t="s">
+        <v>352</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>126</v>
+        <v>69</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L98" s="0"/>
+      <c r="L98" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
+      <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>39732</v>
+        <v>355</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>356</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>126</v>
+        <v>323</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L99" s="0"/>
+      <c r="L99" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>71</v>
+        <v>323</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>326</v>
+        <v>69</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>363</v>
+        <v>367</v>
+      </c>
+      <c r="D102" s="0">
+        <v>24440</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>326</v>
+        <v>16</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>25</v>
+        <v>226</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-        <v>367</v>
+        <v>370</v>
+      </c>
+      <c r="D103" s="0">
+        <v>24570</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>71</v>
+        <v>16</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="D104" s="0">
-        <v>24440</v>
+        <v>28189</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>16</v>
+        <v>134</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>371</v>
+        <v>331</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>24570</v>
+        <v>375</v>
+      </c>
+      <c r="D105" s="0" t="s">
+        <v>376</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>16</v>
+        <v>134</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>28189</v>
+        <v>379</v>
+      </c>
+      <c r="D106" s="0" t="s">
+        <v>380</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>334</v>
+        <v>381</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>28111</v>
+        <v>391</v>
+      </c>
+      <c r="D109" s="0" t="s">
+        <v>392</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>25</v>
+        <v>226</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>389</v>
+        <v>394</v>
+      </c>
+      <c r="D110" s="0">
+        <v>27114</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>213</v>
+        <v>25</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>138</v>
+        <v>69</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>213</v>
+        <v>25</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>138</v>
+        <v>69</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>213</v>
+        <v>25</v>
       </c>
       <c r="L112" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>27114</v>
+        <v>405</v>
+      </c>
+      <c r="D113" s="0" t="s">
+        <v>406</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>138</v>
+        <v>69</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L113" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>409</v>
+      </c>
+      <c r="D114" s="0">
+        <v>29564</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>71</v>
+        <v>122</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>408</v>
+        <v>220</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L115" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-        <v>411</v>
+        <v>415</v>
+      </c>
+      <c r="D116" s="0">
+        <v>28054</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>71</v>
+        <v>122</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>412</v>
+        <v>245</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L116" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="D117" s="0">
-        <v>29564</v>
+        <v>27764</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>35</v>
+        <v>122</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-        <v>418</v>
+        <v>420</v>
+      </c>
+      <c r="D118" s="0">
+        <v>24490</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>126</v>
+        <v>16</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>226</v>
+        <v>421</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-        <v>28054</v>
+        <v>423</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>424</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>229</v>
+        <v>308</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-        <v>27764</v>
+        <v>426</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>427</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>423</v>
+        <v>385</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="D121" s="0">
-        <v>24490</v>
+        <v>28115</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>16</v>
+        <v>134</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>426</v>
+        <v>381</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L121" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>311</v>
+        <v>433</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>390</v>
+        <v>437</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="D124" s="0">
-        <v>28115</v>
+        <v>28067</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>384</v>
+        <v>241</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>437</v>
+        <v>441</v>
+      </c>
+      <c r="D125" s="0">
+        <v>28113</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>438</v>
+        <v>381</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L125" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>441</v>
+        <v>443</v>
+      </c>
+      <c r="D126" s="0">
+        <v>28051</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>442</v>
+        <v>245</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D127" s="0">
-        <v>28067</v>
+        <v>27786</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D128" s="0">
-        <v>28113</v>
+        <v>27511</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>384</v>
+        <v>203</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>448</v>
-[...2 lines deleted...]
-        <v>28051</v>
+        <v>449</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>450</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>229</v>
+        <v>451</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="D130" s="0">
-        <v>27786</v>
+        <v>22394</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>126</v>
+        <v>16</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>218</v>
+        <v>454</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="D131" s="0">
-        <v>27511</v>
+        <v>27566</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>209</v>
+        <v>457</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L131" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L131" s="0"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
-      <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="F132" s="0"/>
+        <v>187</v>
+      </c>
+      <c r="F132" s="0" t="s">
+        <v>461</v>
+      </c>
       <c r="G132" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>126</v>
+        <v>69</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L132" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L132" s="0"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="D133" s="0">
-        <v>22394</v>
+        <v>104919</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="F133" s="0"/>
+        <v>187</v>
+      </c>
+      <c r="F133" s="0" t="s">
+        <v>461</v>
+      </c>
       <c r="G133" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>16</v>
+        <v>69</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
+      <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>71</v>
+        <v>122</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L134" s="0"/>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>104919</v>
+        <v>471</v>
+      </c>
+      <c r="D135" s="0" t="s">
+        <v>472</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>71</v>
+        <v>122</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L135" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L135" s="0"/>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>470</v>
+        <v>474</v>
+      </c>
+      <c r="D136" s="0">
+        <v>24453</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="F136" s="0"/>
+        <v>187</v>
+      </c>
+      <c r="F136" s="0" t="s">
+        <v>475</v>
+      </c>
       <c r="G136" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>126</v>
+        <v>16</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L136" s="0"/>
+      <c r="L136" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-        <v>474</v>
+        <v>478</v>
+      </c>
+      <c r="D137" s="0">
+        <v>39701</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L137" s="0"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
-      <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="D138" s="0">
-        <v>24453</v>
+        <v>49036</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>16</v>
+        <v>69</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L138" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L138" s="0"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
-      <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>39701</v>
+        <v>484</v>
+      </c>
+      <c r="D139" s="0" t="s">
+        <v>485</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L139" s="0"/>
+      <c r="L139" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="B140" s="0" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-        <v>49036</v>
+        <v>488</v>
+      </c>
+      <c r="D140" s="0" t="s">
+        <v>489</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>71</v>
+        <v>122</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L140" s="0"/>
+      <c r="L140" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="B141" s="0" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>492</v>
+      </c>
+      <c r="D141" s="0">
+        <v>49037</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>126</v>
+        <v>69</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L141" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L141" s="0"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
+      <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>489</v>
+        <v>414</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>492</v>
+        <v>290</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
+      <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-        <v>49037</v>
+        <v>497</v>
+      </c>
+      <c r="D143" s="0" t="s">
+        <v>498</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>71</v>
+        <v>134</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>495</v>
+        <v>287</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L143" s="0"/>
+      <c r="L143" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>419</v>
+        <v>442</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>385</v>
+        <v>440</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>291</v>
+        <v>503</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>447</v>
+        <v>438</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I146" s="1" t="s">
         <v>294</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L146" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>445</v>
+        <v>428</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>25</v>
+        <v>226</v>
       </c>
       <c r="L147" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>443</v>
+        <v>509</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>298</v>
+        <v>512</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L148" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L148" s="0"/>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
-      <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>433</v>
+        <v>513</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>507</v>
+        <v>514</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>138</v>
+        <v>122</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>213</v>
+        <v>25</v>
       </c>
       <c r="L149" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
-      <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L150" s="0"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
+      <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>514</v>
+        <v>521</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>515</v>
+        <v>522</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>516</v>
+        <v>523</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>517</v>
+        <v>524</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L151" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L151" s="0"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
+      <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>518</v>
+        <v>525</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>519</v>
+        <v>526</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>520</v>
+        <v>527</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L152" s="0"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>522</v>
+        <v>529</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>523</v>
+        <v>530</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>525</v>
+        <v>508</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L153" s="0"/>
+      <c r="L153" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>529</v>
+        <v>308</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L154" s="0"/>
+      <c r="L154" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>531</v>
-[...2 lines deleted...]
-        <v>532</v>
+        <v>536</v>
+      </c>
+      <c r="D155" s="0">
+        <v>39702</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>509</v>
+        <v>537</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L155" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
-      <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>126</v>
+        <v>69</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>311</v>
+        <v>541</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L156" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L156" s="0"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-        <v>39702</v>
+        <v>543</v>
+      </c>
+      <c r="D157" s="0" t="s">
+        <v>544</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>190</v>
+        <v>545</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
-        <v>67</v>
+        <v>107</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L157" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L157" s="0"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
+      <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-        <v>541</v>
+        <v>548</v>
+      </c>
+      <c r="D158" s="0">
+        <v>29780</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H158" s="0" t="s">
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>542</v>
+        <v>549</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="L158" s="0"/>
+        <v>41</v>
+      </c>
+      <c r="L158" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>544</v>
+        <v>551</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>545</v>
+        <v>552</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
-        <v>110</v>
+        <v>554</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>547</v>
+        <v>555</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L159" s="0"/>
+      <c r="L159" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
       <c r="D160" s="0">
-        <v>29780</v>
+        <v>215060</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>190</v>
+        <v>64</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L160" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-        <v>553</v>
+        <v>560</v>
+      </c>
+      <c r="D161" s="0">
+        <v>40402270</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>554</v>
+        <v>85</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
-        <v>555</v>
+        <v>86</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L161" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L161" s="0"/>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-        <v>215060</v>
+        <v>563</v>
+      </c>
+      <c r="D162" s="0" t="s">
+        <v>564</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
-        <v>67</v>
+        <v>23</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L162" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-        <v>40402270</v>
+        <v>567</v>
+      </c>
+      <c r="D163" s="0" t="s">
+        <v>568</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="L163" s="0"/>
+      <c r="L163" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>22</v>
+        <v>187</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>16</v>
+        <v>323</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-        <v>569</v>
+        <v>575</v>
+      </c>
+      <c r="D165" s="0">
+        <v>24432</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>22</v>
+        <v>187</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="H165" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>25</v>
+        <v>226</v>
       </c>
       <c r="L165" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
-      <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>573</v>
+        <v>578</v>
+      </c>
+      <c r="D166" s="0">
+        <v>9160</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>190</v>
+        <v>579</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
-        <v>67</v>
+        <v>86</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>326</v>
+        <v>16</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L166" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
-      <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="D167" s="0">
-        <v>24432</v>
+        <v>215133</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>190</v>
+        <v>64</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="L167" s="0"/>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="B168" s="0" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-        <v>215133</v>
+        <v>585</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>586</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>66</v>
+        <v>587</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
-        <v>67</v>
+        <v>107</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L168" s="0"/>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="B169" s="0" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L169" s="0"/>
-    </row>
-[...27 lines deleted...]
-      <c r="L170" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -12382,51 +12296,50 @@
     <hyperlink ref="B145" r:id="rId_hyperlink_144"/>
     <hyperlink ref="B146" r:id="rId_hyperlink_145"/>
     <hyperlink ref="B147" r:id="rId_hyperlink_146"/>
     <hyperlink ref="B148" r:id="rId_hyperlink_147"/>
     <hyperlink ref="B149" r:id="rId_hyperlink_148"/>
     <hyperlink ref="B150" r:id="rId_hyperlink_149"/>
     <hyperlink ref="B151" r:id="rId_hyperlink_150"/>
     <hyperlink ref="B152" r:id="rId_hyperlink_151"/>
     <hyperlink ref="B153" r:id="rId_hyperlink_152"/>
     <hyperlink ref="B154" r:id="rId_hyperlink_153"/>
     <hyperlink ref="B155" r:id="rId_hyperlink_154"/>
     <hyperlink ref="B156" r:id="rId_hyperlink_155"/>
     <hyperlink ref="B157" r:id="rId_hyperlink_156"/>
     <hyperlink ref="B158" r:id="rId_hyperlink_157"/>
     <hyperlink ref="B159" r:id="rId_hyperlink_158"/>
     <hyperlink ref="B160" r:id="rId_hyperlink_159"/>
     <hyperlink ref="B161" r:id="rId_hyperlink_160"/>
     <hyperlink ref="B162" r:id="rId_hyperlink_161"/>
     <hyperlink ref="B163" r:id="rId_hyperlink_162"/>
     <hyperlink ref="B164" r:id="rId_hyperlink_163"/>
     <hyperlink ref="B165" r:id="rId_hyperlink_164"/>
     <hyperlink ref="B166" r:id="rId_hyperlink_165"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_166"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_167"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_168"/>
-    <hyperlink ref="B170" r:id="rId_hyperlink_169"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>