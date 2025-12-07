--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="805">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="742">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -221,1586 +221,1421 @@
   <si>
     <t>99715.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
     <t>Воронка д/соковыж. MAKAP P206 (SP2)</t>
   </si>
   <si>
     <t>07010361</t>
   </si>
   <si>
     <t>S Gast</t>
   </si>
   <si>
     <t>ИСПАНИЯ</t>
   </si>
   <si>
     <t>11489.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Кольцо к соковыж.</t>
-[...5 lines deleted...]
-    <t>866001-029</t>
+    <t>Мотор к соковыж.;металл;D=11,5,H=18,L=18,B=11,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>07010380</t>
+  </si>
+  <si>
+    <t>866001-017</t>
   </si>
   <si>
     <t>Jupiter</t>
   </si>
   <si>
-    <t>285.00₸</t>
+    <t>66374.00₸</t>
+  </si>
+  <si>
+    <t>Крышка к соковыж.;пластик;,H=12,5,L=27,5,B=17,5см;розов.</t>
+  </si>
+  <si>
+    <t>07010383</t>
+  </si>
+  <si>
+    <t>867001-008</t>
+  </si>
+  <si>
+    <t>Крышки для соковыжималок</t>
+  </si>
+  <si>
+    <t>18311.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Уплотнит. кольцо к соковыж.</t>
+  </si>
+  <si>
+    <t>07010385</t>
+  </si>
+  <si>
+    <t>866001-036</t>
+  </si>
+  <si>
+    <t>3889.00₸</t>
+  </si>
+  <si>
+    <t>Толкатель к 42.6,42.8 «Джуйс Мастер»;D=90,L=175мм</t>
+  </si>
+  <si>
+    <t>07010392</t>
+  </si>
+  <si>
+    <t>Толкатели для соковыжималок</t>
+  </si>
+  <si>
+    <t>36922.00₸</t>
+  </si>
+  <si>
+    <t>Уплотнит.кольцо к соковыж. 42.8</t>
+  </si>
+  <si>
+    <t>07010398</t>
+  </si>
+  <si>
+    <t>38454.00₸</t>
+  </si>
+  <si>
+    <t>Соковыжималка «Сирман Аполло»</t>
+  </si>
+  <si>
+    <t>07010411</t>
+  </si>
+  <si>
+    <t>Cas</t>
+  </si>
+  <si>
+    <t>Sirman Apoll</t>
+  </si>
+  <si>
+    <t>338800.00₸</t>
+  </si>
+  <si>
+    <t>07010413</t>
+  </si>
+  <si>
+    <t>247571.00₸</t>
+  </si>
+  <si>
+    <t>Соковыжималка 30л/час. «Джуйс Мастер Профи» д/твердых фруктов;сталь нерж.;,H=42,L=31,B=21см;420вт;ме</t>
+  </si>
+  <si>
+    <t>07010420</t>
+  </si>
+  <si>
+    <t>Соковыжималки универсальные</t>
+  </si>
+  <si>
+    <t>499730.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Соковыжималка универсальная 100л/час.;сталь нерж.;,H=52,L=44,B=33,2см;1,3Квт;металлич.,черный</t>
+  </si>
+  <si>
+    <t>07010425</t>
+  </si>
+  <si>
+    <t>Santos</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>2177027.00₸</t>
+  </si>
+  <si>
+    <t>Соковыжималка №11;,H=35,L=20,B=30см;150вт</t>
+  </si>
+  <si>
+    <t>07010435</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>596057.00₸</t>
+  </si>
+  <si>
+    <t>Соковыжималка д/цитрус.SPA6;180вт</t>
+  </si>
+  <si>
+    <t>07010439</t>
+  </si>
+  <si>
+    <t>SPR01507</t>
+  </si>
+  <si>
+    <t>Beckers</t>
+  </si>
+  <si>
+    <t>371464.00₸</t>
+  </si>
+  <si>
+    <t>Соковыжималка J100Ultra 160л/час;,H=23,5,L=59,6,B=53,8см;1Квт;черный,металлич.</t>
+  </si>
+  <si>
+    <t>07010441</t>
+  </si>
+  <si>
+    <t>56100B</t>
+  </si>
+  <si>
+    <t>Robot Coupe</t>
+  </si>
+  <si>
+    <t>2263639.00₸</t>
+  </si>
+  <si>
+    <t>Соковыжималка для цитрусовых модель SPL 220V;150вт</t>
+  </si>
+  <si>
+    <t>07010442</t>
+  </si>
+  <si>
+    <t>SPL235M</t>
+  </si>
+  <si>
+    <t>Fimar</t>
+  </si>
+  <si>
+    <t>435220.00₸</t>
+  </si>
+  <si>
+    <t>Соковыжималка д/овощей и фруктов;1,3Квт</t>
+  </si>
+  <si>
+    <t>07010446</t>
+  </si>
+  <si>
+    <t>2485291.00₸</t>
+  </si>
+  <si>
+    <t>Крышка д/соковыж. J80,J100</t>
+  </si>
+  <si>
+    <t>07010449</t>
+  </si>
+  <si>
+    <t>67984.00₸</t>
+  </si>
+  <si>
+    <t>Конус д/цитрус.к соков. 11C;пластик;D=83,H=55мм;черный</t>
+  </si>
+  <si>
+    <t>07010515</t>
+  </si>
+  <si>
+    <t>15922.00₸</t>
+  </si>
+  <si>
+    <t>Сито к соков. 28;сталь;D=260,H=75мм;металлич.</t>
+  </si>
+  <si>
+    <t>07010518</t>
+  </si>
+  <si>
+    <t>244653.00₸</t>
+  </si>
+  <si>
+    <t>Конус д/цитрус. к соков. 38C;пластик;D=83,H=57мм;черный</t>
+  </si>
+  <si>
+    <t>07010520</t>
+  </si>
+  <si>
+    <t>19374.00₸</t>
+  </si>
+  <si>
+    <t>Верхняя крышка к соков.42.8 «Джуйс Мастер»;D=17,5,H=20,5см</t>
+  </si>
+  <si>
+    <t>07010531</t>
+  </si>
+  <si>
+    <t>55163.00₸</t>
+  </si>
+  <si>
+    <t>Статор ротора к соковыж.28;сталь;D=14,5,L=13,5см;металлич.</t>
+  </si>
+  <si>
+    <t>07010541</t>
+  </si>
+  <si>
+    <t>427789.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Сокосборник;сталь;металлич.</t>
+  </si>
+  <si>
+    <t>07010549</t>
+  </si>
+  <si>
+    <t>75268.00₸</t>
+  </si>
+  <si>
+    <t>Воронка верхней крыш.;пластик;D=85,H=45,L=220,B=135мм;прозр.</t>
+  </si>
+  <si>
+    <t>07010564</t>
+  </si>
+  <si>
+    <t>Zelmer</t>
+  </si>
+  <si>
+    <t>ПОЛЬША</t>
+  </si>
+  <si>
+    <t>6977.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Рамка;металл;,L=20,B=17см;металлич.</t>
+  </si>
+  <si>
+    <t>07010565</t>
+  </si>
+  <si>
+    <t>13945.00₸</t>
+  </si>
+  <si>
+    <t>Кольцо сокосборника;пластик;,H=6см;прозр.</t>
+  </si>
+  <si>
+    <t>07010567</t>
+  </si>
+  <si>
+    <t>6345.00₸</t>
+  </si>
+  <si>
+    <t>Верхняя крышка;пластик;D=8,H=18,L=29,B=18см;прозр.</t>
+  </si>
+  <si>
+    <t>07010568</t>
+  </si>
+  <si>
+    <t>15785.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Емкость д/жмыха;пластик;3,35л;,H=24,L=18,B=12,5см;прозр.</t>
+  </si>
+  <si>
+    <t>07010570</t>
+  </si>
+  <si>
+    <t>12490.00₸</t>
+  </si>
+  <si>
+    <t>Кнопка двухпозиционная;пластик;,H=12,L=27,B=24мм;черный,металлич.</t>
+  </si>
+  <si>
+    <t>07010574</t>
+  </si>
+  <si>
+    <t>11897.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Плата управления</t>
+  </si>
+  <si>
+    <t>07010575</t>
+  </si>
+  <si>
+    <t>27597.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Двигатель;,H=15,B=13см;черный,серый</t>
+  </si>
+  <si>
+    <t>07010576</t>
+  </si>
+  <si>
+    <t>60669.00₸</t>
+  </si>
+  <si>
+    <t>Вставка в емкость д/сока;пластик;,H=135,B=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>07010579</t>
+  </si>
+  <si>
+    <t>2233.00₸</t>
+  </si>
+  <si>
+    <t>Подшипник;металл;D=25/10,H=7мм;металлич.</t>
+  </si>
+  <si>
+    <t>07010580</t>
+  </si>
+  <si>
+    <t>07.0036</t>
+  </si>
+  <si>
+    <t>3127.00₸</t>
+  </si>
+  <si>
+    <t>Статор;пластик;D=45,H=70,L=80,B=70мм;медный,белый</t>
+  </si>
+  <si>
+    <t>07010581</t>
+  </si>
+  <si>
+    <t>13961.00₸</t>
+  </si>
+  <si>
+    <t>Ротор;металл;,H=45,L=145мм;медный</t>
+  </si>
+  <si>
+    <t>07010582</t>
+  </si>
+  <si>
+    <t>17734.00₸</t>
+  </si>
+  <si>
+    <t>Емкость с носиком к 7010406;сталь;D=163,H=47,B=170мм;металлич.</t>
+  </si>
+  <si>
+    <t>07010599</t>
+  </si>
+  <si>
+    <t>77855.00₸</t>
+  </si>
+  <si>
+    <t>Моторный блок к соков.42.8 «Джуйс Мастер»;металлич.</t>
+  </si>
+  <si>
+    <t>07010628</t>
+  </si>
+  <si>
+    <t>125287.00₸</t>
+  </si>
+  <si>
+    <t>Мотор к соковыж.SPA-6</t>
+  </si>
+  <si>
+    <t>07010631</t>
+  </si>
+  <si>
+    <t>SPR0503</t>
+  </si>
+  <si>
+    <t>201710.00₸</t>
+  </si>
+  <si>
+    <t>Подшипник двигателя д/соковыж.SPA-6</t>
+  </si>
+  <si>
+    <t>07010632</t>
+  </si>
+  <si>
+    <t>SPR0101</t>
+  </si>
+  <si>
+    <t>Сито в сборе д/соковыж.PC700 в сборе</t>
+  </si>
+  <si>
+    <t>07010634</t>
+  </si>
+  <si>
+    <t>CO6437</t>
+  </si>
+  <si>
+    <t>43351.00₸</t>
+  </si>
+  <si>
+    <t>Каплесборник д/J100U</t>
+  </si>
+  <si>
+    <t>07010638</t>
+  </si>
+  <si>
+    <t>24864.00₸</t>
+  </si>
+  <si>
+    <t>Емкость д/жмыха д/соков.J80U</t>
+  </si>
+  <si>
+    <t>07010639</t>
+  </si>
+  <si>
+    <t>28429.00₸</t>
+  </si>
+  <si>
+    <t>Емкость с носиком к 7010437;сталь;D=19,H=10,B=19см;металлич.</t>
+  </si>
+  <si>
+    <t>07011203</t>
+  </si>
+  <si>
+    <t>70486.00₸</t>
+  </si>
+  <si>
+    <t>Электрон.плата д/J80Ultra,Blixer2,230V</t>
+  </si>
+  <si>
+    <t>07011210</t>
+  </si>
+  <si>
+    <t>59175.00₸</t>
+  </si>
+  <si>
+    <t>Фланец «Робот Купе» д/J80,J100;пластик;черный</t>
+  </si>
+  <si>
+    <t>07011217</t>
+  </si>
+  <si>
+    <t>20336.00₸</t>
+  </si>
+  <si>
+    <t>Носик д/J80 Ultra;пластик;,H=6,L=6,B=3мм;черный</t>
+  </si>
+  <si>
+    <t>07011232</t>
+  </si>
+  <si>
+    <t>9702.00₸</t>
+  </si>
+  <si>
+    <t>Сито в сборе д/J80 ULTRA; J100;,H=135,L=23,B=21мм</t>
+  </si>
+  <si>
+    <t>07011238</t>
+  </si>
+  <si>
+    <t>208016.00₸</t>
+  </si>
+  <si>
+    <t>Чаша д/J80 Ultra;D=208,H=90мм</t>
+  </si>
+  <si>
+    <t>07011239</t>
+  </si>
+  <si>
+    <t>97544.00₸</t>
+  </si>
+  <si>
+    <t>Фильтр д/J80 Ultra</t>
+  </si>
+  <si>
+    <t>07011240</t>
+  </si>
+  <si>
+    <t>107508.00₸</t>
+  </si>
+  <si>
+    <t>Сито д/SPR01507</t>
+  </si>
+  <si>
+    <t>07011244</t>
+  </si>
+  <si>
+    <t>SPR0459</t>
+  </si>
+  <si>
+    <t>12459.00₸</t>
+  </si>
+  <si>
+    <t>Корпус д/соковыж.SE/01</t>
+  </si>
+  <si>
+    <t>07011253</t>
+  </si>
+  <si>
+    <t>23847.00₸</t>
+  </si>
+  <si>
+    <t>Толкатель д/соков.J100 Ultra,J80U;D=75,L=205мм</t>
+  </si>
+  <si>
+    <t>07011258</t>
+  </si>
+  <si>
+    <t>37261.00₸</t>
+  </si>
+  <si>
+    <t>Конус запасной д/соковыж.SPR01507(new)</t>
+  </si>
+  <si>
+    <t>07011406</t>
+  </si>
+  <si>
+    <t>SPR0020</t>
+  </si>
+  <si>
+    <t>61955.00₸</t>
+  </si>
+  <si>
+    <t>Конус д/соковыж.SPM/SPL;D=84мм</t>
+  </si>
+  <si>
+    <t>07011407</t>
+  </si>
+  <si>
+    <t>CO7021</t>
+  </si>
+  <si>
+    <t>21129.00₸</t>
+  </si>
+  <si>
+    <t>Конус д/соковыж.SPM/SPL;D=7см</t>
+  </si>
+  <si>
+    <t>07011408</t>
+  </si>
+  <si>
+    <t>CO7046</t>
+  </si>
+  <si>
+    <t>Конус д/соковыж.CIA и для соковыж., СJ4;D=78мм</t>
+  </si>
+  <si>
+    <t>07011409</t>
+  </si>
+  <si>
+    <t>CO6079</t>
+  </si>
+  <si>
+    <t>14946.00₸</t>
+  </si>
+  <si>
+    <t>Конус д/соковыж.CIA и для соковыж., СJ4</t>
+  </si>
+  <si>
+    <t>07011410</t>
+  </si>
+  <si>
+    <t>CO6078</t>
+  </si>
+  <si>
+    <t>Толкатель д/соковыж.PC700;D=72,L=185мм</t>
+  </si>
+  <si>
+    <t>07011411</t>
+  </si>
+  <si>
+    <t>CO6397</t>
+  </si>
+  <si>
+    <t>12182.00₸</t>
+  </si>
+  <si>
+    <t>Двигатель SM-CJ4 230 50/60Hz</t>
+  </si>
+  <si>
+    <t>07011412</t>
+  </si>
+  <si>
+    <t>CO6063</t>
+  </si>
+  <si>
+    <t>83353.00₸</t>
+  </si>
+  <si>
+    <t>Выключатель групповой 20A+защита для СRP</t>
+  </si>
+  <si>
+    <t>07011413</t>
+  </si>
+  <si>
+    <t>SL3322/SA1097</t>
+  </si>
+  <si>
+    <t>7670.00₸</t>
+  </si>
+  <si>
+    <t>Конденсатор 4uF SM-CJ4</t>
+  </si>
+  <si>
+    <t>07011414</t>
+  </si>
+  <si>
+    <t>CO6066</t>
+  </si>
+  <si>
+    <t>14130.00₸</t>
+  </si>
+  <si>
+    <t>Защитная часть д/соков.CJ4</t>
+  </si>
+  <si>
+    <t>07011416</t>
+  </si>
+  <si>
+    <t>CO7489</t>
+  </si>
+  <si>
+    <t>14346.00₸</t>
+  </si>
+  <si>
+    <t>Конус д/соков.CJ4</t>
+  </si>
+  <si>
+    <t>07011417</t>
+  </si>
+  <si>
+    <t>CO6077</t>
+  </si>
+  <si>
+    <t>5129.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер д/соков.CJ4</t>
+  </si>
+  <si>
+    <t>07011418</t>
+  </si>
+  <si>
+    <t>CO6064</t>
+  </si>
+  <si>
+    <t>26866.00₸</t>
+  </si>
+  <si>
+    <t>Ручка для соковыжималки SPL235M для крышки</t>
+  </si>
+  <si>
+    <t>07011420</t>
+  </si>
+  <si>
+    <t>CO7042</t>
+  </si>
+  <si>
+    <t>47833.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Мотор к соковыж.PC700</t>
+  </si>
+  <si>
+    <t>07011421</t>
+  </si>
+  <si>
+    <t>CO6450</t>
+  </si>
+  <si>
+    <t>55102.00₸</t>
+  </si>
+  <si>
+    <t>Набор подшипников д/соков.J80</t>
+  </si>
+  <si>
+    <t>07011422</t>
+  </si>
+  <si>
+    <t>25187.00₸</t>
+  </si>
+  <si>
+    <t>Мотор для соковыжималки «SPM» в сборе;серый</t>
+  </si>
+  <si>
+    <t>07011428</t>
+  </si>
+  <si>
+    <t>CO7415</t>
+  </si>
+  <si>
+    <t>258436.00₸</t>
+  </si>
+  <si>
+    <t>Прокладка для соковыжималки «SPM»;черный</t>
+  </si>
+  <si>
+    <t>07011429</t>
+  </si>
+  <si>
+    <t>CO7037</t>
+  </si>
+  <si>
+    <t>4366.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер д/жмыха соковыж.58</t>
+  </si>
+  <si>
+    <t>07011434</t>
+  </si>
+  <si>
+    <t>43521.00₸</t>
+  </si>
+  <si>
+    <t>Переключатель двухфазовый для соковыжималки</t>
+  </si>
+  <si>
+    <t>07011442</t>
+  </si>
+  <si>
+    <t>CO7026</t>
+  </si>
+  <si>
+    <t>19250.00₸</t>
+  </si>
+  <si>
+    <t>Диск д/J80Ultra, J100</t>
+  </si>
+  <si>
+    <t>07020227</t>
+  </si>
+  <si>
+    <t>Диски для соковыжималок</t>
+  </si>
+  <si>
+    <t>63872.00₸</t>
+  </si>
+  <si>
+    <t>Сито д/соковыжималки ELSACJ423M</t>
+  </si>
+  <si>
+    <t>07021542</t>
+  </si>
+  <si>
+    <t>CO6076</t>
+  </si>
+  <si>
+    <t>12806.00₸</t>
+  </si>
+  <si>
+    <t>Конус д/соков.SM-CJ6</t>
+  </si>
+  <si>
+    <t>07021543</t>
+  </si>
+  <si>
+    <t>CO6854</t>
+  </si>
+  <si>
+    <t>34666.00₸</t>
+  </si>
+  <si>
+    <t>Крышка д/соковыж. PC700</t>
+  </si>
+  <si>
+    <t>07021544</t>
+  </si>
+  <si>
+    <t>CO6436</t>
+  </si>
+  <si>
+    <t>25888.00₸</t>
+  </si>
+  <si>
+    <t>Электрон.плата д/соков.SPM/SPL</t>
+  </si>
+  <si>
+    <t>07021551</t>
+  </si>
+  <si>
+    <t>CO7031</t>
+  </si>
+  <si>
+    <t>79541.00₸</t>
+  </si>
+  <si>
+    <t>Сито д/соковыжималки SPL;пластик</t>
+  </si>
+  <si>
+    <t>07021556</t>
+  </si>
+  <si>
+    <t>CO7022</t>
+  </si>
+  <si>
+    <t>21137.00₸</t>
+  </si>
+  <si>
+    <t>Шайба вала д/соковыж.CJ-4</t>
+  </si>
+  <si>
+    <t>07021558</t>
+  </si>
+  <si>
+    <t>CO6067</t>
+  </si>
+  <si>
+    <t>2441.00₸</t>
+  </si>
+  <si>
+    <t>Вал д/соковыж.CJ-4</t>
+  </si>
+  <si>
+    <t>07021559</t>
+  </si>
+  <si>
+    <t>CO6068</t>
+  </si>
+  <si>
+    <t>4235.00₸</t>
+  </si>
+  <si>
+    <t>Блок выключения д/соковыжималки J80U</t>
+  </si>
+  <si>
+    <t>07021560</t>
+  </si>
+  <si>
+    <t>8894.00₸</t>
+  </si>
+  <si>
+    <t>Каплесборник для соковыжималки SPA6;пластик;D=78мм;черный</t>
+  </si>
+  <si>
+    <t>07021561</t>
+  </si>
+  <si>
+    <t>SPR0499</t>
+  </si>
+  <si>
+    <t>2796.00₸</t>
+  </si>
+  <si>
+    <t>Уплотнитель крышки д/куттера R4A</t>
+  </si>
+  <si>
+    <t>07021916</t>
+  </si>
+  <si>
+    <t>49819.00₸</t>
+  </si>
+  <si>
+    <t>Компрессор для соковыжималки «Juice S12»;серый</t>
+  </si>
+  <si>
+    <t>07110304</t>
+  </si>
+  <si>
+    <t>Oprema</t>
+  </si>
+  <si>
+    <t>ХОРВАТИЯ</t>
+  </si>
+  <si>
+    <t>65751.00₸</t>
+  </si>
+  <si>
+    <t>Замок для соковыжималки «EMKA Juice S12»;металлич.</t>
+  </si>
+  <si>
+    <t>07110306</t>
+  </si>
+  <si>
+    <t>4413.00₸</t>
+  </si>
+  <si>
+    <t>Угольник для соковыжималки «Juice S12»;серый</t>
+  </si>
+  <si>
+    <t>07110307</t>
+  </si>
+  <si>
+    <t>1972.00₸</t>
+  </si>
+  <si>
+    <t>Клапан для соковыжималки «ELM Juice S12»;серый</t>
+  </si>
+  <si>
+    <t>07110308</t>
+  </si>
+  <si>
+    <t>75422.00₸</t>
+  </si>
+  <si>
+    <t>Колено для соковыжималки «Juice S12»;серый</t>
+  </si>
+  <si>
+    <t>07110310</t>
+  </si>
+  <si>
+    <t>1949.00₸</t>
+  </si>
+  <si>
+    <t>Кнопка для соковыжималки «Juice S12»;красный,черный</t>
+  </si>
+  <si>
+    <t>07110311</t>
+  </si>
+  <si>
+    <t>3581.00₸</t>
+  </si>
+  <si>
+    <t>Кнопка для соковыжималки «Juice S12»;зелен.,черный</t>
+  </si>
+  <si>
+    <t>07110312</t>
+  </si>
+  <si>
+    <t>Кнопка для соковыжималки «Juice S12»;желт.,черный</t>
+  </si>
+  <si>
+    <t>07110313</t>
+  </si>
+  <si>
+    <t>3635.00₸</t>
+  </si>
+  <si>
+    <t>Коннектор для соковыжималки «Juice S12»;белый</t>
+  </si>
+  <si>
+    <t>07110314</t>
+  </si>
+  <si>
+    <t>378.00₸</t>
+  </si>
+  <si>
+    <t>Кнопка для соковыжималки «Juice S12» с подсветкой;черный</t>
+  </si>
+  <si>
+    <t>07110315</t>
+  </si>
+  <si>
+    <t>11373.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Регулятор для соковыжималки «Juice S12»;черный</t>
+  </si>
+  <si>
+    <t>07110316</t>
+  </si>
+  <si>
+    <t>45800.00₸</t>
+  </si>
+  <si>
+    <t>Щуп термостата для соковыжималки «Juice S12»;черный</t>
+  </si>
+  <si>
+    <t>07110319</t>
+  </si>
+  <si>
+    <t>4751.00₸</t>
+  </si>
+  <si>
+    <t>Регулятор давления для соковыжималки «Juice S12»;бронз.,черный</t>
+  </si>
+  <si>
+    <t>07110320</t>
+  </si>
+  <si>
+    <t>41265.00₸</t>
+  </si>
+  <si>
+    <t>Конденсатор для соковыжималки «Juice S12»;черный</t>
+  </si>
+  <si>
+    <t>07110321</t>
+  </si>
+  <si>
+    <t>42427.00₸</t>
+  </si>
+  <si>
+    <t>Клапан для соковыжималки «Juice S12» с соленоидом;серый</t>
+  </si>
+  <si>
+    <t>07110322</t>
+  </si>
+  <si>
+    <t>11396.00₸</t>
+  </si>
+  <si>
+    <t>Датчик сиропа для соковыжималки «Juice S12»;бежев.</t>
+  </si>
+  <si>
+    <t>07110323</t>
+  </si>
+  <si>
+    <t>42751.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Эжектор для соковыжималки «Juice S12»;черный</t>
+  </si>
+  <si>
+    <t>07110324</t>
+  </si>
+  <si>
+    <t>16163.00₸</t>
+  </si>
+  <si>
+    <t>Контроллер для соковыжималки «Juice S12»;металлич.</t>
+  </si>
+  <si>
+    <t>07110325</t>
+  </si>
+  <si>
+    <t>122669.00₸</t>
+  </si>
+  <si>
+    <t>Манометр для соковыжималки «Juice S12»;металлич.</t>
+  </si>
+  <si>
+    <t>07110326</t>
+  </si>
+  <si>
+    <t>10603.00₸</t>
+  </si>
+  <si>
+    <t>Мотор для соковыжималки «M10 Juice S12»;38вт;черный</t>
+  </si>
+  <si>
+    <t>07110328</t>
+  </si>
+  <si>
+    <t>19173.00₸</t>
+  </si>
+  <si>
+    <t>Соковыжималка для цитрусовых модель SPM</t>
+  </si>
+  <si>
+    <t>07013001</t>
+  </si>
+  <si>
+    <t>SPM235M</t>
+  </si>
+  <si>
+    <t>364880.00₸</t>
+  </si>
+  <si>
+    <t>Насадка для соковыжималки «120030»;пластик;D=8,H=6см;черный</t>
+  </si>
+  <si>
+    <t>07013012</t>
+  </si>
+  <si>
+    <t>Насадки для соковыжималок</t>
+  </si>
+  <si>
+    <t>31401.00₸</t>
+  </si>
+  <si>
+    <t>Соковыжималка «CS600» шнековая;металл;,H=51,5,L=26,B=18,3см;200вт;металлич.,черный</t>
+  </si>
+  <si>
+    <t>07013014</t>
+  </si>
+  <si>
+    <t>CS600</t>
+  </si>
+  <si>
+    <t>Kuvings</t>
+  </si>
+  <si>
+    <t>КОРЕЯ, РЕСПУБЛИКА</t>
+  </si>
+  <si>
+    <t>866250.00₸</t>
+  </si>
+  <si>
+    <t>Соковыжималка «CS700» шнековая;металл;,H=51,2,L=18,5,B=26,5см;200вт;металлич.,черный</t>
+  </si>
+  <si>
+    <t>07013015</t>
+  </si>
+  <si>
+    <t>CS700</t>
+  </si>
+  <si>
+    <t>938553.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Толкатель для соковыжималки шнековой CS600;черный</t>
+  </si>
+  <si>
+    <t>07013065</t>
+  </si>
+  <si>
+    <t>4400-03025A</t>
+  </si>
+  <si>
+    <t>5244.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для соковыжималки шнековой CS600 для чаши-накопителя;черный</t>
+  </si>
+  <si>
+    <t>07013066</t>
+  </si>
+  <si>
+    <t>4300-00100K</t>
+  </si>
+  <si>
+    <t>60969.00₸</t>
+  </si>
+  <si>
+    <t>Шнек для соковыжималки шнековой CS600/CS700;черный</t>
+  </si>
+  <si>
+    <t>07013067</t>
+  </si>
+  <si>
+    <t>4000-31004С/4000-31004D</t>
+  </si>
+  <si>
+    <t>114045.00₸</t>
+  </si>
+  <si>
+    <t>Фильтр для соковыжималки шнековой CS600/CS700;золотой</t>
+  </si>
+  <si>
+    <t>07013068</t>
+  </si>
+  <si>
+    <t>4400-51135C</t>
+  </si>
+  <si>
+    <t>67237.00₸</t>
+  </si>
+  <si>
+    <t>Очиститель для соковыжималки шнековой CS600/CS700 вращающийся;черный</t>
+  </si>
+  <si>
+    <t>07013069</t>
+  </si>
+  <si>
+    <t>4400-50450A/4400-50470A</t>
+  </si>
+  <si>
+    <t>6083.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для соковыжималки шнековой CS600;черный</t>
+  </si>
+  <si>
+    <t>07013070</t>
+  </si>
+  <si>
+    <t>4400-02700F</t>
+  </si>
+  <si>
+    <t>48611.00₸</t>
+  </si>
+  <si>
+    <t>Корпус для соковыжималки шнековой CS600/CS700 в сборе;черный,серебрист.</t>
+  </si>
+  <si>
+    <t>07013071</t>
+  </si>
+  <si>
+    <t>3100-51000B</t>
+  </si>
+  <si>
+    <t>148618.00₸</t>
+  </si>
+  <si>
+    <t>Вставка для соковыжималки шнековой CS600/CS700 для сорбета;прозр.</t>
+  </si>
+  <si>
+    <t>07013072</t>
+  </si>
+  <si>
+    <t>4400-51151C</t>
+  </si>
+  <si>
+    <t>18134.00₸</t>
+  </si>
+  <si>
+    <t>Вставка для соковыжималки шнековой CS600/CS700 для смузи;черный,серебрист.</t>
+  </si>
+  <si>
+    <t>07013073</t>
+  </si>
+  <si>
+    <t>4400-03151F</t>
+  </si>
+  <si>
+    <t>39093.00₸</t>
+  </si>
+  <si>
+    <t>Очиститель для соковыжималки шнековой CS600/CS700;салатов.</t>
+  </si>
+  <si>
+    <t>07013074</t>
+  </si>
+  <si>
+    <t>4000-50000C</t>
+  </si>
+  <si>
+    <t>9333.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для соковыжималки шнековой CS700 для чаши-накопителя;черный</t>
+  </si>
+  <si>
+    <t>07013075</t>
+  </si>
+  <si>
+    <t>4400-01303E</t>
+  </si>
+  <si>
+    <t>62055.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Крышка для соковыжималки шнековой CS600/CS700 для носика сливной;черный</t>
+  </si>
+  <si>
+    <t>07013079</t>
+  </si>
+  <si>
+    <t>4400-03202B/4400-03205D</t>
+  </si>
+  <si>
+    <t>7762.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для соковыжималки шнековой CS700;металлич.,черный</t>
+  </si>
+  <si>
+    <t>07013080</t>
+  </si>
+  <si>
+    <t>4400-02873C</t>
+  </si>
+  <si>
+    <t>198622.00₸</t>
+  </si>
+  <si>
+    <t>Корпус для соковыжималки шнековой CS600/CS700 верхняя часть;черный</t>
+  </si>
+  <si>
+    <t>07013081</t>
+  </si>
+  <si>
+    <t>3100-51001B</t>
+  </si>
+  <si>
+    <t>79449.00₸</t>
+  </si>
+  <si>
+    <t>Плата управления для соковыжималки шнековой CS700</t>
+  </si>
+  <si>
+    <t>07013083</t>
+  </si>
+  <si>
+    <t>5000-01050A</t>
+  </si>
+  <si>
+    <t>34589.00₸</t>
+  </si>
+  <si>
+    <t>Толкатель для соковыжималки шнековой CS700 ;,L=18,5см;черный</t>
+  </si>
+  <si>
+    <t>07013084</t>
+  </si>
+  <si>
+    <t>4400-03030C</t>
+  </si>
+  <si>
+    <t>3119.00₸</t>
+  </si>
+  <si>
+    <t>Мотор для соковыжималки шнековой CS600</t>
+  </si>
+  <si>
+    <t>07013117</t>
+  </si>
+  <si>
+    <t>4900-00051B/4900-00050D</t>
+  </si>
+  <si>
+    <t>415477.00₸</t>
   </si>
   <si>
     <t>29 шт.</t>
   </si>
   <si>
-    <t>Мотор к соковыж.;металл;D=11,5,H=18,L=18,B=11,5см;серебрист.</t>
-[...1489 lines deleted...]
-  <si>
     <t>Основание для соковыжималки шнековой CS600/CS700;пластик;серый</t>
   </si>
   <si>
     <t>07013118</t>
   </si>
   <si>
     <t>3100-51012A</t>
   </si>
   <si>
     <t>12082.00₸</t>
   </si>
   <si>
     <t>Кольцо для соковыжималки шнековой CS700;синий</t>
   </si>
   <si>
     <t>07013119</t>
   </si>
   <si>
     <t>5904-00147A</t>
   </si>
   <si>
     <t>1217.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Фиксатор для соковыжималки шнековой CS700;резина;серый</t>
   </si>
   <si>
     <t>07013120</t>
   </si>
   <si>
     <t>5000-00235B</t>
   </si>
   <si>
     <t>Кольцо для соковыжималки подкладное для верхней части корпуса CS700;сталь нерж.</t>
   </si>
   <si>
     <t>07013122</t>
   </si>
   <si>
     <t>5000-00987A</t>
   </si>
   <si>
     <t>3173.00₸</t>
   </si>
   <si>
     <t>Винт для соковыжималки CS700 набор для крепления мотора</t>
   </si>
   <si>
     <t>07013161</t>
@@ -1976,68 +1811,62 @@
   <si>
     <t>Соковыжималка J80Ultra 120л/час «Робот Купе»;нерж.;,H=50,5,L=23,5,B=42см;700вт;металлич.,черный</t>
   </si>
   <si>
     <t>07020146</t>
   </si>
   <si>
     <t>56000B</t>
   </si>
   <si>
     <t>1631638.00₸</t>
   </si>
   <si>
     <t>Предохранитель для соковыжималки «1000KP» универсальной с шайбой</t>
   </si>
   <si>
     <t>07013231</t>
   </si>
   <si>
     <t>1000KP-2</t>
   </si>
   <si>
     <t>9436.00₸</t>
   </si>
   <si>
-    <t>30 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Держатель для соковыжималки «2000E-5» для ножа;серебрян.</t>
   </si>
   <si>
     <t>07013213</t>
   </si>
   <si>
     <t>2000E-5-10</t>
   </si>
   <si>
     <t>6685.00₸</t>
   </si>
   <si>
-    <t>50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Запчасть для соковыжималки «2000E-5» для цитрусовых шестерня В1;D=13,5см</t>
   </si>
   <si>
     <t>07013217</t>
   </si>
   <si>
     <t>2000E-5-21</t>
   </si>
   <si>
     <t>26334.00₸</t>
   </si>
   <si>
     <t>Толкатель для соковыжималки «YTZ-002» универсальной;пластик;D=10/8,H=19см;черный</t>
   </si>
   <si>
     <t>07013226</t>
   </si>
   <si>
     <t>YTZ-002-1</t>
   </si>
   <si>
     <t>4718.00₸</t>
   </si>
   <si>
     <t>Запчасть для соковыжималки «2000E-2» для цитрусовых шестерня В1;D=10см</t>
@@ -2063,53 +1892,50 @@
   <si>
     <t>Запчасть для соковыжималки «2000E-5» для чистки апельсинов;металлич.</t>
   </si>
   <si>
     <t>07013208</t>
   </si>
   <si>
     <t>2000E-5-2</t>
   </si>
   <si>
     <t>11004.00₸</t>
   </si>
   <si>
     <t>Винт для соковыжималки «2000E-2» для цитрусовых;D=4см;оранжев.</t>
   </si>
   <si>
     <t>07013194</t>
   </si>
   <si>
     <t>2000E-2-4</t>
   </si>
   <si>
     <t>6293.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Запчасть для соковыжималки «2000E-5» для цитрусовых шестерня мотора приводная A;D=10см</t>
   </si>
   <si>
     <t>07013218</t>
   </si>
   <si>
     <t>2000E-5-22</t>
   </si>
   <si>
     <t>31437.00₸</t>
   </si>
   <si>
     <t>Крепление для соковыжималки «2000E-2» для чистки апельсинов;металлич.</t>
   </si>
   <si>
     <t>07013197</t>
   </si>
   <si>
     <t>2000E-2-10</t>
   </si>
   <si>
     <t>12579.00₸</t>
   </si>
   <si>
     <t>Нож для соковыжималки «2000E-2» для цитрусовых</t>
@@ -2150,77 +1976,71 @@
   <si>
     <t>Запчасть для соковыжималки «2000E-5» для цитрусовых шестерня мотора приводная B;D=45мм</t>
   </si>
   <si>
     <t>07013219</t>
   </si>
   <si>
     <t>2000E-5-23</t>
   </si>
   <si>
     <t>16114.00₸</t>
   </si>
   <si>
     <t>Крепление для соковыжималки «2000E-5» для чистки апельсинов;оранжев.</t>
   </si>
   <si>
     <t>07013209</t>
   </si>
   <si>
     <t>2000E-5-3</t>
   </si>
   <si>
     <t>2751.00₸</t>
   </si>
   <si>
-    <t>42 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нож для соковыжималки «2000E-2» для цитрусовых в сборе;оранжев.</t>
   </si>
   <si>
     <t>07013191</t>
   </si>
   <si>
     <t>2000E-2-1</t>
   </si>
   <si>
     <t>24367.00₸</t>
   </si>
   <si>
     <t>Крепление для соковыжималки «1000KP» универсальной (комплект 2шт+4 винта)</t>
   </si>
   <si>
     <t>07013221</t>
   </si>
   <si>
     <t>1000KP-4</t>
   </si>
   <si>
-    <t>28 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Запчасть для соковыжималки «2000E-2» для цитрусовых шестерня мотора приводная A;D=12см</t>
   </si>
   <si>
     <t>07013205</t>
   </si>
   <si>
     <t>2000E-2-32</t>
   </si>
   <si>
     <t>32228.00₸</t>
   </si>
   <si>
     <t>Запчасть для соковыжималки «2000E-2» для цитрусовых шестерня А1;D=13,5см</t>
   </si>
   <si>
     <t>07013201</t>
   </si>
   <si>
     <t>2000E-2-28</t>
   </si>
   <si>
     <t>28294.00₸</t>
   </si>
   <si>
     <t>Запчасть для соковыжималки «2000E-5» для цитрусовых вогнутый шар для отжима;оранжев.</t>
@@ -2288,53 +2108,50 @@
   <si>
     <t>2000E-2-25</t>
   </si>
   <si>
     <t>354445.00₸</t>
   </si>
   <si>
     <t>Фиксатор для соковыжималки «1000KP» универсальной[2шт]</t>
   </si>
   <si>
     <t>07013220</t>
   </si>
   <si>
     <t>1000KP-3</t>
   </si>
   <si>
     <t>Винт для соковыжималки «2000E-5» для цитрусовых;D=33мм;оранжев.</t>
   </si>
   <si>
     <t>07013210</t>
   </si>
   <si>
     <t>2000E-5-4</t>
   </si>
   <si>
-    <t>49 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Запчасть для соковыжималки «2000E-2» для цитрусовых шестерня В1;D=13,5см</t>
   </si>
   <si>
     <t>07013202</t>
   </si>
   <si>
     <t>2000E-2-29</t>
   </si>
   <si>
     <t>Держатель для соковыжималки «2000E-2» для ножа;серебрян.</t>
   </si>
   <si>
     <t>07013198</t>
   </si>
   <si>
     <t>2000E-2-11</t>
   </si>
   <si>
     <t>Нож для соковыжималки «2000E-5» для цитрусовых в сборе;оранжев.</t>
   </si>
   <si>
     <t>07013207</t>
   </si>
   <si>
     <t>2000E-5-1</t>
@@ -2357,102 +2174,96 @@
   <si>
     <t>07013216</t>
   </si>
   <si>
     <t>2000E-5-20</t>
   </si>
   <si>
     <t>Запчасть для соковыжималки «2000E-2» для цитрусовых шестерня А2;D=10см</t>
   </si>
   <si>
     <t>07013203</t>
   </si>
   <si>
     <t>2000E-2-30</t>
   </si>
   <si>
     <t>Запчасть для соковыжималки «2000E-2» для чистки цитрусовых;оранжев.</t>
   </si>
   <si>
     <t>07013192</t>
   </si>
   <si>
     <t>2000E-2-2</t>
   </si>
   <si>
-    <t>44 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сито для соковыжималки «1000KP» универсальной;D=22см</t>
   </si>
   <si>
     <t>07013223</t>
   </si>
   <si>
     <t>1000KP-8</t>
   </si>
   <si>
     <t>87241.00₸</t>
   </si>
   <si>
     <t>Нож для соковыжималки «1000KP» терка;D=12см</t>
   </si>
   <si>
     <t>07013224</t>
   </si>
   <si>
     <t>1000KP-9</t>
   </si>
   <si>
     <t>34188.00₸</t>
   </si>
   <si>
     <t>Емкость для соковыжималки «YTZ-002» контейнер с крышкой;пластик;черный</t>
   </si>
   <si>
     <t>07013228</t>
   </si>
   <si>
     <t>YTZ-002-6</t>
   </si>
   <si>
     <t>11795.00₸</t>
   </si>
   <si>
     <t>Толкатель для соковыжималки «1000KP» универсальной;пластик;D=8/5,H=14,L=8см;белый</t>
   </si>
   <si>
     <t>07013225</t>
   </si>
   <si>
     <t>1000KP-11</t>
   </si>
   <si>
     <t>13363.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>27 шт.</t>
   </si>
   <si>
     <t>Сито для соковыжималки «YTZ-002» универсальной</t>
   </si>
   <si>
     <t>07013227</t>
   </si>
   <si>
     <t>YTZ-002-3</t>
   </si>
   <si>
     <t>16506.00₸</t>
   </si>
   <si>
     <t>Соковыжималка универсальная «C40» экстрактор для соков и соусов-кули ;D=64,5,L=24,B=28см;500вт;черны</t>
   </si>
   <si>
     <t>07020194</t>
   </si>
   <si>
     <t>994186.00₸</t>
   </si>
 </sst>
 </file>
 
@@ -2488,51 +2299,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C956-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661F91-424F-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757EC5C2-424B-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE8B-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE62-424B-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE68-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE578F-424C-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301AF84F-2224-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B435B124-424B-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED61A-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E21DC0A-2224-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301AF9FD-2224-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EE3-424C-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EE4-424C-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4BA-3126-11EC-BBF4-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D32-424C-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AA3F887-2223-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40FF3B3E-424D-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E85-424D-11E8-A155-00259035BB6719.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/149DB432-2223-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8727-424F-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC85-4250-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560A5-4253-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E8A-424D-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E8D-424D-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E8F-424D-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E92-424D-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0B7ACFC-2224-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460A5-424E-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460A7-424E-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460A9-424E-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460AA-424E-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/149DB11D-2223-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099387-424E-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099388-424E-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE2F-424E-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE30-424E-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE32-424E-11E8-A155-00259035BB6738.gif"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE33-424E-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE34-424E-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE38-424E-11E8-A155-00259035BB6741.gif"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE39-424E-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE3A-424E-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE3D-424E-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE3E-424E-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088DC05F-2223-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE40-424E-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE41-424E-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DF0-424F-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DF1-424F-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C2AB85A-2224-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252E7-424F-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8E9-424F-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E1DD81F-4252-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76288B8D-4252-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3752941D-8149-11E9-BBBA-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35C75D-3157-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC3326E-F161-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20A28F7B-2223-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E23317D-4769-11EA-BBCE-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A26DB30A-2224-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252EA-424F-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDFD7E8F-424F-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111909-4250-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111934-4250-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B0-4251-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF9C4-4252-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5BD-4252-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5BE-4252-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87002434-2230-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E23317F-4769-11EA-BBCE-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA645954-4252-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2465608C-4253-11E8-A155-00259035BB6773.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2465608D-4253-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9329BC6A-2230-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2465608F-4253-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656090-4253-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23FEC4EF-2231-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560C2-4253-11E8-A155-00259035BB6779.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560C3-4253-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A68A-3126-11EC-BBF4-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9329BD9A-2230-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569B538D-4254-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127D1B-2230-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E233183-4769-11EA-BBCE-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD966033-1CC0-11EE-BC0C-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F251F73E-1CC0-11EE-BC0C-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/377C35D7-3126-11EC-BBF4-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07B9E9B5-2230-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592BF-4250-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5424CD1-222F-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80F00FA0-2230-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B610715-222F-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87493706-5CD4-11F0-BC49-0050569297EB94.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD68F2F-1CC1-11EE-BC0C-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16181501-1CC1-11EE-BC0C-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F79BA847-1CC0-11EE-BC0C-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/161812FB-1CC1-11EE-BC0C-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD68FE1-1CC1-11EE-BC0C-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD69444-1CC1-11EE-BC0C-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD6956E-1CC1-11EE-BC0C-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C1671A9-1CC1-11EE-BC0C-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A40E1-1CC1-11EE-BC0C-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD6935C-1CC1-11EE-BC0C-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA64223-1CC0-11EE-BC0C-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA64387-1CC0-11EE-BC0C-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE0B0C09-1CC0-11EE-BC0C-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A41DB-1CC1-11EE-BC0C-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD69632-1CC1-11EE-BC0C-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16181969-1CC1-11EE-BC0C-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA642D5-1CC0-11EE-BC0C-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A3C0C-1CC1-11EE-BC0C-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD96625B-1CC0-11EE-BC0C-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9660F7-1CC0-11EE-BC0C-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB93C2AF-2230-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9A1-424F-11E8-A155-00259035BB67116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2149B9A3-424F-11E8-A155-00259035BB67117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B17800-0DB6-11ED-BBFC-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7379135-25A1-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83AA673-44CB-11ED-BC00-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83AA674-44CB-11ED-BC00-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2A18EDA-9C06-11EE-BC36-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEC794BC-9C06-11EE-BC36-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2A18C92-9C06-11EE-BC36-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2A18DFE-9C06-11EE-BC36-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C563-9C06-11EE-BC36-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4C32FC8-9C06-11EE-BC36-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF9C2E93-9B58-11EE-BC36-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4C3329C-9C06-11EE-BC36-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4C3358E-9C06-11EE-BC36-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ADB5DC7-AEC9-11EE-BC40-00505692492F131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1CD19-9C06-11EE-BC36-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9A52BC5-9B58-11EE-BC36-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4C32CF9-9C06-11EE-BC36-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9A53ECD-9B58-11EE-BC36-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EDCA2D0-AEC9-11EE-BC40-00505692492F136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDAAC5AB-9B58-11EE-BC36-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C77B-9C06-11EE-BC36-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC8E6462-A111-11EE-BC36-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18547038-AECA-11EE-BC40-00505692492F140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FC716E0-AEC8-11EE-BC40-00505692492F141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185471B0-AECA-11EE-BC40-00505692492F142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D761140-AECA-11EE-BC40-00505692492F143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D7600D6-AECA-11EE-BC40-00505692492F144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7949FA4F-AECA-11EE-BC40-00505692492F145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7949F187-AECA-11EE-BC40-00505692492F146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8857C4A-A111-11EE-BC36-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468AE78-AECA-11EE-BC40-00505692492F148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468B0BA-AECA-11EE-BC40-00505692492F149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468AFC0-AECA-11EE-BC40-00505692492F150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D760965-AECA-11EE-BC40-00505692492F151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD13EC57-0B92-11EF-BC54-00505692E049152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD13EB5D-0B92-11EF-BC54-00505692E049153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7121B7E-0B92-11EF-BC54-00505692E049154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7121C9C-0B92-11EF-BC54-00505692E049155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EDCA3A3-AEC9-11EE-BC40-00505692492F156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ADB5F50-AEC9-11EE-BC40-00505692492F157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65FEF32F-4250-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A0A89-45F0-11EF-BC57-00505692E049159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A724903F-45F0-11EF-BC57-00505692E049160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5722D51-3D5E-11EF-BC4D-00505692C447161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F02B442-45F0-11EF-BC57-00505692E049162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7248E93-45F0-11EF-BC57-00505692E049163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB6A73E7-3D5E-11EF-BC4D-00505692C447164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A119235F-45F0-11EF-BC57-00505692E049165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A72492C1-45F0-11EF-BC57-00505692E049166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A119250B-45F0-11EF-BC57-00505692E049167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A11920D4-45F0-11EF-BC57-00505692E049168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B209E37-45F0-11EF-BC57-00505692E049169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1192289-45F0-11EF-BC57-00505692E049170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B209D61-45F0-11EF-BC57-00505692E049171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1192435-45F0-11EF-BC57-00505692E049172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B20A47F-45F0-11EF-BC57-00505692E049173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF751E35-3D5E-11EF-BC4D-00505692C447174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A11921AA-45F0-11EF-BC57-00505692E049175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5723225-3D5E-11EF-BC4D-00505692C447176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5723515-3D5E-11EF-BC4D-00505692C447177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F57230AD-3D5E-11EF-BC4D-00505692C447178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75230A-3D5E-11EF-BC4D-00505692C447179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF751FBF-3D5E-11EF-BC4D-00505692C447180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B20A009-45F0-11EF-BC57-00505692E049181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7248D81-45F0-11EF-BC57-00505692E049182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF752149-3D5E-11EF-BC4D-00505692C447183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F02B323-45F0-11EF-BC57-00505692E049184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A72491EB-45F0-11EF-BC57-00505692E049185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5723343-3D5E-11EF-BC4D-00505692C447186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7249115-45F0-11EF-BC57-00505692E049187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A0DF3-45F0-11EF-BC57-00505692E049188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1191FFE-45F0-11EF-BC57-00505692E049189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5722EED-3D5E-11EF-BC4D-00505692C447190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7248F69-45F0-11EF-BC57-00505692E049191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A11925E1-45F0-11EF-BC57-00505692E049192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB3B00A1-EAEE-11EF-BC4E-00505692C447193.jpg"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DAB78-EAEE-11EF-BC4E-00505692C447194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16E3D86E-918F-11EF-BC4E-00505692C447195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F452F2-EAEE-11EF-BC4E-00505692C447196.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C956-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57661F91-424F-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757EC5C2-424B-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE8B-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE62-424B-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE68-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE578F-424C-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301AF84F-2224-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B435B124-424B-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F04ED61A-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301AF9FD-2224-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EE3-424C-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3E954EE4-424C-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4BA-3126-11EC-BBF4-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D32-424C-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1AA3F887-2223-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40FF3B3E-424D-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E85-424D-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/149DB432-2223-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8727-424F-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F00CEC85-4250-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560A5-4253-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E8A-424D-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E8D-424D-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46FF2E8F-424D-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0B7ACFC-2224-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460A7-424E-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/149DB11D-2223-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE2F-424E-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE30-424E-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE32-424E-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE33-424E-11E8-A155-00259035BB6732.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE34-424E-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE38-424E-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE39-424E-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE3A-424E-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE3D-424E-11E8-A155-00259035BB6737.gif"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE3E-424E-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088DC05F-2223-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE40-424E-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252E7-424F-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3752941D-8149-11E9-BBBA-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ED35C75D-3157-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1FC3326E-F161-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20A28F7B-2223-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E23317D-4769-11EA-BBCE-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A26DB30A-2224-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252EA-424F-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111909-4250-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111934-4250-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575B0-4251-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042EF9C4-4252-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5BD-4252-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1028C5BE-4252-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87002434-2230-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E23317F-4769-11EA-BBCE-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FA645954-4252-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2465608C-4253-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2465608D-4253-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9329BC6A-2230-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2465608F-4253-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24656090-4253-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23FEC4EF-2231-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560C2-4253-11E8-A155-00259035BB6764.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/246560C3-4253-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43E1A68A-3126-11EC-BBF4-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9329BD9A-2230-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569B538D-4254-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127D1B-2230-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E233183-4769-11EA-BBCE-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD966033-1CC0-11EE-BC0C-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F251F73E-1CC0-11EE-BC0C-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/377C35D7-3126-11EC-BBF4-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07B9E9B5-2230-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F61592BF-4250-11E8-A155-00259035BB6775.gif"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5424CD1-222F-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80F00FA0-2230-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B610715-222F-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87493706-5CD4-11F0-BC49-0050569297EB79.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD68F2F-1CC1-11EE-BC0C-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16181501-1CC1-11EE-BC0C-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F79BA847-1CC0-11EE-BC0C-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/161812FB-1CC1-11EE-BC0C-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD68FE1-1CC1-11EE-BC0C-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD69444-1CC1-11EE-BC0C-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD6956E-1CC1-11EE-BC0C-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C1671A9-1CC1-11EE-BC0C-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A40E1-1CC1-11EE-BC0C-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD6935C-1CC1-11EE-BC0C-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA64223-1CC0-11EE-BC0C-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA64387-1CC0-11EE-BC0C-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EE0B0C09-1CC0-11EE-BC0C-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A41DB-1CC1-11EE-BC0C-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FD69632-1CC1-11EE-BC0C-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16181969-1CC1-11EE-BC0C-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA642D5-1CC0-11EE-BC0C-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/099A3C0C-1CC1-11EE-BC0C-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD96625B-1CC0-11EE-BC0C-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD9660F7-1CC0-11EE-BC0C-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44B17800-0DB6-11ED-BBFC-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7379135-25A1-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83AA673-44CB-11ED-BC00-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E83AA674-44CB-11ED-BC00-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2A18EDA-9C06-11EE-BC36-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DEC794BC-9C06-11EE-BC36-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2A18C92-9C06-11EE-BC36-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2A18DFE-9C06-11EE-BC36-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C563-9C06-11EE-BC36-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4C32FC8-9C06-11EE-BC36-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF9C2E93-9B58-11EE-BC36-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4C3329C-9C06-11EE-BC36-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4C3358E-9C06-11EE-BC36-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ADB5DC7-AEC9-11EE-BC40-00505692492F113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1CD19-9C06-11EE-BC36-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9A52BC5-9B58-11EE-BC36-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4C32CF9-9C06-11EE-BC36-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E9A53ECD-9B58-11EE-BC36-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EDCA2D0-AEC9-11EE-BC40-00505692492F118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDAAC5AB-9B58-11EE-BC36-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D8C1C77B-9C06-11EE-BC36-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC8E6462-A111-11EE-BC36-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18547038-AECA-11EE-BC40-00505692492F122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FC716E0-AEC8-11EE-BC40-00505692492F123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185471B0-AECA-11EE-BC40-00505692492F124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D761140-AECA-11EE-BC40-00505692492F125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D7600D6-AECA-11EE-BC40-00505692492F126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7949FA4F-AECA-11EE-BC40-00505692492F127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7949F187-AECA-11EE-BC40-00505692492F128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E8857C4A-A111-11EE-BC36-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468AE78-AECA-11EE-BC40-00505692492F130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468B0BA-AECA-11EE-BC40-00505692492F131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2468AFC0-AECA-11EE-BC40-00505692492F132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D760965-AECA-11EE-BC40-00505692492F133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD13EC57-0B92-11EF-BC54-00505692E049134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD13EB5D-0B92-11EF-BC54-00505692E049135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7121B7E-0B92-11EF-BC54-00505692E049136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7121C9C-0B92-11EF-BC54-00505692E049137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0EDCA3A3-AEC9-11EE-BC40-00505692492F138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ADB5F50-AEC9-11EE-BC40-00505692492F139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65FEF32F-4250-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A0A89-45F0-11EF-BC57-00505692E049141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A724903F-45F0-11EF-BC57-00505692E049142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5722D51-3D5E-11EF-BC4D-00505692C447143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F02B442-45F0-11EF-BC57-00505692E049144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7248E93-45F0-11EF-BC57-00505692E049145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB6A73E7-3D5E-11EF-BC4D-00505692C447146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A119235F-45F0-11EF-BC57-00505692E049147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A72492C1-45F0-11EF-BC57-00505692E049148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A119250B-45F0-11EF-BC57-00505692E049149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A11920D4-45F0-11EF-BC57-00505692E049150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B209E37-45F0-11EF-BC57-00505692E049151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1192289-45F0-11EF-BC57-00505692E049152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B209D61-45F0-11EF-BC57-00505692E049153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1192435-45F0-11EF-BC57-00505692E049154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B20A47F-45F0-11EF-BC57-00505692E049155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF751E35-3D5E-11EF-BC4D-00505692C447156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A11921AA-45F0-11EF-BC57-00505692E049157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5723225-3D5E-11EF-BC4D-00505692C447158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5723515-3D5E-11EF-BC4D-00505692C447159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F57230AD-3D5E-11EF-BC4D-00505692C447160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF75230A-3D5E-11EF-BC4D-00505692C447161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF751FBF-3D5E-11EF-BC4D-00505692C447162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B20A009-45F0-11EF-BC57-00505692E049163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7248D81-45F0-11EF-BC57-00505692E049164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF752149-3D5E-11EF-BC4D-00505692C447165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F02B323-45F0-11EF-BC57-00505692E049166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A72491EB-45F0-11EF-BC57-00505692E049167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5723343-3D5E-11EF-BC4D-00505692C447168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7249115-45F0-11EF-BC57-00505692E049169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/951A0DF3-45F0-11EF-BC57-00505692E049170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1191FFE-45F0-11EF-BC57-00505692E049171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5722EED-3D5E-11EF-BC4D-00505692C447172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7248F69-45F0-11EF-BC57-00505692E049173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A11925E1-45F0-11EF-BC57-00505692E049174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CB3B00A1-EAEE-11EF-BC4E-00505692C447175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DAB78-EAEE-11EF-BC4E-00505692C447176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16E3D86E-918F-11EF-BC4E-00505692C447177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8F452F2-EAEE-11EF-BC4E-00505692C447178.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2977,51 +2788,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -3157,51 +2968,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -4117,1221 +3928,1221 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="54" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>58</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>59</xdr:row>
+      <xdr:row>60</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="56" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>61</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="57" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="58" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="59" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>63</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="60" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>64</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="61" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>66</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="62" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>68</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="65" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>69</xdr:row>
+      <xdr:row>70</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="66" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>71</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="68" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="69" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>74</xdr:row>
+      <xdr:row>75</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="70" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>76</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="71" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="72" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>77</xdr:row>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="73" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>78</xdr:row>
+      <xdr:row>79</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="74" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="75" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>80</xdr:row>
+      <xdr:row>81</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="76" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>81</xdr:row>
+      <xdr:row>83</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>82</xdr:row>
+      <xdr:row>84</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>83</xdr:row>
+      <xdr:row>89</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="79" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>84</xdr:row>
+      <xdr:row>91</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="80" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>85</xdr:row>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="81" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>86</xdr:row>
+      <xdr:row>93</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="82" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>88</xdr:row>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="83" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>89</xdr:row>
+      <xdr:row>95</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="84" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>90</xdr:row>
+      <xdr:row>96</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="85" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>91</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="86" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>92</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="87" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>93</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="88" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>94</xdr:row>
+      <xdr:row>100</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="89" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>95</xdr:row>
+      <xdr:row>101</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="90" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>102</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="91" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>98</xdr:row>
+      <xdr:row>103</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="92" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>99</xdr:row>
+      <xdr:row>104</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="93" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>104</xdr:row>
+      <xdr:row>105</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="94" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -7820,590 +7631,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>189</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="178" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
-        <a:stretch>
-[...538 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId196"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -8662,62 +7933,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-dlya-citrusovyh-ilsa-02121325/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-dlya-citrusovyh-was-02121339/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrobezhnoe-sito-dzhuys-master-07010311/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-privodnaya-d-blenderov-waring-07010315/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-othodov-dzhuys-master-07010317/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-d-sokov-waring-07010318/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-k-kryshke-d-sokov-quamar-07010323/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-privodnaya-dzhuys-master-07010327/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-centrifuga-d-sokov-600-waring-07010340/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-d-sokovyzh-makap-p206-sp2-s-gast-07010361/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-k-sokovyzh-jupiter-07010378/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-k-sokovyzh-jupiter-07010380/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-k-sokovyzh-jupiter-07010383/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnit-kolco-k-sokovyzh-jupiter-07010385/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-k-426-428-dzhuys-master-07010392/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnitkolco-k-sokovyzh-428-dzhuys-master-07010398/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-cas-07010411/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-cas-07010413/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-30l-chas-dzhuys-master-07010420/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-universalnaya-100l-chas-santos-07010425/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-11-matfer-07010435/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-d-citrusspa6-beckers-07010439/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-j100ultra-160l-chas-robot-coupe-07010441/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-dlya-citrusovyh-model-spl-fimar-07010442/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-d-ovoschey-i-fruktov-santos-07010446/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-sokovyzh-j80-j100-robot-coupe-07010449/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-citrusk-sokov-11c-santos-07010515/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-k-sokov-28-santos-07010518/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-citrus-k-sokov-38c-santos-07010520/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gayka-prizhimnaya-k-sokov50s-santos-07010523/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/verhnyaya-kryshka-k-sokov428-dzhuys-master-07010531/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolcoverhnee-k-sokov28-santos-07010539/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stator-rotora-k-sokovyzh28-santos-07010541/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-uplotnitk-sokovyzh28-santos-07010543/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podshipnik-k-sokovyzh28-santos-07010544/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokosbornik-dzhuys-master-07010549/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-k-sokovyzh7010425-santos-07010550/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-k-sokovyzh7010425-santos-07010551/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-verhney-krysh-zelmer-07010564/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ramka-zelmer-07010565/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-sokosbornika-zelmer-07010567/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/verhnyaya-kryshka-zelmer-07010568/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zhmyha-zelmer-07010570/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dvuhpozicionnaya-zelmer-07010574/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-upravleniya-zelmer-07010575/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvigatel-zelmer-07010576/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-v-emkost-d-soka-zelmer-07010579/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podshipnik-zelmer-07010580/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stator-zelmer-07010581/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rotor-zelmer-07010582/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mikrovyklyuchatel-zelmer-07010583/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sceplenie-v-sbore-k-7010424-santos-07010588/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-fiksiruyuschaya-k-7010424-santos-07010589/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-sita-k-se-01-7010405-quamar-07010594/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-s-nosikom-k-7010406-quamar-07010599/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mehanizm-pereklv-sbore-k-sokovyzh50c-santos-07010606/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gluhaya-gayka-k-sokov28-santos-07010613/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/verhnyaya-zhestkaya-mufta-d-art33240-santos-07010614/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motornyy-blok-k-sokov428-dzhuys-master-07010628/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-k-sokovyzhspa-6-beckers-07010631/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podshipnik-dvigatelya-d-sokovyzhspa-6-beckers-07010632/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-v-sbore-d-sokovyzhpc700-v-sbore-fimar-07010634/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kaplesbornik-d-j100u-robot-coupe-07010638/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zhmyha-d-sokovj80u-robot-coupe-07010639/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-s-nosikom-k-7010437-quamar-07011203/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/verhnee-fiksirkolco-d-sokov11-santos-07011204/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-j80ultra-blixer2-230v-robot-coupe-07011210/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/flanec-robot-coupe-07011217/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nosik-d-j80-ultra-robot-coupe-07011232/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-v-sbore-d-j80-ultra-j100-robot-coupe-07011238/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chasha-d-j80-ultra-robot-coupe-07011239/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-d-j80-ultra-robot-coupe-07011240/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-d-spr01507-beckers-07011244/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-d-sokovyzhse-01-quamar-07011253/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-d-sokovj100-ultra-j80u-robot-coupe-07011258/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-zapasnoy-d-sokovyzhspr01507-new-beckers-07011406/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovyzhspm-spl-fimar-07011407/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovyzhspm-spl-fimar-07011408/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovyzhcia-i-dlya-sokovyzh-sj4-fimar-07011409/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovyzhcia-i-dlya-sokovyzh-sj4-fimar-07011410/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-d-sokovyzhpc700-fimar-07011411/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvigatel-sm-cj4-230-50-60hz-fimar-07011412/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-gruppovoy-20azaschita-dlya-srp-fimar-07011413/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kondensator-4uf-sm-cj4-fimar-07011414/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschitnaya-chast-d-sokovcj4-fimar-07011416/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovcj4-fimar-07011417/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-sokovcj4-fimar-07011418/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-d-kryshki-artspl235m-fimar-07011420/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-k-sokovyzhpc700-fimar-07011421/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-podshipnikov-d-sokovj80-robot-coupe-07011422/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-fimar-07011428/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-sokovyzhimalki-fimar-07011429/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-zhmyha-sokovyzh58-santos-07011434/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-dvuhfazovyy-dlya-sokovyzhimalki-fimar-07011442/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-d-j80ultra-j100-robot-coupe-07020227/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-d-sokovyzhimalki-elsacj423m-fimar-07021542/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovsm-cj6-fimar-07021543/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-sokovyzh-pc700-fimar-07021544/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-sokovspm-spl-fimar-07021551/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-d-sokovyzhimalki-spl-fimar-07021556/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shayba-vala-d-sokovyzhcj-4-fimar-07021558/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/val-d-sokovyzhcj-4-fimar-07021559/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blok-vyklyucheniya-d-sokovyzhimalki-j80u-robot-coupe-07021560/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-d-sokovyzh-ki-spa6-beckers-07021561/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnitel-kryshki-d-kuttera-r4a-robot-coupe-07021916/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kompressor-dlya-juice-s12-07110304/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zamok-emka-dlya-juice-s12-07110306/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perehodnyy-ugolnik-dlya-juice-s12-07110307/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klapan-elm-dlya-juice-s12-07110308/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koleno-dlya-juice-s12-07110310/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-juice-s12-07110311/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-juice-s12-07110312/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-juice-s12-07110313/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konnektor-dlya-juice-s12-07110314/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-pryamougs-podsvetkoy-dlya-juice-s12-07110315/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronnyy-regulyator-dlya-juice-s12-07110316/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schup-termostata-dlya-juice-s12-07110319/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/regulyator-davleniya-juice-s12-07110320/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kondensator-dlya-juice-s12-07110321/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klapan-s-solenoidom-dlya-juice-s12-07110322/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/datchik-siropa-dlya-juice-s12-07110323/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ezhektor-dlya-juice-s12-07110324/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kontroler-dlya-juice-s12-07110325/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/manometr-dlya-juice-s12-07110326/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-m10-dlya-juice-s12-220v-07110328/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zadniy-podshipnik-santos-09101170/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zamykatel-santos-09101171/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podshipnik-santos-09101175/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-dlya-citrusovyh-model-spm-fimar-07013001/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-dlya-sokovyzhimalki-matfer-07013012/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-kuvings-07013014/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-kuvings-07013015/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-dlya-sokovyzhimalki-kuvings-07013065/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-sokovyzhimalki-kuvings-07013066/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shnek-dlya-sokovyzhimalki-kuvings-07013067/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-dlya-sokovyzhimalki-kuvings-07013068/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ochistitel-dlya-sokovyzhimalki-kuvings-07013069/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-sokovyzhimalki-kuvings-07013070/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-sokovyzhimalki-kuvings-07013071/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-sokovyzhimalki-kuvings-07013072/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-sokovyzhimalki-kuvings-07013073/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ochistitel-dlya-sokovyzhimalki-kuvings-07013074/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-sokovyzhimalki-kuvings-07013075/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-sokovyzhimalki-kuvings-07013079/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-sokovyzhimalki-kuvings-07013080/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-sokovyzhimalki-kuvings-07013081/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-upravleniya-dlya-sokovyzhimalki-kuvings-07013083/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-dlya-sokovyzhimalki-kuvings-07013084/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-kuvings-07013117/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-sokovyzhimalki-kuvings-07013118/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-sokovyzhimalki-kuvings-07013119/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fiksator-dlya-sokovyzhimalki-kuvings-07013120/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-sokovyzhimalki-kuvings-07013122/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013161/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013162/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013163/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013164/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013174/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013175/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013176/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013177/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013178/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-dlya-citrusovyh-probar-07013180/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-dlya-citrusovyh-probar-07013181/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-universalnaya-probar-07013182/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-universalnaya-probar-07013183/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-sokovyzhimalki-kuvings-07013189/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-sokovyzhimalki-kuvings-07013190/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-j80ultra-120l-chas-robot-coupe-07020146/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/predohranitel-dlya-sokovyzhimalki-probar-07013231/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-sokovyzhimalki-probar-07013213/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013217/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-dlya-sokovyzhimalki-probar-07013226/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013204/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013196/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013208/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-probar-07013194/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013218/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013197/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013199/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-probar-07013230/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013214/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013219/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013209/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013191/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013221/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013205/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013201/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013212/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013222/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013215/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013229/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013206/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013200/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fiksator-dlya-sokovyzhimalki-probar-07013220/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-probar-07013210/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013202/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-sokovyzhimalki-probar-07013198/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013207/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013193/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013216/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013203/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013192/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-sokovyzhimalki-probar-07013223/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013224/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-sokovyzhimalki-probar-07013228/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-dlya-sokovyzhimalki-probar-07013225/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-sokovyzhimalki-probar-07013227/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-universalnaya-robot-coupe-07020194/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-dlya-citrusovyh-ilsa-02121325/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-dlya-citrusovyh-was-02121339/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/centrobezhnoe-sito-dzhuys-master-07010311/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-privodnaya-d-blenderov-waring-07010315/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-othodov-dzhuys-master-07010317/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-d-sokov-waring-07010318/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-k-kryshke-d-sokov-quamar-07010323/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mufta-privodnaya-dzhuys-master-07010327/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-centrifuga-d-sokov-600-waring-07010340/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-d-sokovyzh-makap-p206-sp2-s-gast-07010361/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-k-sokovyzh-jupiter-07010380/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-k-sokovyzh-jupiter-07010383/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnit-kolco-k-sokovyzh-jupiter-07010385/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-k-426-428-dzhuys-master-07010392/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnitkolco-k-sokovyzh-428-dzhuys-master-07010398/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-cas-07010411/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-cas-07010413/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-30l-chas-dzhuys-master-07010420/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-universalnaya-100l-chas-santos-07010425/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-11-matfer-07010435/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-d-citrusspa6-beckers-07010439/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-j100ultra-160l-chas-robot-coupe-07010441/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-dlya-citrusovyh-model-spl-fimar-07010442/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-d-ovoschey-i-fruktov-santos-07010446/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-sokovyzh-j80-j100-robot-coupe-07010449/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-citrusk-sokov-11c-santos-07010515/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-k-sokov-28-santos-07010518/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-citrus-k-sokov-38c-santos-07010520/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/verhnyaya-kryshka-k-sokov428-dzhuys-master-07010531/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stator-rotora-k-sokovyzh28-santos-07010541/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokosbornik-dzhuys-master-07010549/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/voronka-verhney-krysh-zelmer-07010564/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ramka-zelmer-07010565/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-sokosbornika-zelmer-07010567/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/verhnyaya-kryshka-zelmer-07010568/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zhmyha-zelmer-07010570/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dvuhpozicionnaya-zelmer-07010574/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-upravleniya-zelmer-07010575/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvigatel-zelmer-07010576/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-v-emkost-d-soka-zelmer-07010579/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podshipnik-zelmer-07010580/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stator-zelmer-07010581/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rotor-zelmer-07010582/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-s-nosikom-k-7010406-quamar-07010599/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motornyy-blok-k-sokov428-dzhuys-master-07010628/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-k-sokovyzhspa-6-beckers-07010631/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podshipnik-dvigatelya-d-sokovyzhspa-6-beckers-07010632/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-v-sbore-d-sokovyzhpc700-v-sbore-fimar-07010634/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kaplesbornik-d-j100u-robot-coupe-07010638/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-d-zhmyha-d-sokovj80u-robot-coupe-07010639/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-s-nosikom-k-7010437-quamar-07011203/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-j80ultra-blixer2-230v-robot-coupe-07011210/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/flanec-robot-coupe-07011217/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nosik-d-j80-ultra-robot-coupe-07011232/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-v-sbore-d-j80-ultra-j100-robot-coupe-07011238/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/chasha-d-j80-ultra-robot-coupe-07011239/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-d-j80-ultra-robot-coupe-07011240/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-d-spr01507-beckers-07011244/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-d-sokovyzhse-01-quamar-07011253/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-d-sokovj100-ultra-j80u-robot-coupe-07011258/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-zapasnoy-d-sokovyzhspr01507-new-beckers-07011406/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovyzhspm-spl-fimar-07011407/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovyzhspm-spl-fimar-07011408/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovyzhcia-i-dlya-sokovyzh-sj4-fimar-07011409/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovyzhcia-i-dlya-sokovyzh-sj4-fimar-07011410/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-d-sokovyzhpc700-fimar-07011411/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dvigatel-sm-cj4-230-50-60hz-fimar-07011412/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-gruppovoy-20azaschita-dlya-srp-fimar-07011413/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kondensator-4uf-sm-cj4-fimar-07011414/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschitnaya-chast-d-sokovcj4-fimar-07011416/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovcj4-fimar-07011417/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-sokovcj4-fimar-07011418/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-d-kryshki-artspl235m-fimar-07011420/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-k-sokovyzhpc700-fimar-07011421/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-podshipnikov-d-sokovj80-robot-coupe-07011422/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-fimar-07011428/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prokladka-dlya-sokovyzhimalki-fimar-07011429/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-zhmyha-sokovyzh58-santos-07011434/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pereklyuchatel-dvuhfazovyy-dlya-sokovyzhimalki-fimar-07011442/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/disk-d-j80ultra-j100-robot-coupe-07020227/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-d-sokovyzhimalki-elsacj423m-fimar-07021542/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konus-d-sokovsm-cj6-fimar-07021543/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-sokovyzh-pc700-fimar-07021544/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronplata-d-sokovspm-spl-fimar-07021551/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-d-sokovyzhimalki-spl-fimar-07021556/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shayba-vala-d-sokovyzhcj-4-fimar-07021558/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/val-d-sokovyzhcj-4-fimar-07021559/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blok-vyklyucheniya-d-sokovyzhimalki-j80u-robot-coupe-07021560/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-d-sokovyzh-ki-spa6-beckers-07021561/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/uplotnitel-kryshki-d-kuttera-r4a-robot-coupe-07021916/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kompressor-dlya-juice-s12-07110304/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zamok-emka-dlya-juice-s12-07110306/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perehodnyy-ugolnik-dlya-juice-s12-07110307/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klapan-elm-dlya-juice-s12-07110308/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koleno-dlya-juice-s12-07110310/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-juice-s12-07110311/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-juice-s12-07110312/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-juice-s12-07110313/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konnektor-dlya-juice-s12-07110314/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-pryamougs-podsvetkoy-dlya-juice-s12-07110315/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/elektronnyy-regulyator-dlya-juice-s12-07110316/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/schup-termostata-dlya-juice-s12-07110319/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/regulyator-davleniya-juice-s12-07110320/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kondensator-dlya-juice-s12-07110321/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klapan-s-solenoidom-dlya-juice-s12-07110322/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/datchik-siropa-dlya-juice-s12-07110323/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ezhektor-dlya-juice-s12-07110324/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kontroler-dlya-juice-s12-07110325/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/manometr-dlya-juice-s12-07110326/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-m10-dlya-juice-s12-220v-07110328/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-dlya-citrusovyh-model-spm-fimar-07013001/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nasadka-dlya-sokovyzhimalki-matfer-07013012/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-kuvings-07013014/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-kuvings-07013015/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-dlya-sokovyzhimalki-kuvings-07013065/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-sokovyzhimalki-kuvings-07013066/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shnek-dlya-sokovyzhimalki-kuvings-07013067/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/filtr-dlya-sokovyzhimalki-kuvings-07013068/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ochistitel-dlya-sokovyzhimalki-kuvings-07013069/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-sokovyzhimalki-kuvings-07013070/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-sokovyzhimalki-kuvings-07013071/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-sokovyzhimalki-kuvings-07013072/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vstavka-dlya-sokovyzhimalki-kuvings-07013073/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ochistitel-dlya-sokovyzhimalki-kuvings-07013074/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-sokovyzhimalki-kuvings-07013075/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-sokovyzhimalki-kuvings-07013079/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-sokovyzhimalki-kuvings-07013080/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korpus-dlya-sokovyzhimalki-kuvings-07013081/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-upravleniya-dlya-sokovyzhimalki-kuvings-07013083/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-dlya-sokovyzhimalki-kuvings-07013084/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-kuvings-07013117/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-sokovyzhimalki-kuvings-07013118/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-sokovyzhimalki-kuvings-07013119/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fiksator-dlya-sokovyzhimalki-kuvings-07013120/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolco-dlya-sokovyzhimalki-kuvings-07013122/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013161/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013162/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013163/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013164/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013174/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013175/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013176/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-kuvings-07013177/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-kuvings-07013178/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-dlya-citrusovyh-probar-07013180/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-dlya-citrusovyh-probar-07013181/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-universalnaya-probar-07013182/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-universalnaya-probar-07013183/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plata-dlya-sokovyzhimalki-kuvings-07013189/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-sokovyzhimalki-kuvings-07013190/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-j80ultra-120l-chas-robot-coupe-07020146/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/predohranitel-dlya-sokovyzhimalki-probar-07013231/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-sokovyzhimalki-probar-07013213/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013217/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-dlya-sokovyzhimalki-probar-07013226/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013204/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013196/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013208/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-probar-07013194/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013218/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013197/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013199/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/knopka-dlya-sokovyzhimalki-probar-07013230/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013214/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013219/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013209/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013191/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013221/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013205/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013201/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013212/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013222/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013215/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013229/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013206/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/motor-dlya-sokovyzhimalki-probar-07013200/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fiksator-dlya-sokovyzhimalki-probar-07013220/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vint-dlya-sokovyzhimalki-probar-07013210/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013202/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-sokovyzhimalki-probar-07013198/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013207/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kreplenie-dlya-sokovyzhimalki-probar-07013193/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013216/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013203/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapchast-dlya-sokovyzhimalki-probar-07013192/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-sokovyzhimalki-probar-07013223/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nozh-dlya-sokovyzhimalki-probar-07013224/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-sokovyzhimalki-probar-07013228/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tolkatel-dlya-sokovyzhimalki-probar-07013225/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sito-dlya-sokovyzhimalki-probar-07013227/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sokovyzhimalka-universalnaya-robot-coupe-07020194/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L210"/>
+  <dimension ref="A1:L192"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I210" sqref="I210"/>
+      <selection activeCell="I192" sqref="I192"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -9074,6352 +8345,5776 @@
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>72</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>77</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>53</v>
+        <v>78</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>82</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...3 lines deleted...]
-        <v>86</v>
+      <c r="D15" s="0">
+        <v>1766020</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>83</v>
+        <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="0">
-        <v>1766020</v>
+        <v>176.0062</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>90</v>
+        <v>36</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" s="0">
+        <v>14049</v>
+      </c>
+      <c r="E17" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="F17" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="D17" s="0">
-[...5 lines deleted...]
-      <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>94</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
-      <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="C18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="0">
-        <v>14049</v>
+        <v>31706247</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L18" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L18" s="0"/>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
+      <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C19" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="D19" s="0">
+        <v>42.8</v>
+      </c>
+      <c r="E19" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="F19" s="0"/>
+      <c r="G19" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>100</v>
-      </c>
-[...16 lines deleted...]
-        <v>101</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L19" s="0"/>
+        <v>101</v>
+      </c>
+      <c r="L19" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D20" s="0">
-        <v>42.8</v>
+        <v>58</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>27</v>
+        <v>104</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>28</v>
+        <v>105</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D21" s="0">
-        <v>58</v>
+        <v>120030</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>110</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="D22" s="0">
-        <v>120030</v>
+      <c r="D22" s="0" t="s">
+        <v>113</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>61</v>
+        <v>101</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>104</v>
+        <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>125</v>
+        <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
-      <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="D25" s="0" t="s">
-        <v>128</v>
+      <c r="D25" s="0">
+        <v>68</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>129</v>
+        <v>104</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>17</v>
+        <v>99</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L25" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="B26" s="0" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D26" s="0">
-        <v>68</v>
+        <v>39909</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>104</v>
+        <v>76</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0"/>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
+      <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="D27" s="0">
-        <v>39909</v>
+        <v>11101</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L27" s="0"/>
+      <c r="L27" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D28" s="0">
-        <v>11101</v>
+        <v>28210</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D29" s="0">
-        <v>28210</v>
+        <v>38101</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>83</v>
+        <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D30" s="0">
-        <v>38101</v>
+        <v>42.8</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>108</v>
+        <v>27</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>109</v>
+        <v>28</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D31" s="0">
-        <v>50203</v>
+        <v>28865</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>125</v>
+        <v>147</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="C32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" s="0">
-        <v>42.8</v>
+        <v>176.005</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>28</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0">
+        <v>476.0006</v>
+      </c>
+      <c r="E33" s="0" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>109</v>
+        <v>154</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>125</v>
+        <v>156</v>
       </c>
       <c r="L33" s="0">
-        <v>1</v>
+        <v>8</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D34" s="0">
-        <v>28865</v>
+        <v>476.009</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>108</v>
+        <v>153</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>109</v>
+        <v>154</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>158</v>
+        <v>78</v>
       </c>
       <c r="L34" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D35" s="0">
-        <v>28897</v>
+        <v>476.0005</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>108</v>
+        <v>153</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>109</v>
+        <v>154</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>83</v>
+        <v>53</v>
       </c>
       <c r="L35" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D36" s="0">
-        <v>28873</v>
+        <v>476.004</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>108</v>
+        <v>153</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>109</v>
+        <v>154</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>53</v>
+        <v>166</v>
       </c>
       <c r="L36" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D37" s="0">
-        <v>176.005</v>
+        <v>476.0001</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>27</v>
+        <v>153</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>28</v>
+        <v>154</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>41</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="L37" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D38" s="0">
-        <v>58652</v>
+        <v>476.007</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>108</v>
+        <v>153</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>109</v>
+        <v>154</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>158</v>
+        <v>173</v>
       </c>
       <c r="L38" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D39" s="0">
-        <v>58658</v>
+        <v>476.008</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>108</v>
+        <v>153</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>109</v>
+        <v>154</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
       <c r="L39" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D40" s="0">
-        <v>476.0006</v>
+        <v>388.1</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>175</v>
+        <v>153</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>176</v>
+        <v>154</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>178</v>
+        <v>147</v>
       </c>
       <c r="L40" s="0">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D41" s="0">
-        <v>476.009</v>
+        <v>476.0063</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>175</v>
+        <v>153</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>176</v>
+        <v>154</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="L41" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>476.0005</v>
+        <v>185</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>186</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>175</v>
+        <v>153</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>176</v>
+        <v>154</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>53</v>
+        <v>156</v>
       </c>
       <c r="L42" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D43" s="0">
-        <v>476.004</v>
+        <v>389.11</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>175</v>
+        <v>153</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>176</v>
+        <v>154</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>188</v>
+        <v>67</v>
       </c>
       <c r="L43" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D44" s="0">
-        <v>476.0001</v>
+        <v>389.12</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>175</v>
+        <v>153</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>176</v>
+        <v>154</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="L44" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D45" s="0">
-        <v>476.007</v>
+        <v>180011</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>175</v>
+        <v>50</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>176</v>
+        <v>51</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>195</v>
+        <v>53</v>
       </c>
       <c r="L45" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D46" s="0">
-        <v>476.008</v>
+        <v>42.8</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>175</v>
+        <v>27</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>176</v>
+        <v>28</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>199</v>
+        <v>19</v>
       </c>
       <c r="L46" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="D47" s="0">
-        <v>388.1</v>
+      <c r="D47" s="0" t="s">
+        <v>202</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>175</v>
+        <v>114</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>176</v>
+        <v>51</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="L47" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>476.0063</v>
+        <v>205</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>206</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>175</v>
+        <v>114</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>176</v>
+        <v>51</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>205</v>
+        <v>176</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>83</v>
+        <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>175</v>
+        <v>124</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>176</v>
+        <v>51</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L49" s="0"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D50" s="0">
-        <v>389.11</v>
+        <v>39516</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>175</v>
+        <v>119</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>176</v>
+        <v>105</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D51" s="0">
-        <v>389.12</v>
+        <v>39917</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>175</v>
+        <v>119</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>176</v>
+        <v>105</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L51" s="0"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="D52" s="0" t="s">
         <v>218</v>
       </c>
+      <c r="D52" s="0">
+        <v>180081</v>
+      </c>
       <c r="E52" s="0" t="s">
-        <v>175</v>
+        <v>50</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>176</v>
+        <v>51</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>219</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>67</v>
+        <v>147</v>
       </c>
       <c r="L52" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D53" s="0">
-        <v>10600</v>
+        <v>39585</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>222</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>125</v>
+        <v>19</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D54" s="0">
-        <v>10501</v>
+        <v>39914</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>225</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D55" s="0">
-        <v>180074</v>
+        <v>39916</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>50</v>
+        <v>119</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>228</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D56" s="0">
-        <v>180011</v>
+        <v>39910</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>50</v>
+        <v>119</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>231</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>233</v>
       </c>
       <c r="D57" s="0">
-        <v>50425</v>
+        <v>39915</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>234</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D58" s="0">
-        <v>28308</v>
+        <v>39912</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>237</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="L58" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
-      <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="D59" s="0">
-        <v>33130</v>
+      <c r="D59" s="0" t="s">
+        <v>240</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D60" s="0">
-        <v>42.8</v>
+        <v>160144</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="D61" s="0" t="s">
         <v>246</v>
       </c>
+      <c r="D61" s="0">
+        <v>39283</v>
+      </c>
       <c r="E61" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>247</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>248</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>249</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>250</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>198</v>
+        <v>251</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>125</v>
+        <v>78</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L63" s="0"/>
+      <c r="L63" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>39516</v>
+        <v>257</v>
+      </c>
+      <c r="D64" s="0" t="s">
+        <v>258</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L64" s="0"/>
+      <c r="L64" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>39917</v>
+        <v>260</v>
+      </c>
+      <c r="D65" s="0" t="s">
+        <v>261</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L65" s="0"/>
+      <c r="L65" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>180081</v>
+        <v>264</v>
+      </c>
+      <c r="D66" s="0" t="s">
+        <v>265</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>50</v>
+        <v>124</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-        <v>11202</v>
+        <v>267</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>268</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>108</v>
+        <v>124</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>125</v>
+        <v>19</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>39585</v>
+        <v>271</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>272</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-        <v>39914</v>
+        <v>275</v>
+      </c>
+      <c r="D69" s="0" t="s">
+        <v>276</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>19</v>
+        <v>147</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-        <v>39916</v>
+        <v>279</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>280</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>39910</v>
+        <v>283</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>284</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L71" s="0"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>280</v>
-[...2 lines deleted...]
-        <v>39915</v>
+        <v>287</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>288</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L72" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L72" s="0"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
-      <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>39912</v>
+        <v>291</v>
+      </c>
+      <c r="D73" s="0" t="s">
+        <v>292</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
+      <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>287</v>
+        <v>296</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>19</v>
+        <v>298</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>160144</v>
+        <v>300</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>301</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>50</v>
+        <v>124</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>291</v>
+        <v>302</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>292</v>
+        <v>303</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="D76" s="0">
-        <v>39283</v>
+        <v>39905</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>90</v>
+        <v>36</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>295</v>
+        <v>306</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>296</v>
+        <v>307</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>297</v>
+        <v>308</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-        <v>305</v>
+        <v>315</v>
+      </c>
+      <c r="D79" s="0">
+        <v>58950</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>129</v>
+        <v>104</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>308</v>
+        <v>319</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>309</v>
+        <v>320</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>310</v>
+        <v>321</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>322</v>
+      </c>
+      <c r="D81" s="0">
+        <v>39911</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>29</v>
+        <v>323</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>309</v>
+        <v>324</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>313</v>
+        <v>325</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>314</v>
+        <v>326</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>315</v>
+        <v>327</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>90</v>
+        <v>29</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
-      <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>317</v>
+        <v>329</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>318</v>
+        <v>330</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>319</v>
+        <v>331</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>320</v>
+        <v>332</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L83" s="0"/>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>321</v>
+        <v>333</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>322</v>
+        <v>334</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>323</v>
+        <v>335</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>324</v>
+        <v>336</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>325</v>
+        <v>337</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>326</v>
+        <v>338</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>83</v>
+        <v>19</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
-      <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>332</v>
+        <v>344</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L86" s="0"/>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
-      <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>333</v>
+        <v>345</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>336</v>
+        <v>348</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="0"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="B88" s="0" t="s">
-        <v>337</v>
+        <v>349</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>338</v>
+        <v>350</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>339</v>
+        <v>351</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>51</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L88" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
-      <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>342</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>354</v>
+      </c>
+      <c r="D89" s="0">
+        <v>39899</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>344</v>
+        <v>355</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>345</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>129</v>
+        <v>114</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="L90" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
-      <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="D91" s="0">
-        <v>39905</v>
+        <v>39740</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>355</v>
+        <v>364</v>
+      </c>
+      <c r="D92" s="0">
+        <v>300141</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>129</v>
+        <v>365</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>51</v>
+        <v>366</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>356</v>
+        <v>367</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>125</v>
+        <v>101</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>357</v>
+        <v>368</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>369</v>
+      </c>
+      <c r="D93" s="0">
+        <v>229481</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>129</v>
+        <v>365</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>51</v>
+        <v>366</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>125</v>
+        <v>53</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>362</v>
+        <v>372</v>
       </c>
       <c r="D94" s="0">
-        <v>58950</v>
+        <v>328112</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>108</v>
+        <v>365</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>109</v>
+        <v>366</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>363</v>
+        <v>373</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>158</v>
+        <v>78</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="C95" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="D95" s="0">
+        <v>353122</v>
+      </c>
+      <c r="E95" s="0" t="s">
         <v>365</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>51</v>
+        <v>366</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>367</v>
+        <v>376</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>125</v>
+        <v>78</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>368</v>
+        <v>377</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="D96" s="0">
-        <v>39911</v>
+        <v>328138</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>123</v>
+        <v>365</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>109</v>
+        <v>366</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>370</v>
+        <v>36</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>374</v>
+        <v>381</v>
+      </c>
+      <c r="D97" s="0">
+        <v>354274</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>129</v>
+        <v>365</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>51</v>
+        <v>366</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
+      <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>384</v>
+      </c>
+      <c r="D98" s="0">
+        <v>354275</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>129</v>
+        <v>365</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>51</v>
+        <v>366</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L98" s="0"/>
+        <v>147</v>
+      </c>
+      <c r="L98" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>386</v>
+      </c>
+      <c r="D99" s="0">
+        <v>354276</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>129</v>
+        <v>365</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>51</v>
+        <v>366</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>19</v>
+        <v>147</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-        <v>386</v>
+        <v>389</v>
+      </c>
+      <c r="D100" s="0">
+        <v>355021</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>129</v>
+        <v>365</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>51</v>
+        <v>366</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="L100" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
+      <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>390</v>
+        <v>392</v>
+      </c>
+      <c r="D101" s="0">
+        <v>354267</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>129</v>
+        <v>365</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>51</v>
+        <v>366</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L101" s="0"/>
+        <v>394</v>
+      </c>
+      <c r="L101" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
+      <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>396</v>
+      </c>
+      <c r="D102" s="0">
+        <v>707155</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>129</v>
+        <v>365</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>51</v>
+        <v>366</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L102" s="0"/>
+        <v>101</v>
+      </c>
+      <c r="L102" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
+      <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>397</v>
-[...2 lines deleted...]
-        <v>398</v>
+        <v>399</v>
+      </c>
+      <c r="D103" s="0">
+        <v>356114</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>129</v>
+        <v>365</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>51</v>
+        <v>366</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L103" s="0"/>
+        <v>101</v>
+      </c>
+      <c r="L103" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
+      <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D104" s="0">
-        <v>39899</v>
+        <v>326062</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>123</v>
+        <v>365</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>109</v>
+        <v>366</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L104" s="0"/>
+        <v>101</v>
+      </c>
+      <c r="L104" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="D105" s="0" t="s">
         <v>405</v>
       </c>
+      <c r="D105" s="0">
+        <v>304015</v>
+      </c>
       <c r="E105" s="0" t="s">
-        <v>118</v>
+        <v>365</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>51</v>
+        <v>366</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>406</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>53</v>
+        <v>101</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
+      <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
         <v>407</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>408</v>
       </c>
       <c r="D106" s="0">
-        <v>39740</v>
+        <v>353146</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>123</v>
+        <v>365</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>109</v>
+        <v>366</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>409</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
         <v>410</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>411</v>
       </c>
       <c r="D107" s="0">
-        <v>300141</v>
+        <v>707154</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>412</v>
+        <v>365</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>413</v>
+        <v>366</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>125</v>
+        <v>413</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>415</v>
       </c>
-      <c r="C108" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D108" s="0">
-        <v>229481</v>
+        <v>709308</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>412</v>
+        <v>365</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>413</v>
+        <v>366</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>53</v>
+        <v>78</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C109" s="0" t="s">
         <v>418</v>
       </c>
-      <c r="C109" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D109" s="0">
-        <v>328112</v>
+        <v>707156</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>412</v>
+        <v>365</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
-        <v>413</v>
+        <v>366</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>83</v>
+        <v>147</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>421</v>
       </c>
-      <c r="C110" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D110" s="0">
-        <v>353122</v>
+        <v>321028</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>412</v>
+        <v>365</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>413</v>
+        <v>366</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>83</v>
+        <v>147</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="C111" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="C111" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D111" s="0">
-        <v>328138</v>
+        <v>343075</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>412</v>
+        <v>365</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>413</v>
+        <v>366</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="C112" s="0" t="s">
         <v>427</v>
       </c>
-      <c r="C112" s="0" t="s">
+      <c r="D112" s="0" t="s">
         <v>428</v>
       </c>
-      <c r="D112" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E112" s="0" t="s">
-        <v>412</v>
+        <v>124</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>413</v>
+        <v>51</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>429</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>125</v>
+        <v>19</v>
       </c>
       <c r="L112" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
         <v>430</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>431</v>
       </c>
       <c r="D113" s="0">
-        <v>354275</v>
+        <v>880815</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>412</v>
+        <v>109</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>413</v>
+        <v>105</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>36</v>
+        <v>432</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="L113" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>354276</v>
+        <v>435</v>
+      </c>
+      <c r="D114" s="0" t="s">
+        <v>436</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>36</v>
+        <v>99</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="L114" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>355021</v>
+        <v>441</v>
+      </c>
+      <c r="D115" s="0" t="s">
+        <v>442</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>36</v>
+        <v>99</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>83</v>
+        <v>444</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>438</v>
+        <v>445</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-        <v>354267</v>
+        <v>446</v>
+      </c>
+      <c r="D116" s="0" t="s">
+        <v>447</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>440</v>
+        <v>448</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>442</v>
+        <v>450</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-        <v>707155</v>
+        <v>451</v>
+      </c>
+      <c r="D117" s="0" t="s">
+        <v>452</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>125</v>
+        <v>394</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>356114</v>
+        <v>455</v>
+      </c>
+      <c r="D118" s="0" t="s">
+        <v>456</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>447</v>
+        <v>457</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>125</v>
+        <v>173</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>448</v>
+        <v>458</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-        <v>326062</v>
+        <v>459</v>
+      </c>
+      <c r="D119" s="0" t="s">
+        <v>460</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>450</v>
+        <v>461</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
-        <v>125</v>
+        <v>413</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>451</v>
+        <v>462</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>304015</v>
+        <v>463</v>
+      </c>
+      <c r="D120" s="0" t="s">
+        <v>464</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>453</v>
+        <v>465</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>125</v>
+        <v>466</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>454</v>
+        <v>467</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>455</v>
-[...2 lines deleted...]
-        <v>353146</v>
+        <v>468</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>469</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>456</v>
+        <v>470</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="L121" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>457</v>
+        <v>471</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>458</v>
-[...2 lines deleted...]
-        <v>707154</v>
+        <v>472</v>
+      </c>
+      <c r="D122" s="0" t="s">
+        <v>473</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>459</v>
+        <v>474</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>460</v>
+        <v>156</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>461</v>
+        <v>475</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>709308</v>
+        <v>476</v>
+      </c>
+      <c r="D123" s="0" t="s">
+        <v>477</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>463</v>
+        <v>478</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>83</v>
+        <v>156</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>464</v>
+        <v>479</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>707156</v>
+        <v>480</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>481</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>158</v>
+        <v>466</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>467</v>
+        <v>483</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>321028</v>
+        <v>484</v>
+      </c>
+      <c r="D125" s="0" t="s">
+        <v>485</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>469</v>
+        <v>486</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="L125" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>470</v>
+        <v>487</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>343075</v>
+        <v>488</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>489</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>412</v>
+        <v>437</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>413</v>
+        <v>438</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>472</v>
+        <v>490</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>125</v>
+        <v>491</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>473</v>
+        <v>492</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>28854</v>
+        <v>493</v>
+      </c>
+      <c r="D127" s="0" t="s">
+        <v>494</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>108</v>
+        <v>437</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>109</v>
+        <v>438</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>475</v>
+        <v>495</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>476</v>
+        <v>496</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-        <v>28516</v>
+        <v>497</v>
+      </c>
+      <c r="D128" s="0" t="s">
+        <v>498</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>108</v>
+        <v>437</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>109</v>
+        <v>438</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>478</v>
+        <v>499</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>53</v>
+        <v>413</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>479</v>
+        <v>500</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>28887</v>
+        <v>501</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>502</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>108</v>
+        <v>437</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
-        <v>109</v>
+        <v>438</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>164</v>
+        <v>503</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>158</v>
+        <v>19</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>481</v>
+        <v>504</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>482</v>
+        <v>505</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>483</v>
+        <v>506</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>129</v>
+        <v>437</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>51</v>
+        <v>438</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>484</v>
+        <v>507</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>485</v>
+        <v>508</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-        <v>880815</v>
+        <v>509</v>
+      </c>
+      <c r="D131" s="0" t="s">
+        <v>510</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>113</v>
+        <v>437</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
-        <v>109</v>
+        <v>438</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>487</v>
+        <v>85</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>488</v>
+        <v>511</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>489</v>
+        <v>512</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>490</v>
+        <v>513</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>491</v>
+        <v>514</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>494</v>
+        <v>515</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>495</v>
+        <v>516</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>496</v>
+        <v>517</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>497</v>
+        <v>518</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>498</v>
+        <v>519</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>499</v>
+        <v>520</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>73</v>
+        <v>413</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>500</v>
+        <v>521</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>501</v>
+        <v>522</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>502</v>
+        <v>523</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>90</v>
+        <v>36</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>503</v>
+        <v>524</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>178</v>
+        <v>19</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>504</v>
+        <v>525</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>505</v>
+        <v>526</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>506</v>
+        <v>527</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>441</v>
+        <v>19</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>508</v>
+        <v>528</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>509</v>
+        <v>529</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>510</v>
+        <v>530</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>511</v>
+        <v>531</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>195</v>
+        <v>19</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>512</v>
+        <v>532</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>513</v>
+        <v>533</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>514</v>
+        <v>534</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>515</v>
+        <v>535</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>345</v>
+        <v>19</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>516</v>
+        <v>536</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>517</v>
+        <v>537</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>518</v>
+        <v>538</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>519</v>
+        <v>539</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>520</v>
+        <v>19</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>521</v>
+        <v>536</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>522</v>
+        <v>540</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>523</v>
+        <v>541</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>524</v>
+        <v>542</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>83</v>
+        <v>19</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>525</v>
+        <v>536</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>526</v>
+        <v>543</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>527</v>
+        <v>544</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>528</v>
+        <v>545</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>178</v>
+        <v>19</v>
       </c>
       <c r="L140" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>529</v>
+        <v>546</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>530</v>
+        <v>547</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>531</v>
+        <v>548</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>532</v>
+        <v>66</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>178</v>
+        <v>19</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>533</v>
+        <v>549</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>534</v>
+        <v>550</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>535</v>
+        <v>551</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>536</v>
+        <v>552</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>537</v>
+        <v>19</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>538</v>
+        <v>553</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>539</v>
+        <v>554</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>540</v>
+        <v>555</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>541</v>
+        <v>556</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>178</v>
+        <v>19</v>
       </c>
       <c r="L143" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>542</v>
+        <v>557</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>543</v>
+        <v>558</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>544</v>
+        <v>559</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>545</v>
+        <v>560</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>546</v>
+        <v>19</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>547</v>
+        <v>561</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>548</v>
+        <v>562</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>549</v>
+        <v>563</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>81</v>
+        <v>36</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>550</v>
+        <v>564</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>551</v>
+        <v>565</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-        <v>553</v>
+        <v>566</v>
+      </c>
+      <c r="D146" s="0">
+        <v>20.0</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>554</v>
+        <v>568</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
-        <v>460</v>
+        <v>569</v>
       </c>
       <c r="L146" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>555</v>
+        <v>570</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-        <v>557</v>
+        <v>571</v>
+      </c>
+      <c r="D147" s="0">
+        <v>0.02</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>558</v>
+        <v>572</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
-        <v>460</v>
+        <v>569</v>
       </c>
       <c r="L147" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>559</v>
+        <v>573</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>560</v>
+        <v>574</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>561</v>
+        <v>575</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>36</v>
+        <v>99</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>562</v>
+        <v>576</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
-        <v>460</v>
+        <v>394</v>
       </c>
       <c r="L148" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>563</v>
+        <v>577</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>564</v>
+        <v>578</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>566</v>
+        <v>580</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>67</v>
+        <v>581</v>
       </c>
       <c r="L149" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>567</v>
+        <v>582</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>568</v>
+        <v>583</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>569</v>
+        <v>584</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>570</v>
+        <v>585</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
-        <v>73</v>
+        <v>19</v>
       </c>
       <c r="L150" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>571</v>
+        <v>586</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>572</v>
+        <v>587</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>573</v>
+        <v>588</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>492</v>
+        <v>437</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
-        <v>493</v>
+        <v>438</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>460</v>
+        <v>19</v>
       </c>
       <c r="L151" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>575</v>
+        <v>590</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>576</v>
+        <v>591</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>577</v>
+        <v>592</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>492</v>
+        <v>119</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
-        <v>493</v>
+        <v>105</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>36</v>
+        <v>99</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>578</v>
+        <v>593</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>579</v>
+        <v>67</v>
       </c>
       <c r="L152" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>580</v>
+        <v>594</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>581</v>
+        <v>595</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H153" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>578</v>
+        <v>597</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>460</v>
+        <v>19</v>
       </c>
       <c r="L153" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>583</v>
+        <v>598</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>584</v>
+        <v>599</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>585</v>
+        <v>600</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H154" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>586</v>
+        <v>601</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
-        <v>579</v>
+        <v>19</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>588</v>
+        <v>603</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>589</v>
+        <v>604</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H155" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>590</v>
+        <v>605</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>579</v>
+        <v>19</v>
       </c>
       <c r="L155" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>591</v>
+        <v>606</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>592</v>
+        <v>607</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>593</v>
+        <v>608</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>594</v>
+        <v>609</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
-        <v>460</v>
+        <v>19</v>
       </c>
       <c r="L156" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>591</v>
+        <v>610</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>595</v>
+        <v>611</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>596</v>
+        <v>612</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H157" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
-        <v>178</v>
+        <v>19</v>
       </c>
       <c r="L157" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>591</v>
+        <v>613</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>598</v>
+        <v>614</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>599</v>
+        <v>615</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>600</v>
+        <v>616</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>460</v>
+        <v>19</v>
       </c>
       <c r="L158" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>601</v>
+        <v>617</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>602</v>
+        <v>618</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>603</v>
+        <v>619</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H159" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>66</v>
+        <v>620</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
-        <v>579</v>
+        <v>19</v>
       </c>
       <c r="L159" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>604</v>
+        <v>621</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>605</v>
+        <v>622</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>606</v>
+        <v>623</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>607</v>
+        <v>624</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>460</v>
+        <v>19</v>
       </c>
       <c r="L160" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>608</v>
+        <v>625</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>609</v>
+        <v>626</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>610</v>
+        <v>627</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H161" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>611</v>
+        <v>628</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
-        <v>460</v>
+        <v>19</v>
       </c>
       <c r="L161" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>612</v>
+        <v>629</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>613</v>
+        <v>630</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>614</v>
+        <v>631</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H162" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>615</v>
+        <v>632</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>460</v>
+        <v>19</v>
       </c>
       <c r="L162" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>616</v>
+        <v>633</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>617</v>
+        <v>634</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>618</v>
+        <v>635</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H163" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>619</v>
+        <v>636</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
-        <v>460</v>
+        <v>19</v>
       </c>
       <c r="L163" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>620</v>
+        <v>637</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-        <v>20.0</v>
+        <v>638</v>
+      </c>
+      <c r="D164" s="0" t="s">
+        <v>639</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>623</v>
+        <v>640</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>624</v>
+        <v>19</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>625</v>
+        <v>641</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-        <v>0.02</v>
+        <v>642</v>
+      </c>
+      <c r="D165" s="0" t="s">
+        <v>643</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>627</v>
+        <v>644</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>624</v>
+        <v>19</v>
       </c>
       <c r="L165" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>628</v>
+        <v>645</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>629</v>
+        <v>646</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>630</v>
+        <v>647</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>631</v>
+        <v>648</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>460</v>
+        <v>19</v>
       </c>
       <c r="L166" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>632</v>
+        <v>649</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>633</v>
+        <v>650</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>634</v>
+        <v>651</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>635</v>
+        <v>652</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
-        <v>636</v>
+        <v>19</v>
       </c>
       <c r="L167" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>637</v>
+        <v>653</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>638</v>
+        <v>654</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>639</v>
+        <v>655</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H168" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>640</v>
+        <v>656</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
-        <v>460</v>
+        <v>19</v>
       </c>
       <c r="L168" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>641</v>
+        <v>657</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>642</v>
+        <v>658</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>643</v>
+        <v>659</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>492</v>
+        <v>567</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
-        <v>493</v>
+        <v>16</v>
       </c>
       <c r="H169" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>644</v>
+        <v>609</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>460</v>
+        <v>19</v>
       </c>
       <c r="L169" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>645</v>
+        <v>660</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>646</v>
+        <v>661</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>647</v>
+        <v>662</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>123</v>
+        <v>567</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
-        <v>109</v>
+        <v>16</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>104</v>
+        <v>36</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>648</v>
+        <v>663</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>441</v>
+        <v>19</v>
       </c>
       <c r="L170" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>649</v>
+        <v>664</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>650</v>
+        <v>665</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>651</v>
+        <v>666</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H171" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>652</v>
+        <v>667</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>653</v>
+        <v>19</v>
       </c>
       <c r="L171" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>654</v>
+        <v>668</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>656</v>
+        <v>670</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H172" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>657</v>
+        <v>628</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
-        <v>658</v>
+        <v>19</v>
       </c>
       <c r="L172" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>659</v>
+        <v>671</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>660</v>
+        <v>672</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>661</v>
+        <v>673</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H173" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>662</v>
+        <v>674</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
-        <v>178</v>
+        <v>19</v>
       </c>
       <c r="L173" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>663</v>
+        <v>675</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>664</v>
+        <v>676</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>90</v>
+        <v>36</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>666</v>
+        <v>678</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L174" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>667</v>
+        <v>679</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>668</v>
+        <v>680</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>669</v>
+        <v>681</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H175" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>662</v>
+        <v>682</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>178</v>
+        <v>19</v>
       </c>
       <c r="L175" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>670</v>
+        <v>683</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>671</v>
+        <v>684</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>672</v>
+        <v>685</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H176" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>673</v>
+        <v>686</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
-        <v>658</v>
+        <v>19</v>
       </c>
       <c r="L176" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>674</v>
+        <v>687</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>675</v>
+        <v>688</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>676</v>
+        <v>689</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F177" s="0"/>
       <c r="G177" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H177" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>677</v>
+        <v>690</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
-        <v>658</v>
+        <v>19</v>
       </c>
       <c r="L177" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>678</v>
+        <v>691</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>679</v>
+        <v>692</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>680</v>
+        <v>693</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F178" s="0"/>
       <c r="G178" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H178" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>681</v>
+        <v>667</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>682</v>
+        <v>19</v>
       </c>
       <c r="L178" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>683</v>
+        <v>694</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>684</v>
+        <v>695</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>685</v>
+        <v>696</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H179" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>686</v>
+        <v>609</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>178</v>
+        <v>19</v>
       </c>
       <c r="L179" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>687</v>
+        <v>697</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>689</v>
+        <v>699</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>690</v>
+        <v>667</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>658</v>
+        <v>19</v>
       </c>
       <c r="L180" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>691</v>
+        <v>700</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>692</v>
+        <v>701</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H181" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>694</v>
+        <v>636</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>658</v>
+        <v>19</v>
       </c>
       <c r="L181" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H182" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>653</v>
+        <v>19</v>
       </c>
       <c r="L182" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>702</v>
+        <v>609</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>658</v>
+        <v>19</v>
       </c>
       <c r="L183" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F184" s="0"/>
       <c r="G184" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H184" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>706</v>
+        <v>605</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>520</v>
+        <v>19</v>
       </c>
       <c r="L184" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F185" s="0"/>
       <c r="G185" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H185" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>710</v>
+        <v>656</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>711</v>
+        <v>19</v>
       </c>
       <c r="L185" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F186" s="0"/>
       <c r="G186" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H186" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>715</v>
+        <v>601</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>658</v>
+        <v>19</v>
       </c>
       <c r="L186" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>666</v>
+        <v>722</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>719</v>
+        <v>19</v>
       </c>
       <c r="L187" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F188" s="0"/>
       <c r="G188" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H188" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
-        <v>178</v>
+        <v>19</v>
       </c>
       <c r="L188" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F189" s="0"/>
       <c r="G189" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H189" s="0" t="s">
         <v>36</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>178</v>
+        <v>19</v>
       </c>
       <c r="L189" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F190" s="0"/>
       <c r="G190" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H190" s="0" t="s">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>686</v>
+        <v>734</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
-        <v>658</v>
+        <v>19</v>
       </c>
       <c r="L190" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
-      <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>622</v>
+        <v>567</v>
       </c>
       <c r="F191" s="0"/>
       <c r="G191" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L191" s="0"/>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
-      <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>736</v>
-[...2 lines deleted...]
-        <v>737</v>
+        <v>740</v>
+      </c>
+      <c r="D192" s="0">
+        <v>55040</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>622</v>
+        <v>119</v>
       </c>
       <c r="F192" s="0"/>
       <c r="G192" s="0" t="s">
-        <v>16</v>
+        <v>105</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>36</v>
+        <v>99</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
-        <v>460</v>
-[...30 lines deleted...]
-      <c r="K193" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L193" s="0">
-[...539 lines deleted...]
-      <c r="L210" s="0"/>
+      <c r="L192" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -15571,68 +14266,50 @@
     <hyperlink ref="B168" r:id="rId_hyperlink_167"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_168"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_169"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_170"/>
     <hyperlink ref="B172" r:id="rId_hyperlink_171"/>
     <hyperlink ref="B173" r:id="rId_hyperlink_172"/>
     <hyperlink ref="B174" r:id="rId_hyperlink_173"/>
     <hyperlink ref="B175" r:id="rId_hyperlink_174"/>
     <hyperlink ref="B176" r:id="rId_hyperlink_175"/>
     <hyperlink ref="B177" r:id="rId_hyperlink_176"/>
     <hyperlink ref="B178" r:id="rId_hyperlink_177"/>
     <hyperlink ref="B179" r:id="rId_hyperlink_178"/>
     <hyperlink ref="B180" r:id="rId_hyperlink_179"/>
     <hyperlink ref="B181" r:id="rId_hyperlink_180"/>
     <hyperlink ref="B182" r:id="rId_hyperlink_181"/>
     <hyperlink ref="B183" r:id="rId_hyperlink_182"/>
     <hyperlink ref="B184" r:id="rId_hyperlink_183"/>
     <hyperlink ref="B185" r:id="rId_hyperlink_184"/>
     <hyperlink ref="B186" r:id="rId_hyperlink_185"/>
     <hyperlink ref="B187" r:id="rId_hyperlink_186"/>
     <hyperlink ref="B188" r:id="rId_hyperlink_187"/>
     <hyperlink ref="B189" r:id="rId_hyperlink_188"/>
     <hyperlink ref="B190" r:id="rId_hyperlink_189"/>
     <hyperlink ref="B191" r:id="rId_hyperlink_190"/>
     <hyperlink ref="B192" r:id="rId_hyperlink_191"/>
-    <hyperlink ref="B193" r:id="rId_hyperlink_192"/>
-[...16 lines deleted...]
-    <hyperlink ref="B210" r:id="rId_hyperlink_209"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>