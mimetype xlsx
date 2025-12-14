--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -116,140 +116,134 @@
   <si>
     <t>Сифон для сливок «Гурме»;сталь нерж.,пластик;0,5л;D=73,H=250,B=105мм;металлич.</t>
   </si>
   <si>
     <t>02120303</t>
   </si>
   <si>
     <t>Gourmet</t>
   </si>
   <si>
     <t>99792.00₸</t>
   </si>
   <si>
     <t>Сифон для сливок «Термо»;сталь нерж.,пластик;0,5л;D=97,H=264,B=125мм;металлич.,красный</t>
   </si>
   <si>
     <t>02120307</t>
   </si>
   <si>
     <t>Thermo</t>
   </si>
   <si>
     <t>141388.00₸</t>
   </si>
   <si>
-    <t>44 шт.</t>
+    <t>26 шт.</t>
   </si>
   <si>
     <t>Сифон для сливок;сталь нерж.;1л;металлич.</t>
   </si>
   <si>
     <t>02120309</t>
   </si>
   <si>
     <t>139693.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Сифон для сливок «Гурме»;сталь,пластик;250мл;D=70,H=206,B=110мм;металлич.,красный</t>
   </si>
   <si>
     <t>02120313</t>
   </si>
   <si>
     <t>Gourmet Whip</t>
   </si>
   <si>
     <t>90129.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Сифон для сливок «Гурме»;сталь,пластик;1л;D=82,H=290,B=110мм;металлич.,красный</t>
   </si>
   <si>
     <t>02120314</t>
   </si>
   <si>
     <t>126196.00₸</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сифон для сливок «Термо Экспресс Вип» с системой дозир.;сталь,алюмин.;1л;металлич.</t>
   </si>
   <si>
     <t>02120321</t>
   </si>
   <si>
     <t>215924.00₸</t>
   </si>
   <si>
     <t>Сифон для сливок;сталь нерж.,пластик;250мл;белый</t>
   </si>
   <si>
     <t>02120327</t>
   </si>
   <si>
     <t>EasyWhipMini</t>
   </si>
   <si>
     <t>25242.00₸</t>
   </si>
   <si>
     <t>Сифон для сливок «Гурме» + устройство для ароматизации;сталь нерж.;0,5л;металлич.</t>
   </si>
   <si>
     <t>02120330</t>
   </si>
   <si>
     <t>159236.00₸</t>
   </si>
   <si>
-    <t>7 шт.</t>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Сифон для нитро-коктейлей;сталь нерж.;1л;металлич.</t>
   </si>
   <si>
     <t>02120335</t>
   </si>
   <si>
     <t>Nitro Whip</t>
   </si>
   <si>
     <t>123200.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Сифон для сливок «Десерт Вип»;сталь,пластик;250мл;черный</t>
   </si>
   <si>
     <t>02120337</t>
   </si>
   <si>
     <t>1380xx</t>
   </si>
   <si>
     <t>DESSERT WHIP</t>
   </si>
   <si>
     <t>46347.00₸</t>
   </si>
   <si>
     <t>Сифон для сливок «Десерт Вип»;сталь нерж.,пластик;0,5л;D=97,H=264,B=125мм;металлич.,черный</t>
   </si>
   <si>
     <t>02120338</t>
   </si>
   <si>
     <t>1580xx</t>
   </si>
   <si>
     <t>49719.00₸</t>
@@ -260,90 +254,87 @@
   <si>
     <t>02120339</t>
   </si>
   <si>
     <t>1570xx</t>
   </si>
   <si>
     <t>Сифон для сливок «Пробар»;сталь нерж.;1л</t>
   </si>
   <si>
     <t>02120971</t>
   </si>
   <si>
     <t>SC-SS1</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>73899.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>17 шт.</t>
   </si>
   <si>
     <t>Сифон для сливок «Пробар»;сталь нерж.;0,5л</t>
   </si>
   <si>
     <t>02120969</t>
   </si>
   <si>
     <t>SC-SS05</t>
   </si>
   <si>
     <t>69524.00₸</t>
   </si>
   <si>
     <t>Сифон для сливок «Пробар»;алюмин.,сталь нерж.;1л</t>
   </si>
   <si>
     <t>02120970</t>
   </si>
   <si>
     <t>SC-AL1</t>
   </si>
   <si>
     <t>35035.00₸</t>
   </si>
   <si>
     <t>Сифон для сливок «Пробар»;алюмин.,сталь нерж.;0,5л</t>
   </si>
   <si>
     <t>02120968</t>
   </si>
   <si>
     <t>SC-AL05</t>
   </si>
   <si>
     <t>29834.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>2 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1488,415 +1479,415 @@
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="0">
         <v>170340</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>45</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="L8" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D9" s="0">
         <v>181540</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>42</v>
       </c>
       <c r="L9" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="D10" s="0">
         <v>1303</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>37</v>
       </c>
       <c r="L10" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="D11" s="0">
         <v>1618</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="D12" s="0">
         <v>1790</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>62</v>
+        <v>37</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>37</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>37</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>72</v>
-      </c>
-[...4 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>37</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="E16" s="0" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C17" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="C18" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E18" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C19" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E19" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>94</v>
+        <v>37</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>