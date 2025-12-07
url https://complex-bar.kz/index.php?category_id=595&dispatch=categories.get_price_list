--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -131,153 +131,156 @@
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>19453.00₸</t>
   </si>
   <si>
     <t>Пресс для цитрусовых и граната;сталь нерж.;D=11,2,H=49,L=24,B=19см;металлич.</t>
   </si>
   <si>
     <t>02121359</t>
   </si>
   <si>
     <t>M-ST(metal)</t>
   </si>
   <si>
     <t>Maskot</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>124117.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Пресс для цитрусовых и граната;сталь нерж.;D=11,5,H=49,L=24,B=19см;металлич.</t>
   </si>
   <si>
     <t>02121360</t>
   </si>
   <si>
     <t>M-KS</t>
   </si>
   <si>
     <t>137384.00₸</t>
   </si>
   <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Пресс для цитрусовых и граната;,H=49,L=24,B=19см;хромиров.</t>
+  </si>
+  <si>
+    <t>02121361</t>
+  </si>
+  <si>
+    <t>M-KSA</t>
+  </si>
+  <si>
+    <t>142119.00₸</t>
+  </si>
+  <si>
     <t>35 шт.</t>
   </si>
   <si>
-    <t>Пресс для цитрусовых и граната;,H=49,L=24,B=19см;хромиров.</t>
-[...13 lines deleted...]
-  <si>
     <t>Пресс для цитрусовых и граната;,H=49,L=24,B=19см;металлич.</t>
   </si>
   <si>
     <t>02121362</t>
   </si>
   <si>
     <t>M-CU</t>
   </si>
   <si>
     <t>155386.00₸</t>
   </si>
   <si>
-    <t>34 шт.</t>
+    <t>25 шт.</t>
   </si>
   <si>
     <t>Пресс для цитрусовых и граната;сталь нерж.;D=11,H=49,L=24,B=19см;красный</t>
   </si>
   <si>
     <t>02121363</t>
   </si>
   <si>
     <t>M-ST(red)</t>
   </si>
   <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
     <t>Пресс для цитрусовых и граната;сталь нерж.;D=11,H=49,L=24,B=19см;зелен.</t>
   </si>
   <si>
     <t>02121364</t>
   </si>
   <si>
     <t>M-ST(green)</t>
   </si>
   <si>
     <t>Пресс для цитрусовых и граната;сталь нерж.;D=11,H=49,L=24,B=19см;бронз.</t>
   </si>
   <si>
     <t>02121365</t>
   </si>
   <si>
     <t>M-ST(bronz)</t>
   </si>
   <si>
-    <t>39 шт.</t>
+    <t>36 шт.</t>
   </si>
   <si>
     <t>Пресс для цитрусовых и граната;сталь нерж.;D=11,H=49,L=24,B=19см;оранжев.</t>
   </si>
   <si>
     <t>02121366</t>
   </si>
   <si>
     <t>M-ST(orange)</t>
   </si>
   <si>
-    <t>28 шт.</t>
+    <t>22 шт.</t>
   </si>
   <si>
     <t>Пресс для цитрусовых и граната;сталь нерж.;D=11,H=49,L=24,B=19см;синий</t>
   </si>
   <si>
     <t>02121367</t>
   </si>
   <si>
     <t>M-ST(blue)</t>
   </si>
   <si>
     <t>104951.00₸</t>
   </si>
   <si>
-    <t>31 шт.</t>
+    <t>26 шт.</t>
   </si>
   <si>
     <t>Пресс для цитрусовых;металл;D=11,H=39,5,L=27,5,B=18,5см;черный,металлич.</t>
   </si>
   <si>
     <t>02121369</t>
   </si>
   <si>
     <t>FK5015</t>
   </si>
   <si>
     <t>Ruiyuan</t>
   </si>
   <si>
     <t>33201.00₸</t>
   </si>
   <si>
     <t>Пресс для цитрусовых;металл;D=12,H=39,5,L=30,B=19см;черный,металлич.</t>
   </si>
   <si>
     <t>02121370</t>
   </si>
   <si>
     <t>FK5026S</t>
   </si>
@@ -287,81 +290,75 @@
   <si>
     <t>Пресс для цитрусовых;сталь нерж.;D=97,H=470,L=200,B=200мм;металлич.</t>
   </si>
   <si>
     <t>02121371</t>
   </si>
   <si>
     <t>FK5021</t>
   </si>
   <si>
     <t>31241.00₸</t>
   </si>
   <si>
     <t>Пресс для цитрусовых и граната «Мега»;D=11см</t>
   </si>
   <si>
     <t>02121381</t>
   </si>
   <si>
     <t>M-KE6</t>
   </si>
   <si>
     <t>83376.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Пресс для цитрусовых и граната «Слим»;D=11см</t>
   </si>
   <si>
     <t>02121382</t>
   </si>
   <si>
     <t>M-KE2</t>
   </si>
   <si>
     <t>85270.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Пресс для цитрусовых и граната;D=11см;фиолет.</t>
   </si>
   <si>
     <t>02121383</t>
   </si>
   <si>
     <t>M-KE3(purple)</t>
   </si>
   <si>
     <t>81482.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>8 шт.</t>
   </si>
   <si>
     <t>Пресс для цитрусовых и граната «Мега»;D=11см;голуб.</t>
   </si>
   <si>
     <t>02121384</t>
   </si>
   <si>
     <t>M-KE6(Teal)</t>
   </si>
   <si>
     <t>Пресс для цитрусовых и граната «Слим»;D=11см;красный</t>
   </si>
   <si>
     <t>02121385</t>
   </si>
   <si>
     <t>M-KE2(red)</t>
   </si>
   <si>
     <t>Пресс для цитрусовых и граната «Класик»;D=11см</t>
   </si>
   <si>
     <t>02121386</t>
   </si>
@@ -1893,307 +1890,307 @@
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>37</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>37</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>37</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>90</v>
+        <v>38</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
@@ -2213,345 +2210,345 @@
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>98</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="D28" s="0">
         <v>932</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>