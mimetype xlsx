--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -71,180 +71,177 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Соковыжималка 30л/час. «Джуйс Мастер Профи» д/твердых фруктов;сталь нерж.;,H=42,L=31,B=21см;420вт;ме</t>
   </si>
   <si>
     <t>07010420</t>
   </si>
   <si>
     <t>Juice Master Professional</t>
   </si>
   <si>
     <t>ШВЕЙЦАРИЯ</t>
   </si>
   <si>
     <t>Соковыжималки универсальные</t>
   </si>
   <si>
     <t>499730.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Соковыжималка универсальная 100л/час.;сталь нерж.;,H=52,L=44,B=33,2см;1,3Квт;металлич.,черный</t>
+  </si>
+  <si>
+    <t>07010425</t>
+  </si>
+  <si>
+    <t>Santos</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>2177027.00₸</t>
+  </si>
+  <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Соковыжималка универсальная 100л/час.;сталь нерж.;,H=52,L=44,B=33,2см;1,3Квт;металлич.,черный</t>
-[...13 lines deleted...]
-  <si>
     <t>Соковыжималка J100Ultra 160л/час;,H=23,5,L=59,6,B=53,8см;1Квт;черный,металлич.</t>
   </si>
   <si>
     <t>07010441</t>
   </si>
   <si>
     <t>56100B</t>
   </si>
   <si>
     <t>Robot Coupe</t>
   </si>
   <si>
     <t>2263639.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Соковыжималка д/овощей и фруктов;1,3Квт</t>
   </si>
   <si>
     <t>07010446</t>
   </si>
   <si>
     <t>2485291.00₸</t>
   </si>
   <si>
     <t>Соковыжималка «CS600» шнековая;металл;,H=51,5,L=26,B=18,3см;200вт;металлич.,черный</t>
   </si>
   <si>
     <t>07013014</t>
   </si>
   <si>
     <t>CS600</t>
   </si>
   <si>
     <t>Kuvings</t>
   </si>
   <si>
     <t>КОРЕЯ, РЕСПУБЛИКА</t>
   </si>
   <si>
     <t>866250.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
+    <t>6 шт.</t>
   </si>
   <si>
     <t>Соковыжималка «CS700» шнековая;металл;,H=51,2,L=18,5,B=26,5см;200вт;металлич.,черный</t>
   </si>
   <si>
     <t>07013015</t>
   </si>
   <si>
     <t>CS700</t>
   </si>
   <si>
     <t>938553.00₸</t>
   </si>
   <si>
-    <t>29 шт.</t>
+    <t>27 шт.</t>
   </si>
   <si>
     <t>Соковыжималка универсальная «YTZ-002» центробежная;алюмин.,пластик;,H=40,5,L=29,5,B=19,5см;1Квт;мета</t>
   </si>
   <si>
     <t>07013182</t>
   </si>
   <si>
     <t>YTZ-002</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>72247.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>8 шт.</t>
   </si>
   <si>
     <t>Соковыжималка универсальная «1000KP» центробежная;сталь нерж.;,H=38,L=34,5,B=32см;370вт;металлич.</t>
   </si>
   <si>
     <t>07013183</t>
   </si>
   <si>
     <t>1000KP</t>
   </si>
   <si>
     <t>256662.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Соковыжималка J80Ultra 120л/час «Робот Купе»;нерж.;,H=50,5,L=23,5,B=42см;700вт;металлич.,черный</t>
   </si>
   <si>
     <t>07020146</t>
   </si>
   <si>
     <t>56000B</t>
   </si>
   <si>
     <t>1631638.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>8 шт.</t>
   </si>
   <si>
     <t>Соковыжималка универсальная «C40» экстрактор для соков и соусов-кули ;D=64,5,L=24,B=28см;500вт;черны</t>
   </si>
   <si>
     <t>07020194</t>
   </si>
   <si>
     <t>994186.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -928,114 +925,114 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="0">
         <v>58</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="B5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="0">
         <v>68</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L5" s="0"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
@@ -1135,96 +1132,96 @@
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>55</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>56</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>58</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>59</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>60</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="B11" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D11" s="0">
         <v>55040</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L11" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>