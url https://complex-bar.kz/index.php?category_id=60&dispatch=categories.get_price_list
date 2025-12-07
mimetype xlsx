--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="282">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="278">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -77,89 +77,92 @@
   <si>
     <t>Поднос для подачи «Тэкс-Мэкс»;сталь нерж.;,L=19,B=14см;металлич.</t>
   </si>
   <si>
     <t>03025255</t>
   </si>
   <si>
     <t>R5760M20154</t>
   </si>
   <si>
     <t>Tognana</t>
   </si>
   <si>
     <t>Tex-Mex</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Подносы металлические</t>
   </si>
   <si>
     <t>4767.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Поднос «Профи Лайн» прямоугольный;сталь нерж.;,L=53,B=32,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080282</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>Profi Line</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>42797.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Поднос «Профи Лайн» прямоугольный;сталь нерж.;,L=53,B=32,5см;серебрист.</t>
-[...14 lines deleted...]
-    <t>42797.00₸</t>
+    <t>Поднос;сталь;D=300,H=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>04080506</t>
+  </si>
+  <si>
+    <t>Eternum</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>36368.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Поднос;сталь;D=300,H=15мм;металлич.</t>
-[...13 lines deleted...]
-  <si>
     <t>Поднос;сталь;D=370,H=15мм;металлич.</t>
   </si>
   <si>
     <t>04080507</t>
   </si>
   <si>
     <t>22970.00₸</t>
   </si>
   <si>
     <t>Поднос круглый;сталь нерж.;D=41см;серебрист.</t>
   </si>
   <si>
     <t>04080508</t>
   </si>
   <si>
     <t>51999.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Поднос овальный;сталь нерж.;,L=40,B=28,5см;серебрист.</t>
   </si>
   <si>
     <t>04080509</t>
@@ -176,260 +179,257 @@
   <si>
     <t>7805.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;сталь нерж.;,L=37,B=27см;серебрист.</t>
   </si>
   <si>
     <t>04080510</t>
   </si>
   <si>
     <t>66944.00₸</t>
   </si>
   <si>
     <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=50,B=38см;серебрист.</t>
   </si>
   <si>
     <t>04080513</t>
   </si>
   <si>
     <t>01311</t>
   </si>
   <si>
     <t>Finesse</t>
   </si>
   <si>
-    <t>22508.00₸</t>
+    <t>23524.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
   </si>
   <si>
     <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=35,B=24см;серебрист.</t>
   </si>
   <si>
     <t>04080514</t>
   </si>
   <si>
     <t>01313</t>
   </si>
   <si>
     <t>14969.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=68,B=48см;серебрист.</t>
   </si>
   <si>
     <t>04080515</t>
   </si>
   <si>
     <t>01309</t>
   </si>
   <si>
     <t>56603.00₸</t>
   </si>
   <si>
+    <t>Поднос с золочеными ручками;сталь нерж.;,H=18,L=320,B=240мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04080516</t>
+  </si>
+  <si>
+    <t>01814</t>
+  </si>
+  <si>
+    <t>10856.00₸</t>
+  </si>
+  <si>
+    <t>Поднос с золочеными ручками;сталь нерж.;,H=18,L=440,B=310мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04080517</t>
+  </si>
+  <si>
+    <t>01812</t>
+  </si>
+  <si>
+    <t>16623.00₸</t>
+  </si>
+  <si>
+    <t>Поднос с золочеными ручками;сталь нерж.;,H=18,L=520,B=380мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04080519</t>
+  </si>
+  <si>
+    <t>01811</t>
+  </si>
+  <si>
+    <t>22159.00₸</t>
+  </si>
+  <si>
+    <t>Поднос с золочеными ручками;сталь нерж.;,H=18,L=600,B=420мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04080520</t>
+  </si>
+  <si>
+    <t>01810/ю</t>
+  </si>
+  <si>
+    <t>33919.00₸</t>
+  </si>
+  <si>
+    <t>Поднос с золочеными ручками;сталь нерж.;,H=18,L=700,B=480мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04080521</t>
+  </si>
+  <si>
+    <t>01809</t>
+  </si>
+  <si>
+    <t>44781.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=30,B=24см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080522</t>
+  </si>
+  <si>
+    <t>01314</t>
+  </si>
+  <si>
+    <t>5883.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=39,B=26см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080523</t>
+  </si>
+  <si>
+    <t>01317</t>
+  </si>
+  <si>
+    <t>15639.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=48,B=30см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080524</t>
+  </si>
+  <si>
+    <t>01318</t>
+  </si>
+  <si>
+    <t>16771.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Поднос;сталь нерж.;,H=15,L=310,B=410мм;металлич.</t>
+  </si>
+  <si>
+    <t>04080525</t>
+  </si>
+  <si>
+    <t>69408.00₸</t>
+  </si>
+  <si>
+    <t>Поднос круглый;сталь нерж.;D=40см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080527</t>
+  </si>
+  <si>
+    <t>17272.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» прямоугольный с крышкой;сталь нерж.,полистирол;,H=85,L=420,B=310мм;серебрист.,прозр.</t>
+  </si>
+  <si>
+    <t>04080528</t>
+  </si>
+  <si>
+    <t>32379.00₸</t>
+  </si>
+  <si>
+    <t>Поднос овальный с ручками;сталь нерж.;,L=71,5,B=46см;металлич.</t>
+  </si>
+  <si>
+    <t>04080530</t>
+  </si>
+  <si>
+    <t>01725</t>
+  </si>
+  <si>
+    <t>45146.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Свинг» прямоугольный с ручками;сталь;,H=40,L=530,B=325мм;металлич.</t>
+  </si>
+  <si>
+    <t>04080541</t>
+  </si>
+  <si>
+    <t>01425</t>
+  </si>
+  <si>
+    <t>Swing</t>
+  </si>
+  <si>
+    <t>49588.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Классик» прямоугольный с ручками;сталь нерж.;,H=40,L=530,B=325мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04080542</t>
+  </si>
+  <si>
+    <t>Classic</t>
+  </si>
+  <si>
+    <t>54994.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Поднос с золочеными ручками;сталь нерж.;,H=18,L=320,B=240мм;металлич.,золотой</t>
-[...175 lines deleted...]
-  <si>
     <t>Поднос «Свинг» прямоугольный;сталь нерж.;,L=28,5,B=20см;серебрист.</t>
   </si>
   <si>
     <t>04080559</t>
   </si>
   <si>
     <t>01415</t>
   </si>
   <si>
     <t>16737.00₸</t>
   </si>
   <si>
     <t>Поднос для подачи для морепродуктов;сталь нерж.;D=32,H=5см;серебрист.</t>
   </si>
   <si>
     <t>04080561</t>
   </si>
   <si>
     <t>13850320IVV</t>
   </si>
   <si>
     <t>11060.00₸</t>
   </si>
   <si>
     <t>Поднос круглый;сталь нерж.;D=32,H=2см;серебрист.</t>
@@ -458,185 +458,176 @@
   <si>
     <t>56020-28</t>
   </si>
   <si>
     <t>Sambonet</t>
   </si>
   <si>
     <t>Elite</t>
   </si>
   <si>
     <t>54101.00₸</t>
   </si>
   <si>
     <t>Поднос «Файнес» круглый;сталь нерж.;D=32см;серебрист.</t>
   </si>
   <si>
     <t>04080572</t>
   </si>
   <si>
     <t>01332</t>
   </si>
   <si>
     <t>13368.00₸</t>
   </si>
   <si>
-    <t>42 шт.</t>
+    <t>28 шт.</t>
   </si>
   <si>
     <t>Поднос «Файнес» круглый;сталь нерж.;D=35см;серебрист.</t>
   </si>
   <si>
     <t>04080573</t>
   </si>
   <si>
     <t>01335</t>
   </si>
   <si>
     <t>15493.00₸</t>
   </si>
   <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
     <t>Поднос «Файнес» круглый;сталь нерж.;D=38см;серебрист.</t>
   </si>
   <si>
     <t>04080574</t>
   </si>
   <si>
     <t>01338</t>
   </si>
   <si>
     <t>9025.00₸</t>
   </si>
   <si>
     <t>Поднос «Файнес» круглый;сталь нерж.;D=48см;серебрист.</t>
   </si>
   <si>
     <t>04080575</t>
   </si>
   <si>
     <t>01348</t>
   </si>
   <si>
-    <t>30985.00₸</t>
-[...2 lines deleted...]
-    <t>13 шт.</t>
+    <t>32849.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
   </si>
   <si>
     <t>Поднос «Файнес» круглый с ручками;сталь нерж.;D=38см;серебрист.</t>
   </si>
   <si>
     <t>04080580</t>
   </si>
   <si>
     <t>01738</t>
   </si>
   <si>
     <t>17795.00₸</t>
   </si>
   <si>
     <t>Поднос «Файнес» круглый с ручками;сталь нерж.;D=380,H=14мм;металлич.,золотой</t>
   </si>
   <si>
     <t>04080581</t>
   </si>
   <si>
     <t>01838</t>
   </si>
   <si>
     <t>18350.00₸</t>
   </si>
   <si>
     <t>Поднос для подачи для морепродуктов;сталь нерж.;D=37,H=6см;серебрист.</t>
   </si>
   <si>
     <t>04080583</t>
   </si>
   <si>
     <t>13850370IVV</t>
   </si>
   <si>
     <t>15603.00₸</t>
   </si>
   <si>
-    <t>48 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос для подачи для морепродуктов;сталь нерж.;D=420,H=65мм;серебрист.</t>
   </si>
   <si>
     <t>04080584</t>
   </si>
   <si>
     <t>13850420IVV</t>
   </si>
   <si>
     <t>19495.00₸</t>
   </si>
   <si>
-    <t>14 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос «Профи Лайн» круглый;сталь нерж.;D=480,H=26мм;серебрист.</t>
   </si>
   <si>
     <t>04080585</t>
   </si>
   <si>
     <t>30046.00₸</t>
   </si>
   <si>
     <t>04080587</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос «Профи Лайн» прямоугольный с ручками;сталь нерж.;,H=40,L=530,B=325мм;серебрист.</t>
   </si>
   <si>
     <t>04080690</t>
   </si>
   <si>
     <t>64149.00₸</t>
   </si>
   <si>
     <t>Поднос «Шонер Эссен» прямоугольный с ручками;сталь нерж.;,H=1,L=60,B=36см</t>
   </si>
   <si>
     <t>04080740</t>
   </si>
   <si>
     <t>Schoner Essen</t>
   </si>
   <si>
     <t>33603.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос «Шонер Эссен» прямоугольный с ручками;сталь нерж.;,L=75,B=44,5см;серебрист.</t>
   </si>
   <si>
     <t>04080741</t>
   </si>
   <si>
     <t>00084</t>
   </si>
   <si>
     <t>31293.00₸</t>
   </si>
   <si>
     <t>Поднос «Стар» прямоугольный с ручками;сталь нерж.;,H=40,L=530,B=325мм;серебрист.</t>
   </si>
   <si>
     <t>04080879</t>
   </si>
   <si>
     <t>Star</t>
   </si>
   <si>
     <t>41349.00₸</t>
   </si>
   <si>
     <t>Поднос для подачи зеркальный на ножках;стекло;D=50см</t>
@@ -644,95 +635,92 @@
   <si>
     <t>04081006</t>
   </si>
   <si>
     <t>00983</t>
   </si>
   <si>
     <t>29665.00₸</t>
   </si>
   <si>
     <t>Поднос круглый;алюмин.;D=35см;серебрист.</t>
   </si>
   <si>
     <t>04081024</t>
   </si>
   <si>
     <t>BOST</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>15462.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
+    <t>23 шт.</t>
   </si>
   <si>
     <t>Поднос прямоугольный;сталь нерж.;,L=36,5,B=18см;серебрист.</t>
   </si>
   <si>
     <t>04081103</t>
   </si>
   <si>
     <t>528001-03</t>
   </si>
   <si>
     <t>Linden</t>
   </si>
   <si>
     <t>ШВЕЦИЯ</t>
   </si>
   <si>
     <t>16840.00₸</t>
   </si>
   <si>
     <t>Поднос «Каффехаус» овальный;сталь нерж.;,L=20,B=14,5см;серебрист.,матовый</t>
   </si>
   <si>
     <t>04081104</t>
   </si>
   <si>
     <t>KAFFEEHAUS</t>
   </si>
   <si>
     <t>5894.00₸</t>
   </si>
   <si>
     <t>Поднос «Каффехаус» овальный;сталь нерж.;,L=26,5,B=19,5см;серебрист.,матовый</t>
   </si>
   <si>
     <t>04081105</t>
   </si>
   <si>
     <t>8757.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос «Каффехаус» овальный;сталь нерж.;,L=20,B=14,5см;серебрист.</t>
   </si>
   <si>
     <t>04081106</t>
   </si>
   <si>
     <t>6069.00₸</t>
   </si>
   <si>
     <t>Поднос «Каффехаус» овальный;сталь нерж.;,L=26,5,B=19,5см;серебрист.</t>
   </si>
   <si>
     <t>04081107</t>
   </si>
   <si>
     <t>9037.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный с ручками;сталь нерж.;,L=60,B=47см;серебрист.</t>
   </si>
   <si>
     <t>04081109</t>
   </si>
   <si>
     <t>99608.00₸</t>
@@ -740,171 +728,171 @@
   <si>
     <t>Поднос «Элит» прямоугольный с ручками;сталь нерж.;,L=85,B=50см;серебрист.</t>
   </si>
   <si>
     <t>04081111</t>
   </si>
   <si>
     <t>56024-85</t>
   </si>
   <si>
     <t>302595.00₸</t>
   </si>
   <si>
     <t>Поднос «Элит» прямоугольный;сталь нерж.;,L=40,B=26см;серебрист.</t>
   </si>
   <si>
     <t>04081113</t>
   </si>
   <si>
     <t>56020-40</t>
   </si>
   <si>
     <t>34373.00₸</t>
   </si>
   <si>
-    <t>Поднос;сталь нерж.;D=32см</t>
-[...13 lines deleted...]
-  <si>
     <t>Поднос «Элит» прямоугольный с ручками;сталь нерж.;,L=40,B=26см;серебрист.</t>
   </si>
   <si>
     <t>04081151</t>
   </si>
   <si>
     <t>56024-40</t>
   </si>
   <si>
     <t>77409.00₸</t>
   </si>
   <si>
     <t>Поднос «Элит» прямоугольный с ручками;сталь нерж.;,L=50,B=38см;серебрист.</t>
   </si>
   <si>
     <t>04081152</t>
   </si>
   <si>
     <t>56024-50</t>
   </si>
   <si>
     <t>102503.00₸</t>
   </si>
   <si>
     <t>Поднос «Каффехаус» овальный;сталь нерж.;,L=29,B=22см;серебрист.</t>
   </si>
   <si>
     <t>04081168</t>
   </si>
   <si>
     <t>11304.00₸</t>
   </si>
   <si>
+    <t>Поднос «Каффехаус» прямоугольный;сталь нерж.;,H=15,L=215,B=130мм;серебрист.,матовый</t>
+  </si>
+  <si>
+    <t>04081169</t>
+  </si>
+  <si>
+    <t>6867.00₸</t>
+  </si>
+  <si>
     <t>Поднос для подачи;алюмин.;D=30,5см;металлич.</t>
   </si>
   <si>
     <t>04082323</t>
   </si>
   <si>
     <t>PT-CS12</t>
   </si>
   <si>
     <t>Genware</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>4851.00₸</t>
   </si>
   <si>
     <t>Поднос для подачи GN 1/2;,H=23,L=325,B=265мм;черный</t>
   </si>
   <si>
     <t>04082335</t>
   </si>
   <si>
     <t>00921</t>
   </si>
   <si>
     <t>Granite</t>
   </si>
   <si>
     <t>16586.00₸</t>
   </si>
   <si>
-    <t>Поднос «Каффехаус винтаж» овальный;сталь нерж.;,L=29,B=22см;серебрист.,матовый</t>
-[...10 lines deleted...]
-  <si>
     <t>Поднос «Винтаж» прямоугольный;сталь нерж.;,L=26,B=13,5см;серебрист.,матовый</t>
   </si>
   <si>
     <t>04082505</t>
   </si>
   <si>
     <t>Vintage</t>
   </si>
   <si>
     <t>8825.00₸</t>
   </si>
   <si>
     <t>Поднос «Винтаж» прямоугольный;сталь нерж.;,H=15,L=380,B=265мм;серебрист.,матовый</t>
   </si>
   <si>
     <t>04082506</t>
   </si>
   <si>
     <t>16794.00₸</t>
   </si>
   <si>
+    <t>Поднос для подачи «Винтаж» прямоугольный глубокий;сталь нерж.;,H=30,L=255,B=160мм;серебрист.,матовый</t>
+  </si>
+  <si>
+    <t>04082507</t>
+  </si>
+  <si>
+    <t>23917.00₸</t>
+  </si>
+  <si>
     <t>Поднос для арт 09100 и 09104;сталь нерж.;,H=10,L=395,B=285мм;металлич.</t>
   </si>
   <si>
     <t>04082581</t>
   </si>
   <si>
     <t>9625.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Каффехаус» квадратный;сталь нерж.;,H=15,L=230,B=230мм;серебрист.,матовый</t>
+  </si>
+  <si>
+    <t>04081364</t>
+  </si>
+  <si>
+    <t>9478.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -919,51 +907,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58FE21D8-2A7D-11EF-BC52-00505692E2D01.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AC7-4251-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCCE-424B-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCCF-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C3451-E3D3-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099373-424E-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCD1-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757EC5C3-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE60-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE61-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EE-424B-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EF-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F1-424B-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F2-424B-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F3-424B-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51E5F309-F161-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F5-424B-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F6-424B-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84112801-424B-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9ED3-424B-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3ADAB75-4A7C-11EB-BBE0-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE5B-424B-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE5D-424B-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2AC5FC2-E3D3-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B395-424C-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57C6C-21C3-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB55-424F-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC5FD-21C4-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02E2AA8D-AEC9-11EE-BC40-00505692492F29.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29A4-424E-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29A5-424E-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F39694-F161-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29A7-424E-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F39692-F161-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8E2-424F-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB56-424F-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB57-424F-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC87D-21C4-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A36D-424F-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57D0C-21C3-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D77-4254-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFCAB9-21C3-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57BCC-21C3-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22B2-4251-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC69D-21C4-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D5-E3D3-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC36B-21C4-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B0971C4-21C4-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806E4-4250-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806E5-4250-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB444A-4250-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1CF-4250-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1D1-4250-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBDAD-4252-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02E2AB51-AEC9-11EE-BC40-00505692492F55.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30735178-4253-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/459EE05E-F161-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64E36F92-F161-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716B5CC9-F161-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0B6-C5EA-11EB-BBF1-005056926DAF60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0BA-C5EA-11EB-BBF1-005056926DAF61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0B9-C5EA-11EB-BBF1-005056926DAF62.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B45550B6-A6C2-11EF-BC53-00505692E2D063.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58FE21D8-2A7D-11EF-BC52-00505692E2D01.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AC7-4251-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCCE-424B-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCCF-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C3451-E3D3-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49099373-424E-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCD1-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/757EC5C3-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE60-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE61-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EE-424B-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EF-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F1-424B-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F2-424B-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F3-424B-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51E5F309-F161-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F5-424B-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127F6-424B-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84112801-424B-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9ED3-424B-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3ADAB75-4A7C-11EB-BBE0-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C29AE5B-424B-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C2AC5FC2-E3D3-11EB-BBF2-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A505B395-424C-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57C6C-21C3-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB55-424F-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC5FD-21C4-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02E2AA8D-AEC9-11EE-BC40-00505692492F28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29A4-424E-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29A5-424E-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F39694-F161-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971C29A7-424E-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F39692-F161-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8E2-424F-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB56-424F-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3341CB57-424F-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC87D-21C4-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4555A36D-424F-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57D0C-21C3-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E897D77-4254-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F8DFCAB9-21C3-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57BCC-21C3-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22B2-4251-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC69D-21C4-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D5-E3D3-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111DC36B-21C4-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B0971C4-21C4-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806E4-4250-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806E5-4250-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7FB444A-4250-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1CF-4250-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE02B1D1-4250-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02E2AB51-AEC9-11EE-BC40-00505692492F53.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30735178-4253-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/459EE05E-F161-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/449F9811-4254-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64E36F92-F161-11EB-BBF2-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716B5CC9-F161-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0BA-C5EA-11EB-BBF1-005056926DAF59.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0B9-C5EA-11EB-BBF1-005056926DAF60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7790E0BB-C5EA-11EB-BBF1-005056926DAF61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B45550B6-A6C2-11EF-BC53-00505692E2D062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3C90FC4-C7F0-11F0-BC5A-00505692E2D063.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3103,51 +3091,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-tognana-03025255/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080282/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-eternum-04080506/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-eternum-04080507/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-eternum-04080508/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-ilsa-04080509/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-eternum-04080510/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080513/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080514/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080515/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080516/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080517/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080519/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080520/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080521/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080522/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080523/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080524/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-eternum-04080525/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-eternum-04080527/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080528/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-oval-s-ruchk-aps-04080530/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-oval-s-ruchk-aps-04080531/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougs-ruchkami-aps-04080541/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080542/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080559/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-moreproduktov-ilsa-04080561/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-pintinox-04080563/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04080568/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080572/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080573/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080574/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080575/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-s-ruchkami-aps-04080580/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-s-ruchkami-aps-04080581/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-moreproduktov-ilsa-04080583/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-moreproduktov-ilsa-04080584/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080585/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080587/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080690/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080740/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080741/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080879/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-zerkalnyy-na-nozhkah-aps-04081006/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-bost-04081024/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-linden-04081103/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081104/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081105/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081106/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081107/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-pintinox-04081109/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081111/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081113/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-linden-04081147/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081151/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081152/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081168/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-genware-04082323/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-gn-1-2-aps-04082335/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04082504/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04082505/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04082506/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082581/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-tognana-03025255/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080282/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-eternum-04080506/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-eternum-04080507/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-eternum-04080508/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-ilsa-04080509/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-eternum-04080510/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080513/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080514/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080515/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080516/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080517/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080519/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080520/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-s-zolochruchkami-aps-04080521/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080522/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080523/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080524/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-eternum-04080525/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-eternum-04080527/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080528/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-oval-s-ruchk-aps-04080530/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougs-ruchkami-aps-04080541/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080542/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080559/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-moreproduktov-ilsa-04080561/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-pintinox-04080563/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04080568/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080572/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080573/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080574/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080575/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-s-ruchkami-aps-04080580/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-s-ruchkami-aps-04080581/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-moreproduktov-ilsa-04080583/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-moreproduktov-ilsa-04080584/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-aps-04080585/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080587/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080690/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080740/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080741/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04080879/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-zerkalnyy-na-nozhkah-aps-04081006/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-kruglyy-bost-04081024/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-linden-04081103/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081104/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081105/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081106/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081107/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-pintinox-04081109/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081111/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081113/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081151/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-sambonet-04081152/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-ovalnyy-aps-04081168/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04081169/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-genware-04082323/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-podachi-gn-1-2-aps-04082335/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04082505/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-aps-04082506/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-glubokiy-aps-04082507/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082581/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04081364/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I64" sqref="I64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -3267,2053 +3255,2051 @@
         <v>28</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="0">
         <v>230</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F4" s="0">
         <v>-2</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L4" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D5" s="0">
         <v>237</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="0">
         <v>-2</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L5" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D6" s="0">
         <v>241</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F6" s="0">
         <v>-2</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L6" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L7" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D8" s="0">
         <v>337</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F8" s="0">
         <v>-2</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="L8" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>27</v>
+        <v>55</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="L10" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="L11" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L12" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L13" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L14" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L15" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L16" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
       <c r="L18" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>58</v>
+        <v>98</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D20" s="0">
         <v>341</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F20" s="0">
         <v>-2</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L20" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D21" s="0">
         <v>540</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F21" s="0">
         <v>-2</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="L21" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D22" s="0">
         <v>13122</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="L22" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L23" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="F24" s="0"/>
+      <c r="F24" s="0" t="s">
+        <v>116</v>
+      </c>
       <c r="G24" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>119</v>
+      </c>
+      <c r="D25" s="0">
+        <v>11295</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>11295</v>
+        <v>124</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>125</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="L26" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="L27" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>43</v>
+        <v>134</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>44</v>
+        <v>135</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="L28" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="F29" s="0"/>
+        <v>140</v>
+      </c>
+      <c r="F29" s="0" t="s">
+        <v>141</v>
+      </c>
       <c r="G29" s="0" t="s">
         <v>135</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>140</v>
+        <v>23</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>141</v>
+        <v>53</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>135</v>
+        <v>25</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>27</v>
+        <v>147</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>27</v>
+        <v>161</v>
       </c>
       <c r="L33" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>160</v>
+        <v>33</v>
       </c>
       <c r="L34" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L36" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>173</v>
+        <v>122</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>179</v>
+      </c>
+      <c r="D38" s="0">
+        <v>11048</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="F38" s="0"/>
+        <v>23</v>
+      </c>
+      <c r="F38" s="0" t="s">
+        <v>24</v>
+      </c>
       <c r="G38" s="0" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>178</v>
+        <v>33</v>
       </c>
       <c r="L38" s="0">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>179</v>
+        <v>21</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D39" s="0">
-        <v>11048</v>
+        <v>11000</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>181</v>
+        <v>26</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="L39" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>21</v>
+        <v>182</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D40" s="0">
-        <v>11000</v>
+        <v>11300</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>26</v>
+        <v>184</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>183</v>
+        <v>33</v>
       </c>
       <c r="L40" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D41" s="0">
-        <v>11300</v>
+        <v>81</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>190</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>191</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>191</v>
+        <v>33</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="D43" s="0" t="s">
         <v>194</v>
+      </c>
+      <c r="D43" s="0">
+        <v>11150</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>11150</v>
+        <v>198</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>199</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="F44" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L44" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="D45" s="0" t="s">
         <v>202</v>
       </c>
+      <c r="D45" s="0">
+        <v>4081024</v>
+      </c>
       <c r="E45" s="0" t="s">
-        <v>23</v>
+        <v>203</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>17</v>
+        <v>204</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>27</v>
+        <v>206</v>
       </c>
       <c r="L45" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>4081024</v>
+        <v>208</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>209</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>209</v>
+        <v>33</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>214</v>
+      </c>
+      <c r="D47" s="0">
+        <v>30111</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="F47" s="0"/>
+        <v>23</v>
+      </c>
+      <c r="F47" s="0" t="s">
+        <v>215</v>
+      </c>
       <c r="G47" s="0" t="s">
-        <v>214</v>
+        <v>17</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>27</v>
+        <v>60</v>
       </c>
       <c r="L47" s="0">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D48" s="0">
-        <v>30111</v>
+        <v>30112</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>219</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="L48" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D49" s="0">
-        <v>30112</v>
+        <v>30115</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>222</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>223</v>
+        <v>60</v>
       </c>
       <c r="L49" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="0">
-        <v>30115</v>
+        <v>30116</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="L50" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0">
+        <v>50931360</v>
+      </c>
+      <c r="E51" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="F51" s="0"/>
+      <c r="G51" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="H51" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I51" s="1" t="s">
         <v>228</v>
-      </c>
-[...16 lines deleted...]
-        <v>229</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>27</v>
       </c>
       <c r="L51" s="0">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>229</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>230</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="D52" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E52" s="0" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="F52" s="0"/>
+        <v>140</v>
+      </c>
+      <c r="F52" s="0" t="s">
+        <v>141</v>
+      </c>
       <c r="G52" s="0" t="s">
         <v>135</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>232</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>233</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>234</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>235</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>141</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>135</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>236</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>237</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>238</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>239</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>140</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>141</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>135</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>240</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>241</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>242</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>243</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>213</v>
+        <v>140</v>
       </c>
       <c r="F55" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="G55" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I55" s="1" t="s">
         <v>244</v>
-      </c>
-[...7 lines deleted...]
-        <v>245</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>246</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0">
+        <v>30117</v>
+      </c>
+      <c r="E56" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F56" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="G56" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I56" s="1" t="s">
         <v>247</v>
-      </c>
-[...16 lines deleted...]
-        <v>249</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="D57" s="0">
+        <v>30118</v>
+      </c>
+      <c r="E57" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="G57" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>250</v>
-      </c>
-[...19 lines deleted...]
-        <v>253</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="E58" s="0" t="s">
         <v>254</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="F58" s="0"/>
+      <c r="G58" s="0" t="s">
         <v>255</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>256</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L58" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>258</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>259</v>
       </c>
       <c r="E59" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="F59" s="0" t="s">
         <v>260</v>
       </c>
-      <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="H59" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I59" s="1" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>262</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L59" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="C60" s="0" t="s">
-[...3 lines deleted...]
-        <v>265</v>
+      <c r="D60" s="0">
+        <v>30130</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D61" s="0">
-        <v>30142</v>
+        <v>30132</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="D62" s="0">
-        <v>30130</v>
+        <v>30133</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="D63" s="0">
-        <v>30132</v>
+        <v>90902</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="F63" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D64" s="0">
-        <v>90902</v>
+        <v>30119</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="F64" s="0"/>
+      <c r="F64" s="0" t="s">
+        <v>215</v>
+      </c>
       <c r="G64" s="0" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="L64" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>