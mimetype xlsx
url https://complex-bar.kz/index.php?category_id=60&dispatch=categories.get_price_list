--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -98,536 +98,530 @@
   <si>
     <t>4767.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Поднос «Профи Лайн» прямоугольный;сталь нерж.;,L=53,B=32,5см;серебрист.</t>
   </si>
   <si>
     <t>04080282</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>Profi Line</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>42797.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Поднос;сталь;D=300,H=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>04080506</t>
+  </si>
+  <si>
+    <t>Eternum</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>36368.00₸</t>
+  </si>
+  <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Поднос;сталь;D=370,H=15мм;металлич.</t>
+  </si>
+  <si>
+    <t>04080507</t>
+  </si>
+  <si>
+    <t>22970.00₸</t>
+  </si>
+  <si>
+    <t>Поднос круглый;сталь нерж.;D=41см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080508</t>
+  </si>
+  <si>
+    <t>51999.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Поднос овальный;сталь нерж.;,L=40,B=28,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080509</t>
+  </si>
+  <si>
+    <t>11000400IVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>7805.00₸</t>
+  </si>
+  <si>
+    <t>Поднос прямоугольный;сталь нерж.;,L=37,B=27см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080510</t>
+  </si>
+  <si>
+    <t>66944.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=50,B=38см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080513</t>
+  </si>
+  <si>
+    <t>01311</t>
+  </si>
+  <si>
+    <t>Finesse</t>
+  </si>
+  <si>
+    <t>23524.00₸</t>
+  </si>
+  <si>
+    <t>19 шт.</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=35,B=24см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080514</t>
+  </si>
+  <si>
+    <t>01313</t>
+  </si>
+  <si>
+    <t>14969.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=68,B=48см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080515</t>
+  </si>
+  <si>
+    <t>01309</t>
+  </si>
+  <si>
+    <t>56603.00₸</t>
+  </si>
+  <si>
+    <t>Поднос с золочеными ручками;сталь нерж.;,H=18,L=320,B=240мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04080516</t>
+  </si>
+  <si>
+    <t>01814</t>
+  </si>
+  <si>
+    <t>10856.00₸</t>
+  </si>
+  <si>
+    <t>Поднос с золочеными ручками;сталь нерж.;,H=18,L=440,B=310мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04080517</t>
+  </si>
+  <si>
+    <t>01812</t>
+  </si>
+  <si>
+    <t>16623.00₸</t>
+  </si>
+  <si>
+    <t>Поднос с золочеными ручками;сталь нерж.;,H=18,L=520,B=380мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04080519</t>
+  </si>
+  <si>
+    <t>01811</t>
+  </si>
+  <si>
+    <t>22159.00₸</t>
+  </si>
+  <si>
+    <t>Поднос с золочеными ручками;сталь нерж.;,H=18,L=600,B=420мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04080520</t>
+  </si>
+  <si>
+    <t>01810/ю</t>
+  </si>
+  <si>
+    <t>33919.00₸</t>
+  </si>
+  <si>
+    <t>Поднос с золочеными ручками;сталь нерж.;,H=18,L=700,B=480мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04080521</t>
+  </si>
+  <si>
+    <t>01809</t>
+  </si>
+  <si>
+    <t>44781.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=30,B=24см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080522</t>
+  </si>
+  <si>
+    <t>01314</t>
+  </si>
+  <si>
+    <t>5883.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=39,B=26см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080523</t>
+  </si>
+  <si>
+    <t>01317</t>
+  </si>
+  <si>
+    <t>15639.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» прямоугольный;сталь нерж.;,L=48,B=30см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080524</t>
+  </si>
+  <si>
+    <t>01318</t>
+  </si>
+  <si>
+    <t>16771.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Поднос;сталь нерж.;,H=15,L=310,B=410мм;металлич.</t>
+  </si>
+  <si>
+    <t>04080525</t>
+  </si>
+  <si>
+    <t>69408.00₸</t>
+  </si>
+  <si>
+    <t>Поднос круглый;сталь нерж.;D=40см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080527</t>
+  </si>
+  <si>
+    <t>17272.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» прямоугольный с крышкой;сталь нерж.,полистирол;,H=85,L=420,B=310мм;серебрист.,прозр.</t>
+  </si>
+  <si>
+    <t>04080528</t>
+  </si>
+  <si>
+    <t>32379.00₸</t>
+  </si>
+  <si>
+    <t>Поднос овальный с ручками;сталь нерж.;,L=71,5,B=46см;металлич.</t>
+  </si>
+  <si>
+    <t>04080530</t>
+  </si>
+  <si>
+    <t>01725</t>
+  </si>
+  <si>
+    <t>45146.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Свинг» прямоугольный с ручками;сталь;,H=40,L=530,B=325мм;металлич.</t>
+  </si>
+  <si>
+    <t>04080541</t>
+  </si>
+  <si>
+    <t>01425</t>
+  </si>
+  <si>
+    <t>Swing</t>
+  </si>
+  <si>
+    <t>49588.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Классик» прямоугольный с ручками;сталь нерж.;,H=40,L=530,B=325мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04080542</t>
+  </si>
+  <si>
+    <t>Classic</t>
+  </si>
+  <si>
+    <t>54994.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Свинг» прямоугольный;сталь нерж.;,L=28,5,B=20см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080559</t>
+  </si>
+  <si>
+    <t>01415</t>
+  </si>
+  <si>
+    <t>16737.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи для морепродуктов;сталь нерж.;D=32,H=5см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080561</t>
+  </si>
+  <si>
+    <t>13850320IVV</t>
+  </si>
+  <si>
+    <t>11060.00₸</t>
+  </si>
+  <si>
+    <t>Поднос круглый;сталь нерж.;D=32,H=2см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080563</t>
+  </si>
+  <si>
+    <t>509W5332</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>63841.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Элит» прямоугольный;металл;,H=13,L=280,B=200мм;металлич.</t>
+  </si>
+  <si>
+    <t>04080568</t>
+  </si>
+  <si>
+    <t>56020-28</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Elite</t>
+  </si>
+  <si>
+    <t>54101.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» круглый;сталь нерж.;D=32см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080572</t>
+  </si>
+  <si>
+    <t>01332</t>
+  </si>
+  <si>
+    <t>13368.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» круглый;сталь нерж.;D=35см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080573</t>
+  </si>
+  <si>
+    <t>01335</t>
+  </si>
+  <si>
+    <t>15493.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» круглый;сталь нерж.;D=38см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080574</t>
+  </si>
+  <si>
+    <t>01338</t>
+  </si>
+  <si>
+    <t>9025.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» круглый;сталь нерж.;D=48см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080575</t>
+  </si>
+  <si>
+    <t>01348</t>
+  </si>
+  <si>
+    <t>32849.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» круглый с ручками;сталь нерж.;D=38см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080580</t>
+  </si>
+  <si>
+    <t>01738</t>
+  </si>
+  <si>
+    <t>17795.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Файнес» круглый с ручками;сталь нерж.;D=380,H=14мм;металлич.,золотой</t>
+  </si>
+  <si>
+    <t>04080581</t>
+  </si>
+  <si>
+    <t>01838</t>
+  </si>
+  <si>
+    <t>18343.00₸</t>
+  </si>
+  <si>
+    <t>Поднос для подачи для морепродуктов;сталь нерж.;D=37,H=6см;серебрист.</t>
+  </si>
+  <si>
+    <t>04080583</t>
+  </si>
+  <si>
+    <t>13850370IVV</t>
+  </si>
+  <si>
+    <t>15603.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Поднос;сталь;D=300,H=15мм;металлич.</t>
-[...436 lines deleted...]
-  <si>
     <t>Поднос для подачи для морепродуктов;сталь нерж.;D=420,H=65мм;серебрист.</t>
   </si>
   <si>
     <t>04080584</t>
   </si>
   <si>
     <t>13850420IVV</t>
   </si>
   <si>
     <t>19495.00₸</t>
   </si>
   <si>
     <t>Поднос «Профи Лайн» круглый;сталь нерж.;D=480,H=26мм;серебрист.</t>
   </si>
   <si>
     <t>04080585</t>
   </si>
   <si>
     <t>30046.00₸</t>
   </si>
   <si>
     <t>04080587</t>
   </si>
   <si>
     <t>Поднос «Профи Лайн» прямоугольный с ручками;сталь нерж.;,H=40,L=530,B=325мм;серебрист.</t>
   </si>
   <si>
     <t>04080690</t>
   </si>
   <si>
     <t>64149.00₸</t>
   </si>
   <si>
     <t>Поднос «Шонер Эссен» прямоугольный с ручками;сталь нерж.;,H=1,L=60,B=36см</t>
   </si>
   <si>
     <t>04080740</t>
   </si>
   <si>
     <t>Schoner Essen</t>
   </si>
   <si>
     <t>33603.00₸</t>
   </si>
   <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
     <t>Поднос «Шонер Эссен» прямоугольный с ручками;сталь нерж.;,L=75,B=44,5см;серебрист.</t>
   </si>
   <si>
     <t>04080741</t>
   </si>
   <si>
     <t>00084</t>
   </si>
   <si>
     <t>31293.00₸</t>
   </si>
   <si>
     <t>Поднос «Стар» прямоугольный с ручками;сталь нерж.;,H=40,L=530,B=325мм;серебрист.</t>
   </si>
   <si>
     <t>04080879</t>
   </si>
   <si>
     <t>Star</t>
   </si>
   <si>
     <t>41349.00₸</t>
   </si>
   <si>
     <t>Поднос для подачи зеркальный на ножках;стекло;D=50см</t>
@@ -677,75 +671,81 @@
   <si>
     <t>16840.00₸</t>
   </si>
   <si>
     <t>Поднос «Каффехаус» овальный;сталь нерж.;,L=20,B=14,5см;серебрист.,матовый</t>
   </si>
   <si>
     <t>04081104</t>
   </si>
   <si>
     <t>KAFFEEHAUS</t>
   </si>
   <si>
     <t>5894.00₸</t>
   </si>
   <si>
     <t>Поднос «Каффехаус» овальный;сталь нерж.;,L=26,5,B=19,5см;серебрист.,матовый</t>
   </si>
   <si>
     <t>04081105</t>
   </si>
   <si>
     <t>8757.00₸</t>
   </si>
   <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
     <t>Поднос «Каффехаус» овальный;сталь нерж.;,L=20,B=14,5см;серебрист.</t>
   </si>
   <si>
     <t>04081106</t>
   </si>
   <si>
     <t>6069.00₸</t>
   </si>
   <si>
     <t>Поднос «Каффехаус» овальный;сталь нерж.;,L=26,5,B=19,5см;серебрист.</t>
   </si>
   <si>
     <t>04081107</t>
   </si>
   <si>
     <t>9037.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный с ручками;сталь нерж.;,L=60,B=47см;серебрист.</t>
   </si>
   <si>
     <t>04081109</t>
   </si>
   <si>
     <t>99608.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
   </si>
   <si>
     <t>Поднос «Элит» прямоугольный с ручками;сталь нерж.;,L=85,B=50см;серебрист.</t>
   </si>
   <si>
     <t>04081111</t>
   </si>
   <si>
     <t>56024-85</t>
   </si>
   <si>
     <t>302595.00₸</t>
   </si>
   <si>
     <t>Поднос «Элит» прямоугольный;сталь нерж.;,L=40,B=26см;серебрист.</t>
   </si>
   <si>
     <t>04081113</t>
   </si>
   <si>
     <t>56020-40</t>
   </si>
   <si>
     <t>34373.00₸</t>
   </si>
@@ -3491,51 +3491,51 @@
         <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="L11" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
@@ -3719,1344 +3719,1344 @@
         <v>89</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>93</v>
+        <v>20</v>
       </c>
       <c r="L18" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="D20" s="0">
         <v>341</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F20" s="0">
         <v>-2</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L20" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D21" s="0">
         <v>540</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F21" s="0">
         <v>-2</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="L21" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="D22" s="0">
         <v>13122</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>60</v>
       </c>
       <c r="L22" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L23" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D25" s="0">
         <v>11295</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L26" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>60</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="E28" s="0" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="E29" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="D29" s="0" t="s">
+      <c r="F29" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="E29" s="0" t="s">
+      <c r="G29" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>140</v>
-      </c>
-[...10 lines deleted...]
-        <v>142</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C30" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D30" s="0" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>147</v>
+        <v>33</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>152</v>
+        <v>40</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="L33" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>27</v>
+        <v>170</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
       <c r="L37" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D38" s="0">
         <v>11048</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L38" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D39" s="0">
         <v>11000</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>40</v>
       </c>
       <c r="L39" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="D40" s="0">
         <v>11300</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D41" s="0">
         <v>81</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>98</v>
+        <v>186</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>189</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="D43" s="0">
         <v>11150</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="C44" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>197</v>
-      </c>
-[...4 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L44" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D45" s="0">
         <v>4081024</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="D46" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="E46" s="0" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D47" s="0">
         <v>30111</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>60</v>
       </c>
       <c r="L47" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="D48" s="0">
         <v>30112</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>27</v>
+        <v>218</v>
       </c>
       <c r="L48" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D49" s="0">
         <v>30115</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>60</v>
       </c>
       <c r="L49" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="D50" s="0">
         <v>30116</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L50" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="D51" s="0">
         <v>50931360</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>27</v>
+        <v>228</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>231</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>232</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>233</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>234</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>235</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>236</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>237</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>238</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>239</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
         <v>240</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>241</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>242</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>243</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>244</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D56" s="0">
         <v>30117</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>247</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>248</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>249</v>
       </c>
       <c r="D57" s="0">
         <v>30118</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>250</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
         <v>251</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>252</v>
       </c>
       <c r="D58" s="0" t="s">
@@ -5242,51 +5242,51 @@
       </c>
       <c r="I63" s="1" t="s">
         <v>274</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L63" s="0"/>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
         <v>275</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>276</v>
       </c>
       <c r="D64" s="0">
         <v>30119</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>277</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L64" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>