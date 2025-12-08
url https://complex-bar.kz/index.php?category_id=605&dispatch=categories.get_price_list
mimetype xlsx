--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="674">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="675">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -110,1256 +110,1247 @@
   <si>
     <t>ТАЙВАНЬ (КИТАЙ)</t>
   </si>
   <si>
     <t>Горелки для мармитов</t>
   </si>
   <si>
     <t>9695.00₸</t>
   </si>
   <si>
     <t>Горелка для мармита;сталь нерж.;D=90,H=55,L=170мм;серебрист.</t>
   </si>
   <si>
     <t>04010346</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>11527.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Горелка для фламбе;сталь нерж.;D=18,5,H=28см;серебрист.</t>
+  </si>
+  <si>
+    <t>04010362</t>
+  </si>
+  <si>
+    <t>56162-00</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>799969.00₸</t>
+  </si>
+  <si>
+    <t>Мармит для фондю д/шоколада + вилочки;керамика,сталь нерж.;0,6л;D=32/15,H=22см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>04010446</t>
+  </si>
+  <si>
+    <t>11310000CCV</t>
+  </si>
+  <si>
+    <t>Мармиты для фондю</t>
+  </si>
+  <si>
+    <t>65474.00₸</t>
+  </si>
+  <si>
+    <t>Мармит для фондю (набор);алюм.литой,дерево;2,2л;D=21,H=20,L=33см;серый,древесн.</t>
+  </si>
+  <si>
+    <t>04010450</t>
+  </si>
+  <si>
+    <t>01S115/20TP0</t>
+  </si>
+  <si>
+    <t>Risoli</t>
+  </si>
+  <si>
+    <t>59366.00₸</t>
+  </si>
+  <si>
+    <t>Мармит для фондю 10 предметов набор;чугун;1,5л;D=16см</t>
+  </si>
+  <si>
+    <t>04010461</t>
+  </si>
+  <si>
+    <t>04090160GCV</t>
+  </si>
+  <si>
+    <t>68719.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Мармит с 2-мя емкостями;сталь нерж.;4л;,H=30,L=59,5,B=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04010801</t>
+  </si>
+  <si>
+    <t>Мармиты для вторых блюд</t>
+  </si>
+  <si>
+    <t>58443.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница;сталь нерж.;10л;D=32,H=42см;470вт;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04010802</t>
+  </si>
+  <si>
+    <t>119637.00₸</t>
+  </si>
+  <si>
+    <t>Топливо для мармитов на 6 часов;210мл;D=83,H=74мм</t>
+  </si>
+  <si>
+    <t>04010803</t>
+  </si>
+  <si>
+    <t>ZTPW-6H</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>Топливо для мармитов</t>
+  </si>
+  <si>
+    <t>1295.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Топливо для мармитов 150 гр на 3 часа;110мл;D=83,H=58мм</t>
+  </si>
+  <si>
+    <t>04010804</t>
+  </si>
+  <si>
+    <t>ZTPW-3H</t>
+  </si>
+  <si>
+    <t>994.00₸</t>
+  </si>
+  <si>
+    <t>Мармит круглый;сталь нерж.;4л;D=34,H=28,L=36,5,B=34,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010807</t>
+  </si>
+  <si>
+    <t>46851.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница электрический;металл,пластик;10л;D=40/28,5,H=35см;400вт;черный</t>
+  </si>
+  <si>
+    <t>04010810</t>
+  </si>
+  <si>
+    <t>82328-1</t>
+  </si>
+  <si>
+    <t>Sunnex</t>
+  </si>
+  <si>
+    <t>128051.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для мармита 11915;сталь нерж.;9л;,H=26,L=24,B=24см;серебрист.</t>
+  </si>
+  <si>
+    <t>04010811</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>Емкости для мармитов</t>
+  </si>
+  <si>
+    <t>21229.00₸</t>
+  </si>
+  <si>
+    <t>Мармит «Гастронорм»;сталь нерж.;,H=43,L=63,B=38см;металлич.</t>
+  </si>
+  <si>
+    <t>04010816</t>
+  </si>
+  <si>
+    <t>CDG-1/1</t>
+  </si>
+  <si>
+    <t>Eternum</t>
+  </si>
+  <si>
+    <t>Gastronorm-4</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>671956.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Мармит для шоколада для бутылки сухого типа;,H=20,L=15,B=22см</t>
+  </si>
+  <si>
+    <t>04010817</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>Мармиты для шоколада</t>
+  </si>
+  <si>
+    <t>479487.00₸</t>
+  </si>
+  <si>
+    <t>Мармит;сталь нерж.;3,5л;D=36,H=38,L=36,B=36см;металлич.</t>
+  </si>
+  <si>
+    <t>04010819</t>
+  </si>
+  <si>
+    <t>114401.00₸</t>
+  </si>
+  <si>
+    <t>Мармит круглый со стеклянной емкостью;стекло,сталь нерж.;2л;D=23,H=21,L=33,B=26см;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>04010820</t>
+  </si>
+  <si>
+    <t>15641.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для мармита 260434;пластик;D=25,4см;прозр.</t>
+  </si>
+  <si>
+    <t>04010822</t>
+  </si>
+  <si>
+    <t>Крышки для мармитов</t>
+  </si>
+  <si>
+    <t>25025.00₸</t>
+  </si>
+  <si>
+    <t>Мармит 2 отделения;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04010824</t>
+  </si>
+  <si>
+    <t>69898.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница с половником;сталь,полипроп.;10л;D=40,H=44см;500вт;черный,металлич.</t>
+  </si>
+  <si>
+    <t>04010830</t>
+  </si>
+  <si>
+    <t>101017.00₸</t>
+  </si>
+  <si>
+    <t>Мармит «Элит»;сталь нерж.;5л;D=45,H=51,5,L=48,5,B=48,5см;металлич.</t>
+  </si>
+  <si>
+    <t>04010831</t>
+  </si>
+  <si>
+    <t>Elite</t>
+  </si>
+  <si>
+    <t>209321.00₸</t>
+  </si>
+  <si>
+    <t>Мармит GN1/2 с двигающейся крышкой;сталь нерж.;,H=39,L=63,B=34см;металлич.</t>
+  </si>
+  <si>
+    <t>04010832</t>
+  </si>
+  <si>
+    <t>12.4895.0320</t>
+  </si>
+  <si>
+    <t>Hepp</t>
+  </si>
+  <si>
+    <t>1048016.00₸</t>
+  </si>
+  <si>
+    <t>Мармит с двигающейся крышкой;сталь нерж.;,H=60,L=46,B=41см;металлич.</t>
+  </si>
+  <si>
+    <t>04010833</t>
+  </si>
+  <si>
+    <t>12.4896.2320</t>
+  </si>
+  <si>
+    <t>1165443.00₸</t>
+  </si>
+  <si>
+    <t>Мармит GN 1/1;сталь нерж.;,H=40,L=62,B=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04010834</t>
+  </si>
+  <si>
+    <t>60.5324.0000</t>
+  </si>
+  <si>
+    <t>342265.00₸</t>
+  </si>
+  <si>
+    <t>Мармит с двигающейся крышкой;сталь нерж.;6л;D=48,H=48,L=55см;металлич.</t>
+  </si>
+  <si>
+    <t>04010835</t>
+  </si>
+  <si>
+    <t>GW-721/12355</t>
+  </si>
+  <si>
+    <t>95669.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница с подогрев.;сталь нерж.;7л;D=24,H=35,L=37см;металлич.</t>
+  </si>
+  <si>
+    <t>04010840</t>
+  </si>
+  <si>
+    <t>GW-8307BM</t>
+  </si>
+  <si>
+    <t>32326.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита GN 1/1;фарфор;,H=65,L=530,B=325мм;белый</t>
+  </si>
+  <si>
+    <t>04010847</t>
+  </si>
+  <si>
+    <t>50.8366.0110</t>
+  </si>
+  <si>
+    <t>147586.00₸</t>
+  </si>
+  <si>
+    <t>Топливо для мармитов гель[3шт];D=90,H=25мм;желт.</t>
+  </si>
+  <si>
+    <t>04010848</t>
+  </si>
+  <si>
+    <t>Bodum</t>
+  </si>
+  <si>
+    <t>3817.00₸</t>
+  </si>
+  <si>
+    <t>Мармит для шоколада (+25+90С);пластик,нейлон;3,5л;D=27,H=19,L=20,B=21см;200вт;коричнев.,серый</t>
+  </si>
+  <si>
+    <t>04010849</t>
+  </si>
+  <si>
+    <t>605336.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для мармита 11915;сталь нерж.;серебрист.</t>
+  </si>
+  <si>
+    <t>04010852</t>
+  </si>
+  <si>
+    <t>14518.00₸</t>
+  </si>
+  <si>
+    <t>Мармит круглый с крышкой;сталь нерж.;6л;D=38,5,H=34см</t>
+  </si>
+  <si>
+    <t>04010853</t>
+  </si>
+  <si>
+    <t>567742.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Элемент электронагревательный для мармита GN 1/1;D=240,H=75мм;900вт;черный</t>
+  </si>
+  <si>
+    <t>04010854-С</t>
+  </si>
+  <si>
+    <t>Нагревательные элементы для мармитов</t>
+  </si>
+  <si>
+    <t>175427.00₸</t>
+  </si>
+  <si>
+    <t>26 шт.</t>
+  </si>
+  <si>
+    <t>Рама для мармита 12398 для электронагревательного элемента;серебрист.</t>
+  </si>
+  <si>
+    <t>04010855</t>
+  </si>
+  <si>
+    <t>Запчасти для мармитов</t>
+  </si>
+  <si>
+    <t>21014.00₸</t>
+  </si>
+  <si>
+    <t>Мармит GN 1/1 с крышкой индукционный;сталь;9л;,H=34,L=59,B=45см;металлич.</t>
+  </si>
+  <si>
+    <t>04010856</t>
+  </si>
+  <si>
+    <t>798784.00₸</t>
+  </si>
+  <si>
+    <t>Рама для мармита 12394, 12404 для электронагревательного элемента;сталь нерж.;серебрист.</t>
+  </si>
+  <si>
+    <t>04010857</t>
+  </si>
+  <si>
+    <t>22960.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница;сталь;10л;D=48,H=32см;металлич.</t>
+  </si>
+  <si>
+    <t>04010860</t>
+  </si>
+  <si>
+    <t>537649.00₸</t>
+  </si>
+  <si>
+    <t>Мармит GN 2/3 с крышкой;сталь нерж.,стекло;5,5л;,H=34,L=44,B=41см;металлич.</t>
+  </si>
+  <si>
+    <t>04010862</t>
+  </si>
+  <si>
+    <t>781512.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница для индукции;сталь нерж.;10л;D=48,H=45см</t>
+  </si>
+  <si>
+    <t>04010866</t>
+  </si>
+  <si>
+    <t>635838.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Мармит GN 2/3 с крышкой;,H=34,L=44,B=41см</t>
+  </si>
+  <si>
+    <t>04010868</t>
+  </si>
+  <si>
+    <t>370994.00₸</t>
+  </si>
+  <si>
+    <t>Мармит GN 2/3;сталь нерж.;,H=19,L=45,B=37см;металлич.</t>
+  </si>
+  <si>
+    <t>04010870</t>
+  </si>
+  <si>
+    <t>57.0002.6040</t>
+  </si>
+  <si>
+    <t>919203.00₸</t>
+  </si>
+  <si>
+    <t>Элемент электронагревательный для мармита GN 1/1;алюмин.;,H=2,L=30,B=20см;800вт;серебрист.</t>
+  </si>
+  <si>
+    <t>04010872-С</t>
+  </si>
+  <si>
+    <t>231801.00₸</t>
+  </si>
+  <si>
+    <t>Мармит со стекляннной крышкой;сталь нерж.;9л;,H=34,L=59,B=45см;металлич.</t>
+  </si>
+  <si>
+    <t>04010873</t>
+  </si>
+  <si>
+    <t>823774.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Мармит «Роял»;сталь нерж.;9л;D=66/45,H=43см</t>
+  </si>
+  <si>
+    <t>04010874</t>
+  </si>
+  <si>
+    <t>399833.00₸</t>
+  </si>
+  <si>
+    <t>Мармит электрический;пластик,сталь нерж.;D=67/47,H=45,L=67,B=47см</t>
+  </si>
+  <si>
+    <t>04010875</t>
+  </si>
+  <si>
+    <t>501494.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Мармит «Премиум»;сталь нерж.;11л;D=44/48,H=39см;металлич.</t>
+  </si>
+  <si>
+    <t>04010876</t>
+  </si>
+  <si>
+    <t>1049603.00₸</t>
+  </si>
+  <si>
+    <t>Мармит круглый с горелкой;сталь нерж.;7,5л;D=34,H=34см</t>
+  </si>
+  <si>
+    <t>04010881</t>
+  </si>
+  <si>
+    <t>GW-835/835-01</t>
+  </si>
+  <si>
+    <t>36535.00₸</t>
+  </si>
+  <si>
+    <t>Мармит на 5 гастроемкостей GN 1/6;,H=32,L=98,5,B=22см;700вт</t>
+  </si>
+  <si>
+    <t>04010893</t>
+  </si>
+  <si>
+    <t>466289.00₸</t>
+  </si>
+  <si>
+    <t>Мармит для шоколада «Choco 22T» на 20 кг;сталь нерж.;,H=21,L=79,B=38,5см;1,8Квт;металлич.</t>
+  </si>
+  <si>
+    <t>04010894</t>
+  </si>
+  <si>
+    <t>2577414.00₸</t>
+  </si>
+  <si>
+    <t>Мармит круглый с крышкой;сталь нерж.,стекло;6л;D=38,5,H=34см</t>
+  </si>
+  <si>
+    <t>04010896</t>
+  </si>
+  <si>
+    <t>Globe</t>
+  </si>
+  <si>
+    <t>697297.00₸</t>
+  </si>
+  <si>
+    <t>Мармит;сталь нерж.;9л;,H=40,5,L=60,5,B=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04010902</t>
+  </si>
+  <si>
+    <t>290452.00₸</t>
+  </si>
+  <si>
+    <t>Мармит GN 1/1 со стеклянной крышкой;сталь нерж.,стекло;9л;,H=33,L=66,B=48см</t>
+  </si>
+  <si>
+    <t>04010903</t>
+  </si>
+  <si>
+    <t>Premium</t>
+  </si>
+  <si>
+    <t>1472063.00₸</t>
+  </si>
+  <si>
+    <t>Элемент электронагревательный для мармита GN 1/1;алюмин.;,H=2,L=30,B=20см;600вт;серебрист.</t>
+  </si>
+  <si>
+    <t>04010904</t>
+  </si>
+  <si>
+    <t>175168.00₸</t>
+  </si>
+  <si>
+    <t>Мармит;сталь нерж.;9л;,H=35,5,L=61,4,B=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04010906</t>
+  </si>
+  <si>
+    <t>C333T</t>
+  </si>
+  <si>
+    <t>71937.00₸</t>
+  </si>
+  <si>
+    <t>Элемент электронагревательный для мармита;сталь нерж.,пластик;D=140,H=95мм;500вт;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>04010908</t>
+  </si>
+  <si>
+    <t>50246.00₸</t>
+  </si>
+  <si>
+    <t>Мармит «Катерер»;сталь нерж.;9л;,H=40,L=64,5,B=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04010909</t>
+  </si>
+  <si>
+    <t>289184.00₸</t>
+  </si>
+  <si>
+    <t>Рама для мармита «Проотель» для электронагревательного элемента;сталь нерж.;серебрист.</t>
+  </si>
+  <si>
+    <t>04010913</t>
+  </si>
+  <si>
+    <t>ICR</t>
+  </si>
+  <si>
+    <t>9429.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Мармит;сталь нерж.;4,5л;,H=31,5,L=44,B=29см;металлич.</t>
+  </si>
+  <si>
+    <t>04010915</t>
+  </si>
+  <si>
+    <t>X22287T</t>
+  </si>
+  <si>
+    <t>59381.00₸</t>
+  </si>
+  <si>
+    <t>Мармит;сталь нерж.;,H=32,L=63,B=35см</t>
+  </si>
+  <si>
+    <t>04010916</t>
+  </si>
+  <si>
+    <t>X25187H</t>
+  </si>
+  <si>
+    <t>56336.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для мармита 12393;сталь нерж.;D=38,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>04010918</t>
+  </si>
+  <si>
+    <t>228814.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Мармит круглый с крышкой (из двух частей);сталь нерж.,стекло;6л;,H=33,L=44,B=54см</t>
+  </si>
+  <si>
+    <t>04010920</t>
+  </si>
+  <si>
+    <t>846962.00₸</t>
+  </si>
+  <si>
+    <t>Зажим для мармита 58136E41 (левый)</t>
+  </si>
+  <si>
+    <t>04010921</t>
+  </si>
+  <si>
+    <t>58136-KP</t>
+  </si>
+  <si>
+    <t>Asia</t>
+  </si>
+  <si>
+    <t>126997.00₸</t>
+  </si>
+  <si>
+    <t>Зажим для мармита 58136E41 (правый)</t>
+  </si>
+  <si>
+    <t>04010922</t>
+  </si>
+  <si>
+    <t>58136-KQ</t>
+  </si>
+  <si>
+    <t>59383.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита;сталь нерж.;4л;D=22см;серебрист.</t>
+  </si>
+  <si>
+    <t>04010923</t>
+  </si>
+  <si>
+    <t>S58136-GA_14001</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>127820.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая;сталь нерж.;2,5л;D=16,H=13см;серебрист.</t>
+  </si>
+  <si>
+    <t>04011847</t>
+  </si>
+  <si>
+    <t>017002</t>
+  </si>
+  <si>
+    <t>38616.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая;сталь нерж.;7,6л;D=24,H=20см;серебрист.</t>
+  </si>
+  <si>
+    <t>04011848</t>
+  </si>
+  <si>
+    <t>017004</t>
+  </si>
+  <si>
+    <t>66906.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая;сталь нерж.;14л;D=28,H=23см;серебрист.</t>
+  </si>
+  <si>
+    <t>04011849</t>
+  </si>
+  <si>
+    <t>017005</t>
+  </si>
+  <si>
+    <t>83961.00₸</t>
+  </si>
+  <si>
+    <t>Станция для первых блюд с мармитом;дерево,сталь нерж.;,H=26,L=64,B=46см;венге</t>
+  </si>
+  <si>
+    <t>04012104</t>
+  </si>
+  <si>
+    <t>Buffet</t>
+  </si>
+  <si>
+    <t>342212.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница (5л х 2шт);сталь нерж.,мдф;10л;,H=26,L=64,B=46см;белый</t>
+  </si>
+  <si>
+    <t>04012161</t>
+  </si>
+  <si>
+    <t>511B5556</t>
+  </si>
+  <si>
+    <t>490252.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая;сталь нерж.;4,8л;D=20,H=16,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>04012525</t>
+  </si>
+  <si>
+    <t>017003</t>
+  </si>
+  <si>
+    <t>61955.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая с разделителем;фарфор;D=370,H=57мм;белый</t>
+  </si>
+  <si>
+    <t>04012527</t>
+  </si>
+  <si>
+    <t>44355-30</t>
+  </si>
+  <si>
+    <t>130954.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая для 12353, 12371;сталь нерж.;6л;D=39см;серебрист.</t>
+  </si>
+  <si>
+    <t>04012896</t>
+  </si>
+  <si>
+    <t>25426.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая для 12354, 12372, 12399;сталь нерж.;10л;D=28,7,H=22см;серебрист.</t>
+  </si>
+  <si>
+    <t>04013624</t>
+  </si>
+  <si>
+    <t>21392.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая;фарфор;D=330,H=57мм;белый</t>
+  </si>
+  <si>
+    <t>04013634</t>
+  </si>
+  <si>
+    <t>44352-30</t>
+  </si>
+  <si>
+    <t>85378.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая с разделителем;фарфор;4л;D=375,H=60мм;белый</t>
+  </si>
+  <si>
+    <t>04013708</t>
+  </si>
+  <si>
+    <t>114877.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита GN 1/3;фарфор;2,3л;,H=65,L=325,B=176мм;белый</t>
+  </si>
+  <si>
+    <t>04013838</t>
+  </si>
+  <si>
+    <t>50.8366.0130</t>
+  </si>
+  <si>
+    <t>44676.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита;фарфор;3л;D=33,5см;белый</t>
+  </si>
+  <si>
+    <t>04013996</t>
+  </si>
+  <si>
+    <t>60.8874.3000</t>
+  </si>
+  <si>
+    <t>87149.00₸</t>
+  </si>
+  <si>
+    <t>Станция для мармита «Буфет» GN 1/2;мдф;черный</t>
+  </si>
+  <si>
+    <t>04014927</t>
+  </si>
+  <si>
+    <t>93194.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита для 4042161, 51135556;сталь нерж.;5л;серебрист.</t>
+  </si>
+  <si>
+    <t>04015001</t>
+  </si>
+  <si>
+    <t>34019.00₸</t>
+  </si>
+  <si>
+    <t>Мармит GN 2/3 индукционный ;5,5л;,H=30,L=42,B=41см</t>
+  </si>
+  <si>
+    <t>04015003</t>
+  </si>
+  <si>
+    <t>588935.00₸</t>
+  </si>
+  <si>
+    <t>Мармит G/N 1/1 с крышкой;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04015005</t>
+  </si>
+  <si>
+    <t>258921.00₸</t>
+  </si>
+  <si>
+    <t>Крышка для мармита 12399;сталь нерж.;D=48см;серебрист.</t>
+  </si>
+  <si>
+    <t>04015007</t>
+  </si>
+  <si>
+    <t>201032.00₸</t>
+  </si>
+  <si>
+    <t>Доводчик крышки для мармита 12404;сталь нерж.;серебрист.</t>
+  </si>
+  <si>
+    <t>04015008</t>
+  </si>
+  <si>
+    <t>148834.00₸</t>
+  </si>
+  <si>
+    <t>Доводчик крышки для мармита 12.4093.2320</t>
+  </si>
+  <si>
+    <t>04015009</t>
+  </si>
+  <si>
+    <t>57.0078.0021</t>
+  </si>
+  <si>
+    <t>312928.00₸</t>
+  </si>
+  <si>
+    <t>Мармит GN 1/1;сталь нерж.;8,5л;,H=37,L=64,B=36см</t>
+  </si>
+  <si>
+    <t>04015010</t>
+  </si>
+  <si>
+    <t>X51229</t>
+  </si>
+  <si>
+    <t>131040.00₸</t>
+  </si>
+  <si>
+    <t>Мармит круглый;сталь нерж.;6,8л;D=36см</t>
+  </si>
+  <si>
+    <t>04015011</t>
+  </si>
+  <si>
+    <t>W05-3001</t>
+  </si>
+  <si>
+    <t>160916.00₸</t>
+  </si>
+  <si>
+    <t>Мармит;сталь нерж.;5,5л</t>
+  </si>
+  <si>
+    <t>04015012</t>
+  </si>
+  <si>
+    <t>W35100</t>
+  </si>
+  <si>
+    <t>182392.00₸</t>
+  </si>
+  <si>
+    <t>04015013</t>
+  </si>
+  <si>
+    <t>W08-1011</t>
+  </si>
+  <si>
+    <t>267827.00₸</t>
+  </si>
+  <si>
+    <t>Мармит;сталь нерж.;8,5л</t>
+  </si>
+  <si>
+    <t>04015014</t>
+  </si>
+  <si>
+    <t>W05-2001</t>
+  </si>
+  <si>
+    <t>196994.00₸</t>
+  </si>
+  <si>
+    <t>Станция для первых блюд с мармитом (2шт);сталь нерж.;D=22см</t>
+  </si>
+  <si>
+    <t>04015015</t>
+  </si>
+  <si>
+    <t>F1805556</t>
+  </si>
+  <si>
+    <t>344283.00₸</t>
+  </si>
+  <si>
+    <t>Мармит круглый;сталь нерж.;D=39см</t>
+  </si>
+  <si>
+    <t>04015016</t>
+  </si>
+  <si>
+    <t>57.0001.6040</t>
+  </si>
+  <si>
+    <t>699453.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита GN 1/3;сталь нерж.;,H=65,L=325,B=176мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04015017</t>
+  </si>
+  <si>
+    <t>19.9955.0577</t>
+  </si>
+  <si>
+    <t>36375.00₸</t>
+  </si>
+  <si>
+    <t>Терморегулятор для мармита 82328-1</t>
+  </si>
+  <si>
+    <t>04015018</t>
+  </si>
+  <si>
+    <t>P1830N</t>
+  </si>
+  <si>
+    <t>4200.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая;сталь нерж.;5л;D=30см;серебрист.</t>
+  </si>
+  <si>
+    <t>04015021</t>
+  </si>
+  <si>
+    <t>60.8915.3010</t>
+  </si>
+  <si>
+    <t>106284.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница;сталь нерж.,стекло;4л;D=30,5,H=17,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>04015022</t>
+  </si>
+  <si>
+    <t>332448.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница;сталь нерж.,стекло;4л;D=30,5,H=17,5см;медный</t>
+  </si>
+  <si>
+    <t>04015023</t>
+  </si>
+  <si>
+    <t>442150.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница;сталь нерж.,стекло;4л;D=30,5,H=17,5см;красный</t>
+  </si>
+  <si>
+    <t>04015024</t>
+  </si>
+  <si>
+    <t>404397.00₸</t>
+  </si>
+  <si>
+    <t>Емкость для мармита круглая;фарфор;2,6л;D=30см;белый</t>
+  </si>
+  <si>
+    <t>04015102</t>
+  </si>
+  <si>
+    <t>60.8879.3000</t>
+  </si>
+  <si>
+    <t>124679.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница;сталь нерж.,стекло;4л;D=30,5,H=17,5см;зелен.</t>
+  </si>
+  <si>
+    <t>04015202</t>
+  </si>
+  <si>
+    <t>422538.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница;сталь нерж.,стекло;4л;D=30,5,H=17,5см;желт.</t>
+  </si>
+  <si>
+    <t>04015203</t>
+  </si>
+  <si>
+    <t>Подставка для мармита 12399 с горелкой;сталь нерж.;серебрист.</t>
+  </si>
+  <si>
+    <t>04016501</t>
+  </si>
+  <si>
+    <t>72673.00₸</t>
+  </si>
+  <si>
+    <t>Мармит для фондю «Два в одном» набор;сталь нерж.,сталь нерж.;2,2л;D=22,H=23см;металлич.</t>
+  </si>
+  <si>
+    <t>04019000</t>
+  </si>
+  <si>
+    <t>Two in one</t>
+  </si>
+  <si>
+    <t>83800.00₸</t>
+  </si>
+  <si>
+    <t>Мармит;сталь нерж.,стекло;5л;D=36,H=15см;металлич.</t>
+  </si>
+  <si>
+    <t>04019027</t>
+  </si>
+  <si>
+    <t>58176-36</t>
+  </si>
+  <si>
+    <t>468907.00₸</t>
+  </si>
+  <si>
+    <t>Защита нагревательной трубки для мармита 81187;металл;черный</t>
+  </si>
+  <si>
+    <t>04019055</t>
+  </si>
+  <si>
+    <t>P1814-UK</t>
+  </si>
+  <si>
+    <t>5299.00₸</t>
+  </si>
+  <si>
+    <t>Мармит «Изи Индакшн»;сталь нерж.;6л;,H=30,L=50,B=46см;стальной</t>
+  </si>
+  <si>
+    <t>04019056</t>
+  </si>
+  <si>
+    <t>Easy Induction</t>
+  </si>
+  <si>
+    <t>611103.00₸</t>
+  </si>
+  <si>
+    <t>Элемент электронагревательный для мармита 58136E41;металл;,L=25,B=25см;380вт;металлич.</t>
+  </si>
+  <si>
+    <t>04019065</t>
+  </si>
+  <si>
+    <t>58132-KE</t>
+  </si>
+  <si>
+    <t>216702.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница;сталь нерж.,стекло;4л;D=30,5,H=17,5см;черный</t>
+  </si>
+  <si>
+    <t>04019124</t>
+  </si>
+  <si>
+    <t>462455.00₸</t>
+  </si>
+  <si>
     <t>10 шт.</t>
   </si>
   <si>
-    <t>Горелка для фламбе;сталь нерж.;D=18,5,H=28см;серебрист.</t>
-[...1201 lines deleted...]
-  <si>
     <t>Мармит GN 1/1 индукционный ;сталь нерж.;9л;,H=30,L=60,B=42см;металлич.</t>
   </si>
   <si>
     <t>04019125</t>
   </si>
   <si>
     <t>810025.00₸</t>
   </si>
   <si>
     <t>Мармит круглый индукционный (без нагревательного элемента);сталь нерж.;11л;,H=39,L=48,B=42см;металли</t>
   </si>
   <si>
     <t>04019126</t>
   </si>
   <si>
     <t>603834.00₸</t>
   </si>
   <si>
     <t>Мармит круглый индукционный (из двух частей);сталь нерж.;6л;,H=33,L=54,B=44см;металлич.</t>
   </si>
   <si>
     <t>04019127</t>
   </si>
   <si>
     <t>1148763.00₸</t>
@@ -1400,86 +1391,74 @@
   <si>
     <t>Емкость для мармита для 12330, 12335,12336, 12337,12338, 12339;фарфор;D=295,H=90мм;белый</t>
   </si>
   <si>
     <t>04019149</t>
   </si>
   <si>
     <t>92239.00₸</t>
   </si>
   <si>
     <t>Емкость для мармита 12228 с крышкой;сталь нерж.;4,5л;D=20,H=18см;серебрист.</t>
   </si>
   <si>
     <t>04148515</t>
   </si>
   <si>
     <t>30192.00₸</t>
   </si>
   <si>
     <t>Емкость для мармита для 12330, 12335,12336, 12337;сталь нерж.;4л;D=305,H=80мм;серебрист.</t>
   </si>
   <si>
     <t>04151313</t>
   </si>
   <si>
-    <t>42874.00₸</t>
+    <t>45731.00₸</t>
   </si>
   <si>
     <t>Раклетница для сыра;,H=40,L=53,B=26,5см;900вт</t>
   </si>
   <si>
     <t>07012201</t>
   </si>
   <si>
     <t>316424.00₸</t>
   </si>
   <si>
-    <t>Элемент электронагревательный для мармита SA600</t>
-[...5 lines deleted...]
-    <t>SAL03032</t>
+    <t>Станция для подогрева еды;,H=70,L=78,B=52см</t>
+  </si>
+  <si>
+    <t>07090302</t>
+  </si>
+  <si>
+    <t>PIA01900</t>
   </si>
   <si>
     <t>Beckers</t>
   </si>
   <si>
-    <t>159283.00₸</t>
-[...10 lines deleted...]
-  <si>
     <t>554108.00₸</t>
   </si>
   <si>
     <t>Станция для первых блюд для мармита 30 см;сталь нерж.;4,5л;металлич.</t>
   </si>
   <si>
     <t>07090304</t>
   </si>
   <si>
     <t>12.2073.0000</t>
   </si>
   <si>
     <t>610341.00₸</t>
   </si>
   <si>
     <t>Станция для первых блюд для мармита GN 1/1;сталь нерж.;4,5л;металлич.</t>
   </si>
   <si>
     <t>07090305</t>
   </si>
   <si>
     <t>60.8872.0000</t>
   </si>
   <si>
     <t>1076638.00₸</t>
@@ -1535,66 +1514,66 @@
   <si>
     <t>Мармит-супница электрический 50Гц;сталь нерж.;10л;,H=38,L=40,B=40см;450вт</t>
   </si>
   <si>
     <t>07100205</t>
   </si>
   <si>
     <t>83388-1</t>
   </si>
   <si>
     <t>181706.00₸</t>
   </si>
   <si>
     <t>Мармит-супница электрический 50Гц;пластик,алюмин.;10л;D=35,H=38,L=40,B=40см;450вт;черный</t>
   </si>
   <si>
     <t>07100206</t>
   </si>
   <si>
     <t>87328-1</t>
   </si>
   <si>
     <t>100373.00₸</t>
   </si>
   <si>
-    <t>48 шт.</t>
+    <t>45 шт.</t>
   </si>
   <si>
     <t>Мармит-супница электрический 50Гц;пластик,сталь нерж.;10л;D=30,H=32,L=33,4,B=32,8см;450вт;черный</t>
   </si>
   <si>
     <t>07100207</t>
   </si>
   <si>
     <t>E01-10011</t>
   </si>
   <si>
     <t>86009.00₸</t>
   </si>
   <si>
-    <t>32 шт.</t>
+    <t>28 шт.</t>
   </si>
   <si>
     <t>Мармит-супница электрический 50Гц с крышкой;пластик,сталь нерж.;10л;D=28,H=32,L=33,4,B=32,8см;450вт;</t>
   </si>
   <si>
     <t>07100208</t>
   </si>
   <si>
     <t>E01-10111</t>
   </si>
   <si>
     <t>83860.00₸</t>
   </si>
   <si>
     <t>37 шт.</t>
   </si>
   <si>
     <t>Мармит электрический 50Гц;металл;8,5л;,H=45,L=72,B=52см;900вт</t>
   </si>
   <si>
     <t>07100209</t>
   </si>
   <si>
     <t>X813087V-1</t>
   </si>
@@ -1727,65 +1706,68 @@
   <si>
     <t>Крышка для мармита X813187V-1;сталь нерж.;,L=72,B=52см;серебрист.</t>
   </si>
   <si>
     <t>07100223</t>
   </si>
   <si>
     <t>32129VL</t>
   </si>
   <si>
     <t>84497.00₸</t>
   </si>
   <si>
     <t>Мармит-супница электрический с половником (крышка сталь) ;сталь нерж.,полипроп.;10л;,H=36,5,L=38,B=3</t>
   </si>
   <si>
     <t>07100225</t>
   </si>
   <si>
     <t>E07-10011</t>
   </si>
   <si>
     <t>138754.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>20 шт.</t>
   </si>
   <si>
     <t>Мармит-супница электрический с половником (крышка пластик);сталь нерж.,полипроп.;10л;,H=35,5,L=38,B=</t>
   </si>
   <si>
     <t>07100226</t>
   </si>
   <si>
     <t>E07-10111</t>
   </si>
   <si>
     <t>113008.00₸</t>
   </si>
   <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
     <t>Мармит электрический круглый;сталь нерж.;6л;D=40,H=43см;360вт</t>
   </si>
   <si>
     <t>07100231</t>
   </si>
   <si>
     <t>58136E41</t>
   </si>
   <si>
     <t>874366.00₸</t>
   </si>
   <si>
     <t>Мармит электрический;сталь нерж.;10л;,H=34,5,L=67,5,B=44см;360вт;серебрист.</t>
   </si>
   <si>
     <t>07100233</t>
   </si>
   <si>
     <t>18132E55</t>
   </si>
   <si>
     <t>1243712.00₸</t>
   </si>
   <si>
     <t>Крышка для мармита круглая;стекло;прозр.</t>
@@ -1811,53 +1793,50 @@
   <si>
     <t>230716.00₸</t>
   </si>
   <si>
     <t>Поддон для воды для мармита 12350 с креплением;сталь нерж.;серебрист.</t>
   </si>
   <si>
     <t>07100236</t>
   </si>
   <si>
     <t>52615.00₸</t>
   </si>
   <si>
     <t>Элемент электронагревательный для мармита X81187-1;сталь нерж.;760вт</t>
   </si>
   <si>
     <t>07100238</t>
   </si>
   <si>
     <t>P2112M-UK</t>
   </si>
   <si>
     <t>8463.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Доводчик крышки для мармита</t>
   </si>
   <si>
     <t>07100240</t>
   </si>
   <si>
     <t>57.0078.0046</t>
   </si>
   <si>
     <t>136783.00₸</t>
   </si>
   <si>
     <t>Доводчик крышки для мармита[1шт]</t>
   </si>
   <si>
     <t>07100241</t>
   </si>
   <si>
     <t>57.0078.0052</t>
   </si>
   <si>
     <t>279749.00₸</t>
   </si>
   <si>
     <t>Подставка для мармита GN 2/3;сталь нерж.;,H=17,L=40,B=37см;серебрист.</t>
@@ -1892,102 +1871,102 @@
   <si>
     <t>57.0021.6040</t>
   </si>
   <si>
     <t>Крышка для мармита GN 2/3;сталь нерж.;серебрист.</t>
   </si>
   <si>
     <t>07100251</t>
   </si>
   <si>
     <t>57.0078.0004</t>
   </si>
   <si>
     <t>59375.00₸</t>
   </si>
   <si>
     <t>Мармит GN 1/1;сталь нерж.</t>
   </si>
   <si>
     <t>07100252</t>
   </si>
   <si>
     <t>57.0022.6040</t>
   </si>
   <si>
-    <t>1343520.00₸</t>
+    <t>1410148.00₸</t>
   </si>
   <si>
     <t>Элемент электронагревательный для мармита;220вт</t>
   </si>
   <si>
     <t>07100303</t>
   </si>
   <si>
     <t>57.0024.9990</t>
   </si>
   <si>
     <t>197536.00₸</t>
   </si>
   <si>
     <t>Мармит GN 1/1;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>07100304</t>
   </si>
   <si>
     <t>57.0003.6040</t>
   </si>
   <si>
     <t>1806236.00₸</t>
   </si>
   <si>
     <t>Мармит;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>07100305</t>
   </si>
   <si>
     <t>12.2297.0000</t>
   </si>
   <si>
     <t>697774.00₸</t>
   </si>
   <si>
     <t>Мармит электрический с крышкой 50/60Гц;сталь,стекло;3,8л;D=30,H=23,5см;500вт;металлич.,прозр.</t>
   </si>
   <si>
     <t>07100406</t>
   </si>
   <si>
     <t>X83521-1</t>
   </si>
   <si>
     <t>104615.00₸</t>
   </si>
   <si>
-    <t>33 шт.</t>
+    <t>23 шт.</t>
   </si>
   <si>
     <t>Элемент электронагревательный для мармита 82189;сталь нерж.;760вт</t>
   </si>
   <si>
     <t>04019087</t>
   </si>
   <si>
     <t>P2476</t>
   </si>
   <si>
     <t>Емкость для мармита X85887-1;сталь;4л;D=21/16,5,H=17см</t>
   </si>
   <si>
     <t>04019143</t>
   </si>
   <si>
     <t>35700.00₸</t>
   </si>
   <si>
     <t>Крышка для мармита 58136E41;металл;D=45,H=20см;металлич.</t>
   </si>
   <si>
     <t>04019066</t>
   </si>
@@ -2018,69 +1997,93 @@
   <si>
     <t>W20-1102T</t>
   </si>
   <si>
     <t>605500.00₸</t>
   </si>
   <si>
     <t>Подставка для мармита W20-1102T 50/60Гц; 900W; 230 Вт;сталь нерж.</t>
   </si>
   <si>
     <t>04015205</t>
   </si>
   <si>
     <t>W07-11021B</t>
   </si>
   <si>
     <t>413000.00₸</t>
   </si>
   <si>
     <t>Мармит-супница (состар. сталь);сталь нерж.,стекло;4л;D=30,5,H=17,5см;металлич.</t>
   </si>
   <si>
     <t>04010466</t>
   </si>
   <si>
-    <t>286643.00₸</t>
+    <t>383313.00₸</t>
   </si>
   <si>
     <t>Мармит-супница;сталь нерж.,стекло;4л;D=30,5,H=17,5см;золотой</t>
   </si>
   <si>
     <t>04010467</t>
   </si>
   <si>
     <t>Крышка для мармита 81328-1;сталь нерж.;серебрист.</t>
   </si>
   <si>
     <t>07100257</t>
   </si>
   <si>
     <t>21388L</t>
   </si>
   <si>
     <t>20300.00₸</t>
+  </si>
+  <si>
+    <t>Подставка для мармита GN 1/1;сталь нерж.;,H=19,L=58,B=45см;серебрист.</t>
+  </si>
+  <si>
+    <t>07100258</t>
+  </si>
+  <si>
+    <t>57.0015.6040</t>
+  </si>
+  <si>
+    <t>673951.00₸</t>
+  </si>
+  <si>
+    <t>Элемент электронагревательный для мармита;сталь нерж.,пластик;,L=20,B=25см;700вт</t>
+  </si>
+  <si>
+    <t>07100306</t>
+  </si>
+  <si>
+    <t>60.8981.0020</t>
+  </si>
+  <si>
+    <t>372064.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2095,51 +2098,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7BAFACF-21C0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C943-424D-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1828-424E-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D7017-4253-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA619C3D-21BB-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF716E7-424F-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA619CEF-21BB-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539DF-424B-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03C0-424E-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA619D8F-21BB-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275FD31B-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EB-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7BAFA1D-21C0-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32A6-424E-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44993A1C-424C-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDE19-21C0-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCD8F5-21C0-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE579B-424C-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7392C83-8146-11E9-BBBA-005056921CC419.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0B00-424C-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B03188E-424D-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C090FD-21C0-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A824-424D-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A825-424D-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A826-424D-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC13051F-E3D4-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2150-424D-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487CDCB6-AECA-11EE-BC40-00505692492F28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848175-424F-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EAE-424F-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA944F-424F-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A4388A7-7711-11EE-BC0F-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F546-424F-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F547-424F-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C092DD-21C0-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F549-424F-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7BAF8CB-21C0-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C91529AD-770E-11EE-BC0F-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7BAF97D-21C0-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C08E7D-21C0-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C08FBD-21C0-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B20-4251-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDAD5-21C0-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A326611-4251-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCD995-21C0-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C0919D-21C0-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575CD-4251-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDB75-21C0-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FAE-4252-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F75-4252-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDCC7-21C0-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EC-424B-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C0905D-21C0-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3F1028-21BB-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A839-424D-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004753-424D-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C0923D-21C0-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3073516F-4253-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E05-4253-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E06-4253-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBD9CF7-48FA-11EA-BBCE-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDD67-21C0-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1BC848-0683-11ED-BBFC-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1BC846-0683-11ED-BBFC-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8FD5E146-E3D6-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41E2F21B-21C1-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47DD536E-21C1-11EE-BC0D-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2167-4250-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E38F-4251-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111900-4250-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44EB49F3-EA59-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025B1C4-4252-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16B70EBB-E569-11EF-BC53-00505692E2D073.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8966A47F-696D-11EC-BBF7-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7322B1-4253-11E8-A155-00259035BB6775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AF12271-EA59-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44EB49F4-EA59-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E88F50BB-94BA-11EC-BBF8-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F2D4-21C4-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F374-21C4-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBD9CFA-48FA-11EA-BBCE-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC0857-21C5-11EE-BC0D-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7F5441-FECF-11EC-BBFA-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9BFAF10-EA57-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F194-21C4-11EE-BC0D-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9BFAF12-EA57-11EB-BBF2-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474840A9-21C4-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47484009-21C4-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474841E9-21C4-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47484289-21C4-11EE-BC0D-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0660C0E-104C-11EA-BBC6-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E27B38BE-0D97-11EC-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BAB008D-D8EE-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47483EC9-21C4-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47483F69-21C4-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E27B38BD-0D97-11EC-BBF2-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A366AB2-3212-11EF-BC4C-00505692C44797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A366B76-3212-11EF-BC4C-00505692C44798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE834296-21C3-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7339F3CF-7258-11EC-BBF7-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47484149-21C4-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462745A-21C5-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F414-21C4-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7A26173-ACA4-11ED-BC04-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EA19C17-6C00-11EE-BC0F-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EA19B65-6C00-11EE-BC0F-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EA19AA1-6C00-11EE-BC0F-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EA199A7-6C00-11EE-BC0F-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0481BCA2-8EBC-11EE-BC13-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA00164-8EBC-11EE-BC13-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA00024-8EBC-11EE-BC13-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563545A9-3212-11EF-BC4C-00505692C447112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5288-4252-11E8-A155-00259035BB67113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC9D0C44-F13D-11EC-BBFA-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA40D-4253-11E8-A155-00259035BB67115.gif"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155A1D45-222F-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B34901CE-222F-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FC0CC5B-F94B-11EB-BBF2-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3490125-222F-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F59-424E-11E8-A155-00259035BB67120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/241417E6-4250-11E8-A155-00259035BB67121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5099CE61-2230-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5099CDC1-2230-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6547-2230-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5099CF13-2230-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5099CCFD-2230-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6846-2230-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6998-2230-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E846E44F-4252-11E8-A155-00259035BB67129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E846E451-4252-11E8-A155-00259035BB67130.gif"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB68F8-2230-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA789820-4253-11E8-A155-00259035BB67132.gif"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6782-2230-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E01-4253-11E8-A155-00259035BB67134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E02-4253-11E8-A155-00259035BB67135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E04-4253-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E07-4253-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31E89192-104E-11EA-BBC6-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5099CC5D-2230-11EE-BC0D-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5099CBBD-2230-11EE-BC0D-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FF2C010-F94B-11EB-BBF2-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3085C6F-FECF-11EC-BBFA-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBE9CA38-5268-11EA-BBCE-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155A1CA5-222F-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B95C4464-F94B-11EB-BBF2-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7F5440-FECF-11EC-BBFA-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FC9-F161-11EB-BBF2-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A6804CC-EA58-11EB-BBF2-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CA8DB29-2230-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527FA4DB-FC24-11EA-BBDB-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CA8DE27-2230-11EE-BC0D-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C273FCD3-EA57-11EB-BBF2-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CA8DFE5-2230-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6642-2230-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7379329-25A1-11EE-BC0D-005056921CC4155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B64357-EAEE-11EF-BC4E-00505692C447156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07A63D44-EF76-11EF-BC46-0050569297EB157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E03B3A98-04DF-11F0-BC53-00505692E2D0158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E03B39B0-04DF-11F0-BC53-00505692E2D0159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72AB7BD-42B3-11F0-BC50-00505692C447160.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7BAFACF-21C0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C943-424D-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E53D1828-424E-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D7017-4253-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA619C3D-21BB-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF716E7-424F-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA619CEF-21BB-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539DF-424B-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/671D03C0-424E-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DA619D8F-21BB-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275FD31B-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EB-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7BAFA1D-21C0-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D32A6-424E-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44993A1C-424C-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDE19-21C0-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCD8F5-21C0-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE579B-424C-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7392C83-8146-11E9-BBBA-005056921CC419.gif"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0B00-424C-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3B03188E-424D-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C090FD-21C0-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A824-424D-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A825-424D-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A826-424D-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC13051F-E3D4-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2150-424D-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/487CDCB6-AECA-11EE-BC40-00505692492F28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D848175-424F-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99E17EAE-424F-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FDA944F-424F-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A4388A7-7711-11EE-BC0F-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F546-424F-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F547-424F-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C092DD-21C0-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFF5F549-424F-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7BAF8CB-21C0-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C91529AD-770E-11EE-BC0F-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7BAF97D-21C0-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C08E7D-21C0-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C08FBD-21C0-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/323B3B20-4251-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDAD5-21C0-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A326611-4251-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCD995-21C0-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C0919D-21C0-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575CD-4251-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FAE-4252-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58365F75-4252-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDCC7-21C0-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EC-424B-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C0905D-21C0-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC3F1028-21BB-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A839-424D-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3004753-424D-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C0923D-21C0-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3073516F-4253-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E05-4253-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E06-4253-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBD9CF7-48FA-11EA-BBCE-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDD67-21C0-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1BC848-0683-11ED-BBFC-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE1BC846-0683-11ED-BBFC-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8FD5E146-E3D6-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41E2F21B-21C1-11EE-BC0D-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47DD536E-21C1-11EE-BC0D-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/780F2167-4250-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B633E38F-4251-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111900-4250-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44EB49F3-EA59-11EB-BBF2-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7025B1C4-4252-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16B70EBB-E569-11EF-BC53-00505692E2D072.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8966A47F-696D-11EC-BBF7-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7E7322B1-4253-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4AF12271-EA59-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44EB49F4-EA59-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E88F50BB-94BA-11EC-BBF8-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F2D4-21C4-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F374-21C4-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FBD9CFA-48FA-11EA-BBCE-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EEC0857-21C5-11EE-BC0D-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7F5441-FECF-11EC-BBFA-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9BFAF10-EA57-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F194-21C4-11EE-BC0D-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9BFAF12-EA57-11EB-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474840A9-21C4-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47484009-21C4-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474841E9-21C4-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47484289-21C4-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0660C0E-104C-11EA-BBC6-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E27B38BE-0D97-11EC-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5BAB008D-D8EE-11EB-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47483EC9-21C4-11EE-BC0D-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47483F69-21C4-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E27B38BD-0D97-11EC-BBF2-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A366AB2-3212-11EF-BC4C-00505692C44796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A366B76-3212-11EF-BC4C-00505692C44797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE834296-21C3-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7339F3CF-7258-11EC-BBF7-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47484149-21C4-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1462745A-21C5-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F414-21C4-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D7A26173-ACA4-11ED-BC04-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EA19C17-6C00-11EE-BC0F-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EA19B65-6C00-11EE-BC0F-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EA19AA1-6C00-11EE-BC0F-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EA199A7-6C00-11EE-BC0F-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0481BCA2-8EBC-11EE-BC13-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA00164-8EBC-11EE-BC13-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA00024-8EBC-11EE-BC13-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/563545A9-3212-11EF-BC4C-00505692C447111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5288-4252-11E8-A155-00259035BB67112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AC9D0C44-F13D-11EC-BBFA-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA7AA40D-4253-11E8-A155-00259035BB67114.gif"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B34901CE-222F-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FC0CC5B-F94B-11EB-BBF2-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B3490125-222F-11EE-BC0D-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8B0A8F59-424E-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/241417E6-4250-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5099CE61-2230-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5099CDC1-2230-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6547-2230-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5099CF13-2230-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5099CCFD-2230-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6846-2230-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6998-2230-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E846E44F-4252-11E8-A155-00259035BB67127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E846E451-4252-11E8-A155-00259035BB67128.gif"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB68F8-2230-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA789820-4253-11E8-A155-00259035BB67130.gif"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6782-2230-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E01-4253-11E8-A155-00259035BB67132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E02-4253-11E8-A155-00259035BB67133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E04-4253-11E8-A155-00259035BB67134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E07-4253-11E8-A155-00259035BB67135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31E89192-104E-11EA-BBC6-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5099CC5D-2230-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5099CBBD-2230-11EE-BC0D-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9FF2C010-F94B-11EB-BBF2-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3085C6F-FECF-11EC-BBFA-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBE9CA38-5268-11EA-BBCE-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155A1CA5-222F-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B95C4464-F94B-11EB-BBF2-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF7F5440-FECF-11EC-BBFA-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FC9-F161-11EB-BBF2-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A6804CC-EA58-11EB-BBF2-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CA8DB29-2230-11EE-BC0D-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/527FA4DB-FC24-11EA-BBDB-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CA8DE27-2230-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C273FCD3-EA57-11EB-BBF2-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CA8DFE5-2230-11EE-BC0D-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6642-2230-11EE-BC0D-005056921CC4152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7379329-25A1-11EE-BC0D-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3B64357-EAEE-11EF-BC4E-00505692C447154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07A63D44-EF76-11EF-BC46-0050569297EB155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E03B3A98-04DF-11F0-BC53-00505692E2D0156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E03B39B0-04DF-11F0-BC53-00505692E2D0157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F72AB7BD-42B3-11F0-BC50-00505692C447158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7D77005-C7F0-11F0-BC5A-00505692E2D0159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/682A9CFE-C7F0-11F0-BC5A-00505692E2D0160.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3994,51 +3997,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>64</xdr:row>
+      <xdr:row>65</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="64" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -4414,51 +4417,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="77" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>79</xdr:row>
+      <xdr:row>80</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -4804,51 +4807,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="90" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>93</xdr:row>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="91" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -5524,81 +5527,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="114" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>118</xdr:row>
+      <xdr:row>119</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="115" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>119</xdr:row>
+      <xdr:row>120</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="116" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -6244,81 +6247,81 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="138" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId138"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>143</xdr:row>
+      <xdr:row>145</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="139" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId139"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>144</xdr:row>
+      <xdr:row>146</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="140" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId140"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -6694,141 +6697,141 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="153" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId153"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>160</xdr:row>
+      <xdr:row>161</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="154" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId154"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>161</xdr:row>
+      <xdr:row>163</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="155" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId155"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>163</xdr:row>
+      <xdr:row>166</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="156" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId156"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>165</xdr:row>
+      <xdr:row>167</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="157" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId157"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -7189,51 +7192,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-na-metalpodstavke-aps-04010156/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-marmita-ilsa-04010342/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-marmita-pintinox-04010346/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-flambe-paderno-04010362/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fondyu-d-shokolada-vilochki-ilsa-04010446/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-fondyu-risoli-04010450/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fondyu-10-predm-ilsa-04010461/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-2-mya-emkostyami-aps-04010801/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-aps-04010802/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/toplivo-d-marmitov-265-gr-prohotel-04010803/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/toplivo-d-marmitov-150-gr-prohotel-04010804/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-aps-04010807/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-nastolelektr-sunnex-04010810/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-aps-04010811/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-eternum-04010816/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-d-butylki-s-shokoladom-suhogo-tipa-matfer-04010817/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010819/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-krugl-so-steklemkostyu-aps-04010820/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-dlya-shokolada-matfer-04010822/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-2otdel-ilsa-04010824/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-s-polovnikom-aps-04010830/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010831/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-dvigayuschkrysh-1-2-hepp-04010832/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-dvigayuschkrysh-hepp-04010833/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-hepp-04010834/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-dvigayuschkrysh-prohotel-04010835/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-s-podogrev-prohotel-04010840/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04010847/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/toplivo-d-marmitov-gel-bodum-04010848/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-d-shokolada-2590s-matfer-04010849/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-aps-04010852/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-aps-04010853/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-dlya-marmitov-aps-04010854/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-dlya-elektronagrevatelnogo-elementa-dlya-marmita-aps-04010855/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-indukcionnyy-1-1-aps-04010856/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-dlya-elektronarevatelnogo-elementa-dlya-marmitov-aps-04010857/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-aps-04010860/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-aps-04010862/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-rama-el-aps-04010866/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-gn-2-s-kryshkoy-aps-04010868/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-2-3-hepp-04010870/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-aps-04010872/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-steklyannnoy-aps-04010873/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010874/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-aps-04010875/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010876/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-s-gorelkoy-prohotel-04010881/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-aps-04010884/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-d-5-gn-1-6-matfer-04010893/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-d-shokolada-choco-22t-matfer-04010894/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-s-kryshkoy-aps-04010896/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010902/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-so-steklyannoy-kryshkoy-aps-04010903/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-aps-04010904/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-prohotel-04010906/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-aps-04010908/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010909/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-dlya-elektronagrevatelnogo-elementa-dlya-marmi-prohotel-04010913/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04010915/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04010916/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-aps-04010918/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-s-kryshkoy-aps-04010920/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zazhim-levyy-dlya-marmita-paderno-04010921/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zazhim-pravyy-dlya-marmita-paderno-04010922/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmitov-sambonet-04010923/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04011847/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04011848/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04011849/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-marmitom-d-pervyh-blyud-pintinox-04012104/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-marmitom-d-pervyh-blyud-pintinox-04012161/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04012525/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gastroemkost-kruglaya-paderno-04012527/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-aps-04012896/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmitov-aps-04013624/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-paderno-04013634/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gastroemkost-s-razdelitelem-aps-04013708/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04013838/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04013996/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-dlya-marmita-pintinox-04014927/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmitov-pintinox-04015001/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-indukcionnyy-gn-2-3-aps-04015003/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-g-n-1-1-s-kryshkoy-aps-04015005/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-art12399-aps-04015007/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-aps-04015008/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-hepp-04015009/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015010/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-sunnex-04015011/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015012/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015013/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015014/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-2-mya-emkostyami-pintinox-04015015/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-hepp-04015016/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04015017/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termoregulyator-dlya-marmita-sunnex-04015018/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-hepp-04015021/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kastryulya-aps-04015022/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kastryulya-aps-04015023/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kastryulya-aps-04015024/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-hepp-04015102/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kastryulya-aps-04015202/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kastryulya-aps-04015203/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-s-gorelkoy-dlya-marmita-aps-04016501/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fondyu-set-aps-04019000/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-paderno-04019027/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschita-nagrevatelnoy-trubki-dlya-marmita-sunnex-04019055/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04019056/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-elektronagrevatelnyy-dlya-marmita-paderno-04019065/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kastryulya-aps-04019124/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04019125/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04019126/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04019127/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-dlya-marmita-pintinox-04019132/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-marmita-pintinox-04019133/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-pintinox-04019137/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-aps-04019149/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-s-kryshkoy-dlya-marmita-aps-04148515/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmitov-aps-04151313/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rakletnica-d-syra-matfer-07012201/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmita-beckers-07020729/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-dlya-razogreva-edy-beckers-07090302/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-supovaya-hepp-07090304/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-supovaya-hepp-07090305/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-supovaya-hepp-07090306/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shokoladnyy-fontan-paderno-07100105/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-d-shokolada-060s-elektr-stadter-07100201/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-elektr-sunnex-07100204/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-elektr-sunnex-07100205/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-elektr-sunnex-07100206/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-elektr-sunnex-07100207/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-elektrs-kryshkoy-sunnex-07100208/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100209/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100210/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100211/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100212/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100213/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100216/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100217/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100218/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100219/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-elektr-sunnex-07100220/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-sunnex-07100221/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-sunnex-07100223/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-kryshka-iz-nerzhstali-sunnex-07100225/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-kryshka-iz-plastika-sunnex-07100226/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-kruglyy-paderno-07100231/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-paderno-07100233/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-kruglaya-dlya-marmita-hepp-07100234/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-kvadratnaya-dlya-marmita-hepp-07100235/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/poddon-dlya-vody-s-krepleniem-dlya-marmita-aps-07100236/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmita-sunnex-07100238/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-hepp-07100240/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-hepp-07100241/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-marmita-hepp-07100243/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-kruglaya-dlya-marmita-sunnex-07100245/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-gn2-3-hepp-07100248/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-hepp-07100251/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-g-n-1-1-hepp-07100252/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-hepp-07100303/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-hepp-07100304/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-hepp-07100305/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-07100406/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-elektronagrevatelnyy-dlya-marmita-sunnex-04019087/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-sunnex-04019143/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-paderno-04019066/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-sunnex-07100256/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015204/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-marmita-sunnex-04015205/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010466/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010467/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-sunnex-07100257/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-na-metalpodstavke-aps-04010156/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-marmita-ilsa-04010342/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-marmita-pintinox-04010346/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gorelka-dlya-flambe-paderno-04010362/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fondyu-d-shokolada-vilochki-ilsa-04010446/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-d-fondyu-risoli-04010450/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fondyu-10-predm-ilsa-04010461/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-2-mya-emkostyami-aps-04010801/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-aps-04010802/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/toplivo-d-marmitov-265-gr-prohotel-04010803/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/toplivo-d-marmitov-150-gr-prohotel-04010804/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-aps-04010807/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-nastolelektr-sunnex-04010810/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-aps-04010811/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-eternum-04010816/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-d-butylki-s-shokoladom-suhogo-tipa-matfer-04010817/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010819/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-krugl-so-steklemkostyu-aps-04010820/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-dlya-shokolada-matfer-04010822/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-2otdel-ilsa-04010824/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-s-polovnikom-aps-04010830/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010831/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-dvigayuschkrysh-1-2-hepp-04010832/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-dvigayuschkrysh-hepp-04010833/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-hepp-04010834/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-dvigayuschkrysh-prohotel-04010835/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-s-podogrev-prohotel-04010840/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04010847/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/toplivo-d-marmitov-gel-bodum-04010848/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-d-shokolada-2590s-matfer-04010849/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-aps-04010852/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-aps-04010853/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-dlya-marmitov-aps-04010854/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-dlya-elektronagrevatelnogo-elementa-dlya-marmita-aps-04010855/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-indukcionnyy-1-1-aps-04010856/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-dlya-elektronarevatelnogo-elementa-dlya-marmitov-aps-04010857/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-aps-04010860/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-aps-04010862/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-rama-el-aps-04010866/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-gn-2-s-kryshkoy-aps-04010868/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-2-3-hepp-04010870/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-aps-04010872/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-steklyannnoy-aps-04010873/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010874/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-aps-04010875/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010876/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-s-gorelkoy-prohotel-04010881/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-d-5-gn-1-6-matfer-04010893/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-d-shokolada-choco-22t-matfer-04010894/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-s-kryshkoy-aps-04010896/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010902/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-so-steklyannoy-kryshkoy-aps-04010903/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-aps-04010904/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-prohotel-04010906/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-aps-04010908/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010909/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rama-dlya-elektronagrevatelnogo-elementa-dlya-marmi-prohotel-04010913/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04010915/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04010916/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-aps-04010918/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-s-kryshkoy-aps-04010920/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zazhim-levyy-dlya-marmita-paderno-04010921/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zazhim-pravyy-dlya-marmita-paderno-04010922/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmitov-sambonet-04010923/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04011847/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04011848/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04011849/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-marmitom-d-pervyh-blyud-pintinox-04012104/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-bufetnaya-s-marmitom-d-pervyh-blyud-pintinox-04012161/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-matfer-04012525/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gastroemkost-kruglaya-paderno-04012527/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-aps-04012896/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmitov-aps-04013624/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-paderno-04013634/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gastroemkost-s-razdelitelem-aps-04013708/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04013838/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04013996/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-dlya-marmita-pintinox-04014927/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmitov-pintinox-04015001/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-indukcionnyy-gn-2-3-aps-04015003/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-g-n-1-1-s-kryshkoy-aps-04015005/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-art12399-aps-04015007/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-aps-04015008/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-hepp-04015009/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015010/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-sunnex-04015011/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015012/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015013/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015014/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-2-mya-emkostyami-pintinox-04015015/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-hepp-04015016/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-hepp-04015017/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/termoregulyator-dlya-marmita-sunnex-04015018/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-hepp-04015021/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kastryulya-aps-04015022/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kastryulya-aps-04015023/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kastryulya-aps-04015024/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-kruglaya-dlya-marmita-hepp-04015102/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kastryulya-aps-04015202/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kastryulya-aps-04015203/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-s-gorelkoy-dlya-marmita-aps-04016501/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fondyu-set-aps-04019000/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-paderno-04019027/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschita-nagrevatelnoy-trubki-dlya-marmita-sunnex-04019055/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04019056/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-elektronagrevatelnyy-dlya-marmita-paderno-04019065/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kastryulya-aps-04019124/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04019125/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04019126/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04019127/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-dlya-marmita-pintinox-04019132/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-marmita-pintinox-04019133/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-pintinox-04019137/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-aps-04019149/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-s-kryshkoy-dlya-marmita-aps-04148515/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmitov-aps-04151313/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rakletnica-d-syra-matfer-07012201/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-dlya-razogreva-edy-beckers-07090302/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-supovaya-hepp-07090304/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-supovaya-hepp-07090305/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-supovaya-hepp-07090306/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shokoladnyy-fontan-paderno-07100105/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-d-shokolada-060s-elektr-stadter-07100201/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-elektr-sunnex-07100204/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-elektr-sunnex-07100205/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-elektr-sunnex-07100206/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-elektr-sunnex-07100207/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-elektrs-kryshkoy-sunnex-07100208/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100209/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100210/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100211/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100212/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100213/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100216/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100217/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100218/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100219/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-elektr-sunnex-07100220/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-sunnex-07100221/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-sunnex-07100223/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-kryshka-iz-nerzhstali-sunnex-07100225/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-supnica-kryshka-iz-plastika-sunnex-07100226/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-kruglyy-paderno-07100231/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-paderno-07100233/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-kruglaya-dlya-marmita-hepp-07100234/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-kvadratnaya-dlya-marmita-hepp-07100235/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/poddon-dlya-vody-s-krepleniem-dlya-marmita-aps-07100236/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmita-sunnex-07100238/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-hepp-07100240/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dovodchik-kryshki-dlya-marmita-hepp-07100241/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-marmita-hepp-07100243/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-kruglaya-dlya-marmita-sunnex-07100245/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-gn2-3-hepp-07100248/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-hepp-07100251/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-g-n-1-1-hepp-07100252/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmitov-hepp-07100303/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-hepp-07100304/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-hepp-07100305/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-07100406/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-elektronagrevatelnyy-dlya-marmita-sunnex-04019087/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-marmita-sunnex-04019143/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-paderno-04019066/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-sunnex-07100256/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015204/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-dlya-marmita-sunnex-04015205/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010466/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010467/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-marmita-sunnex-07100257/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-marmita-hepp-07100258/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-elektronagrevatelnyy-dlya-marmita-hepp-07100306/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L171"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I171" sqref="I171"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -7539,5149 +7542,5145 @@
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D10" s="0">
         <v>11915</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="D11" s="0" t="s">
+      <c r="E11" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="L11" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="D12" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="L12" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="D13" s="0">
         <v>11695</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>74</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="D14" s="0" t="s">
+      <c r="E14" s="0" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="D15" s="0">
         <v>11916</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="H15" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="H15" s="0" t="s">
+      <c r="I15" s="1" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="D16" s="0" t="s">
+      <c r="E16" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="E16" s="0" t="s">
+      <c r="F16" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="F16" s="0" t="s">
+      <c r="G16" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D17" s="0">
         <v>242350</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="H17" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="H17" s="0" t="s">
+      <c r="I17" s="1" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="D18" s="0">
         <v>12340</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D19" s="0">
         <v>65033</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D20" s="0">
         <v>260435</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H20" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D21" s="0">
         <v>19200020</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D22" s="0">
         <v>11910</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="D23" s="0">
         <v>12355</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="E24" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="D25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="D26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="D27" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="D28" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="D29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E29" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="H29" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="H29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I29" s="1" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0"/>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D30" s="0">
         <v>30002137</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D31" s="0">
         <v>260434</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="H31" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="H31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I31" s="1" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="D32" s="0">
         <v>11917</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D33" s="0">
         <v>12393</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D34" s="0">
         <v>12295</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="L34" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="D35" s="0">
         <v>12291</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H35" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="D36" s="0">
         <v>12394</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="D37" s="0">
         <v>12296</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="D38" s="0">
         <v>12399</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="D39" s="0">
         <v>12484</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="D40" s="0">
         <v>12398</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="D41" s="0">
         <v>12483</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="D42" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E42" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="D43" s="0">
         <v>12294</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D44" s="0">
         <v>12404</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="D45" s="0">
         <v>12358</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="D46" s="0">
         <v>12360</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="D47" s="0">
         <v>12372</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="D48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="C49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" s="0">
-        <v>12370</v>
+        <v>868506</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>182</v>
+        <v>18</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" s="0">
-        <v>868506</v>
+        <v>260522</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="H50" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="H50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I50" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L50" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0">
+        <v>12403</v>
+      </c>
+      <c r="E51" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F51" s="0" t="s">
         <v>218</v>
       </c>
-      <c r="D51" s="0">
-[...5 lines deleted...]
-      <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>96</v>
+        <v>81</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>97</v>
+        <v>54</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>219</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L51" s="0"/>
+        <v>31</v>
+      </c>
+      <c r="L51" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D52" s="0">
-        <v>12403</v>
+        <v>12300</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F52" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="C53" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" s="0">
-        <v>12300</v>
+        <v>12352</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F53" s="0"/>
+      <c r="F53" s="0" t="s">
+        <v>225</v>
+      </c>
       <c r="G53" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>226</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>92</v>
+        <v>18</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D54" s="0">
-        <v>12352</v>
+        <v>12292</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F54" s="0" t="s">
+      <c r="F54" s="0"/>
+      <c r="G54" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="H54" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="I54" s="1" t="s">
         <v>229</v>
-      </c>
-[...7 lines deleted...]
-        <v>230</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="D55" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E55" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F55" s="0"/>
+        <v>62</v>
+      </c>
+      <c r="F55" s="0" t="s">
+        <v>62</v>
+      </c>
       <c r="G55" s="0" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>160</v>
+        <v>54</v>
       </c>
       <c r="I55" s="1" t="s">
         <v>233</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
         <v>234</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="D56" s="0" t="s">
-        <v>236</v>
+      <c r="D56" s="0">
+        <v>12299</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>63</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>54</v>
+        <v>159</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="C57" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" s="0">
-        <v>12299</v>
+        <v>12245</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>160</v>
+        <v>54</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>203</v>
+        <v>31</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>241</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>242</v>
       </c>
-      <c r="D58" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="0" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>54</v>
+        <v>164</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>243</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>59</v>
+        <v>244</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>165</v>
+        <v>54</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>248</v>
+        <v>78</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>249</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>250</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>251</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>252</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>79</v>
+        <v>18</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
         <v>253</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>254</v>
       </c>
-      <c r="D61" s="0" t="s">
-        <v>255</v>
+      <c r="D61" s="0">
+        <v>12385</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>18</v>
+        <v>256</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>258</v>
       </c>
       <c r="D62" s="0">
-        <v>12385</v>
+        <v>12353</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F62" s="0"/>
+      <c r="F62" s="0" t="s">
+        <v>225</v>
+      </c>
       <c r="G62" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>259</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>260</v>
+        <v>31</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="D63" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E63" s="0" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>229</v>
+        <v>263</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>54</v>
+        <v>164</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="I64" s="1" t="s">
         <v>268</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
-      <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
         <v>269</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>270</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>271</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>272</v>
+      </c>
+      <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>165</v>
+        <v>82</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L65" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L65" s="0"/>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
+      <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>276</v>
+        <v>94</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>29</v>
+        <v>95</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I66" s="1" t="s">
         <v>277</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L66" s="0"/>
+      <c r="L66" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
         <v>278</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>279</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>280</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>281</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
         <v>282</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>283</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>284</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I68" s="1" t="s">
         <v>285</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
         <v>286</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="D69" s="0" t="s">
+      <c r="D69" s="0">
+        <v>51135556</v>
+      </c>
+      <c r="E69" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="F69" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="E69" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>289</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
         <v>290</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="D70" s="0">
-        <v>51135556</v>
+      <c r="D70" s="0" t="s">
+        <v>292</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I70" s="1" t="s">
         <v>293</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>18</v>
+        <v>202</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>294</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>295</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>296</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>29</v>
+        <v>95</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>16</v>
+        <v>82</v>
       </c>
       <c r="I71" s="1" t="s">
         <v>297</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L71" s="0"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>298</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>299</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>300</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>95</v>
+        <v>35</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>301</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L72" s="0"/>
+        <v>302</v>
+      </c>
+      <c r="L72" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="D73" s="0" t="s">
         <v>304</v>
       </c>
+      <c r="D73" s="0">
+        <v>12366</v>
+      </c>
       <c r="E73" s="0" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>305</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>92</v>
+        <v>18</v>
       </c>
       <c r="L73" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
         <v>306</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>307</v>
       </c>
       <c r="D74" s="0">
-        <v>12366</v>
+        <v>12397</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="H74" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>308</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
         <v>309</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>310</v>
       </c>
-      <c r="D75" s="0">
-        <v>12397</v>
+      <c r="D75" s="0" t="s">
+        <v>311</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="D76" s="0" t="s">
         <v>314</v>
       </c>
+      <c r="D76" s="0">
+        <v>82215</v>
+      </c>
       <c r="E76" s="0" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>315</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>59</v>
+        <v>195</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
         <v>316</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>317</v>
       </c>
-      <c r="D77" s="0">
-        <v>82215</v>
+      <c r="D77" s="0" t="s">
+        <v>318</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>14</v>
+        <v>121</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="H77" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="H77" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I77" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>319</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
         <v>320</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>321</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>322</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="H78" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>323</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L78" s="0"/>
+      <c r="L78" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>324</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>325</v>
       </c>
-      <c r="D79" s="0" t="s">
+      <c r="D79" s="0">
+        <v>97160720</v>
+      </c>
+      <c r="E79" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="F79" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="G79" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H79" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="I79" s="1" t="s">
         <v>326</v>
-      </c>
-[...11 lines deleted...]
-        <v>327</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
-      <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>327</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>328</v>
       </c>
-      <c r="C80" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D80" s="0">
-        <v>97160720</v>
+        <v>30597222</v>
       </c>
       <c r="E80" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="G80" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>165</v>
+        <v>82</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L80" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L80" s="0"/>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
+      <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="C81" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="C81" s="0" t="s">
+      <c r="D81" s="0">
+        <v>12323</v>
+      </c>
+      <c r="E81" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F81" s="0"/>
+      <c r="G81" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="H81" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="I81" s="1" t="s">
         <v>332</v>
-      </c>
-[...16 lines deleted...]
-        <v>333</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L81" s="0"/>
+      <c r="L81" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C82" s="0" t="s">
         <v>334</v>
       </c>
-      <c r="C82" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D82" s="0">
-        <v>12323</v>
+        <v>12350</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>182</v>
+        <v>18</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="C83" s="0" t="s">
         <v>337</v>
       </c>
-      <c r="C83" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D83" s="0">
-        <v>12350</v>
+        <v>12384</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>18</v>
+        <v>202</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="C84" s="0" t="s">
         <v>340</v>
       </c>
-      <c r="C84" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D84" s="0">
-        <v>12384</v>
+        <v>87004</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>107</v>
+        <v>164</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>203</v>
+        <v>18</v>
       </c>
       <c r="L84" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C85" s="0" t="s">
         <v>343</v>
       </c>
-      <c r="C85" s="0" t="s">
+      <c r="D85" s="0" t="s">
         <v>344</v>
       </c>
-      <c r="D85" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="0" t="s">
-        <v>14</v>
+        <v>121</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>345</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L85" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L85" s="0"/>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
         <v>346</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>347</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>348</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>165</v>
+        <v>54</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>349</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L86" s="0"/>
+      <c r="L86" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
         <v>350</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>351</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>352</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>353</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L87" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L87" s="0"/>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
         <v>354</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>355</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>356</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I88" s="1" t="s">
         <v>357</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L88" s="0"/>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="C89" s="0" t="s">
         <v>358</v>
       </c>
-      <c r="C89" s="0" t="s">
+      <c r="D89" s="0" t="s">
         <v>359</v>
       </c>
-      <c r="D89" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E89" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>362</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>363</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I90" s="1" t="s">
         <v>364</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="0"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
         <v>365</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>366</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>367</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>77</v>
+        <v>28</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>368</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L91" s="0"/>
+      <c r="L91" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
         <v>369</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>370</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>371</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>28</v>
+        <v>121</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>372</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L92" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
         <v>373</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>374</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>375</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="H93" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>376</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L93" s="0"/>
+      <c r="L93" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
-      <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>378</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>379</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>83</v>
+        <v>164</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>380</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="L94" s="0">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
+      <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
         <v>381</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>382</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>383</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>77</v>
+        <v>121</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>165</v>
+        <v>82</v>
       </c>
       <c r="I95" s="1" t="s">
         <v>384</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L95" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
         <v>385</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>386</v>
       </c>
-      <c r="D96" s="0" t="s">
-        <v>387</v>
+      <c r="D96" s="0">
+        <v>12330</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>122</v>
+        <v>14</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L96" s="0"/>
+        <v>195</v>
+      </c>
+      <c r="L96" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>389</v>
       </c>
-      <c r="C97" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D97" s="0">
-        <v>12330</v>
+        <v>12335</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="C98" s="0" t="s">
         <v>392</v>
       </c>
-      <c r="C98" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D98" s="0">
-        <v>12335</v>
+        <v>12337</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>59</v>
+        <v>18</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="C99" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="C99" s="0" t="s">
+      <c r="D99" s="0" t="s">
         <v>396</v>
       </c>
-      <c r="D99" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E99" s="0" t="s">
-        <v>14</v>
+        <v>121</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="H99" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="I99" s="1" t="s">
         <v>397</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L99" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L99" s="0"/>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
         <v>398</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>399</v>
       </c>
-      <c r="D100" s="0" t="s">
-        <v>400</v>
+      <c r="D100" s="0">
+        <v>12339</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>122</v>
+        <v>14</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L100" s="0"/>
+        <v>91</v>
+      </c>
+      <c r="L100" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="C101" s="0" t="s">
         <v>402</v>
       </c>
-      <c r="C101" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D101" s="0">
-        <v>12339</v>
+        <v>12336</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>92</v>
+        <v>302</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="D102" s="0">
-        <v>12336</v>
+        <v>12396</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>16</v>
+        <v>164</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>182</v>
+        <v>18</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="C103" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D103" s="0">
-        <v>12396</v>
+        <v>65060</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F103" s="0"/>
+      <c r="F103" s="0" t="s">
+        <v>408</v>
+      </c>
       <c r="G103" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>165</v>
+        <v>40</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>409</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
         <v>410</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>411</v>
       </c>
-      <c r="D104" s="0">
-        <v>65060</v>
+      <c r="D104" s="0" t="s">
+        <v>412</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="I104" s="1" t="s">
         <v>413</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>92</v>
+        <v>31</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
         <v>414</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>415</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>416</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>54</v>
+        <v>164</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>417</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L105" s="0"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
         <v>418</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>419</v>
       </c>
-      <c r="D106" s="0" t="s">
+      <c r="D106" s="0">
+        <v>12324</v>
+      </c>
+      <c r="E106" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F106" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="E106" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>165</v>
+        <v>54</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>421</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L106" s="0"/>
+        <v>31</v>
+      </c>
+      <c r="L106" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
         <v>422</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>423</v>
       </c>
-      <c r="D107" s="0">
-        <v>12324</v>
+      <c r="D107" s="0" t="s">
+        <v>424</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>54</v>
+        <v>159</v>
       </c>
       <c r="I107" s="1" t="s">
         <v>425</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L107" s="0"/>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
         <v>426</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>427</v>
       </c>
-      <c r="D108" s="0" t="s">
-        <v>428</v>
+      <c r="D108" s="0">
+        <v>12338</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>160</v>
+        <v>16</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L108" s="0"/>
+        <v>429</v>
+      </c>
+      <c r="L108" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
         <v>430</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>431</v>
       </c>
       <c r="D109" s="0">
-        <v>12338</v>
+        <v>12322</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="I109" s="1" t="s">
         <v>432</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L109" s="0"/>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
         <v>433</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>434</v>
       </c>
       <c r="D110" s="0">
-        <v>12322</v>
+        <v>12325</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="I110" s="1" t="s">
         <v>435</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L110" s="0"/>
+        <v>302</v>
+      </c>
+      <c r="L110" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
         <v>436</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>437</v>
       </c>
       <c r="D111" s="0">
-        <v>12325</v>
+        <v>12371</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="I111" s="1" t="s">
         <v>438</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>182</v>
+        <v>18</v>
       </c>
       <c r="L111" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
         <v>439</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>440</v>
       </c>
-      <c r="D112" s="0">
-        <v>12371</v>
+      <c r="D112" s="0" t="s">
+        <v>441</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F112" s="0"/>
+        <v>28</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>442</v>
+      </c>
       <c r="G112" s="0" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>54</v>
+        <v>164</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L112" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L112" s="0"/>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-        <v>444</v>
+        <v>445</v>
+      </c>
+      <c r="D113" s="0">
+        <v>51800015</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>446</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L113" s="0"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
         <v>447</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>448</v>
       </c>
       <c r="D114" s="0">
-        <v>51800015</v>
+        <v>97150856</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>165</v>
+        <v>106</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>449</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L114" s="0"/>
+      <c r="L114" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
         <v>450</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>451</v>
       </c>
       <c r="D115" s="0">
-        <v>97150856</v>
+        <v>82211</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>452</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L115" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
         <v>453</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>454</v>
       </c>
       <c r="D116" s="0">
-        <v>82211</v>
+        <v>12244</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="H116" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>455</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L116" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L116" s="0"/>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
         <v>456</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>457</v>
       </c>
       <c r="D117" s="0">
-        <v>12244</v>
+        <v>12329</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="H117" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>458</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L117" s="0"/>
+        <v>244</v>
+      </c>
+      <c r="L117" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
         <v>459</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>460</v>
       </c>
       <c r="D118" s="0">
-        <v>12329</v>
+        <v>120661</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>83</v>
+        <v>40</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>461</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>248</v>
+        <v>18</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
-      <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
         <v>462</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>463</v>
       </c>
-      <c r="D119" s="0">
-        <v>120661</v>
+      <c r="D119" s="0" t="s">
+        <v>464</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>95</v>
+        <v>465</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
-        <v>96</v>
+        <v>29</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L119" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L119" s="0"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>468</v>
+        <v>121</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>160</v>
+        <v>16</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>92</v>
+        <v>18</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
+      <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>468</v>
+        <v>121</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L121" s="0"/>
+      <c r="L121" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>122</v>
+        <v>35</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>16</v>
+        <v>96</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L123" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="D124" s="0" t="s">
         <v>484</v>
       </c>
+      <c r="D124" s="0">
+        <v>330078</v>
+      </c>
       <c r="E124" s="0" t="s">
-        <v>122</v>
+        <v>485</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>16</v>
+        <v>96</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L124" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
       <c r="L125" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-        <v>330078</v>
+        <v>492</v>
+      </c>
+      <c r="D126" s="0" t="s">
+        <v>493</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>492</v>
+        <v>76</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>79</v>
+        <v>499</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>79</v>
+        <v>504</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>521</v>
+        <v>18</v>
       </c>
       <c r="L132" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>18</v>
+        <v>514</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>521</v>
+        <v>78</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>521</v>
+        <v>514</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
-        <v>521</v>
+        <v>499</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>79</v>
+        <v>514</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>54</v>
+        <v>159</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="L140" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>521</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L141" s="0"/>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>160</v>
+        <v>16</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
-        <v>79</v>
+        <v>563</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>107</v>
+        <v>16</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L143" s="0"/>
+        <v>568</v>
+      </c>
+      <c r="L143" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
-      <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>570</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L144" s="0"/>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
-      <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
-        <v>516</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L145" s="0"/>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
+      <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>35</v>
+        <v>121</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L146" s="0"/>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
+      <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>35</v>
+        <v>121</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>54</v>
+        <v>106</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L147" s="0"/>
+      <c r="L147" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-        <v>585</v>
+        <v>586</v>
+      </c>
+      <c r="D148" s="0">
+        <v>12249</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>122</v>
+        <v>14</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>107</v>
+        <v>164</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L148" s="0"/>
+      <c r="L148" s="0">
+        <v>5</v>
+      </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>107</v>
+        <v>159</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L149" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>12249</v>
+        <v>593</v>
+      </c>
+      <c r="D150" s="0" t="s">
+        <v>594</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>14</v>
+        <v>121</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L150" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L150" s="0"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>77</v>
+        <v>121</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>598</v>
+        <v>18</v>
       </c>
       <c r="L151" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L152" s="0"/>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>165</v>
+        <v>106</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L153" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>165</v>
+        <v>54</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>610</v>
+        <v>188</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L154" s="0"/>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
         <v>611</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>612</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>613</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>77</v>
+        <v>121</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="I155" s="1" t="s">
         <v>614</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L155" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L155" s="0"/>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
         <v>615</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>616</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>617</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H156" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>189</v>
+        <v>618</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L156" s="0"/>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>107</v>
+        <v>159</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L157" s="0"/>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H158" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L158" s="0"/>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>160</v>
+        <v>16</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L159" s="0"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="H160" s="0" t="s">
         <v>54</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L160" s="0"/>
+        <v>635</v>
+      </c>
+      <c r="L160" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
-      <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>122</v>
+        <v>76</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
-        <v>82</v>
+        <v>15</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>16</v>
+        <v>159</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>637</v>
+        <v>380</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L161" s="0"/>
+      <c r="L161" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>639</v>
-[...1 lines deleted...]
-      <c r="D162" s="0" t="s">
         <v>640</v>
       </c>
+      <c r="D162" s="0">
+        <v>21288</v>
+      </c>
       <c r="E162" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>54</v>
+        <v>82</v>
       </c>
       <c r="I162" s="1" t="s">
         <v>641</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
-        <v>642</v>
+        <v>18</v>
       </c>
       <c r="L162" s="0">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="B163" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="C163" s="0" t="s">
         <v>643</v>
       </c>
-      <c r="C163" s="0" t="s">
+      <c r="D163" s="0" t="s">
         <v>644</v>
       </c>
-      <c r="D163" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E163" s="0" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="H163" s="0" t="s">
-        <v>160</v>
+        <v>106</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>384</v>
+        <v>645</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L163" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L163" s="0"/>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
         <v>646</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>647</v>
       </c>
-      <c r="D164" s="0">
-        <v>21288</v>
+      <c r="D164" s="0" t="s">
+        <v>648</v>
       </c>
       <c r="E164" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>83</v>
+        <v>54</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>51</v>
+        <v>302</v>
       </c>
       <c r="L164" s="0">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="B165" s="0" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>107</v>
+        <v>54</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L165" s="0"/>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
-      <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>54</v>
+        <v>164</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L166" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L166" s="0"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
+      <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>658</v>
-[...1 lines deleted...]
-      <c r="D167" s="0" t="s">
         <v>659</v>
       </c>
+      <c r="D167" s="0">
+        <v>12342</v>
+      </c>
       <c r="E167" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="I167" s="1" t="s">
         <v>660</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L167" s="0"/>
+      <c r="L167" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
+      <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
         <v>661</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>662</v>
       </c>
-      <c r="D168" s="0" t="s">
-        <v>663</v>
+      <c r="D168" s="0">
+        <v>12343</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>165</v>
+        <v>16</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L168" s="0"/>
+      <c r="L168" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="C169" s="0" t="s">
+        <v>664</v>
+      </c>
+      <c r="D169" s="0" t="s">
         <v>665</v>
       </c>
-      <c r="C169" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E169" s="0" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="F169" s="0"/>
       <c r="G169" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L169" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L169" s="0"/>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
+        <v>667</v>
+      </c>
+      <c r="C170" s="0" t="s">
         <v>668</v>
       </c>
-      <c r="C170" s="0" t="s">
+      <c r="D170" s="0" t="s">
         <v>669</v>
       </c>
-      <c r="D170" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E170" s="0" t="s">
-        <v>14</v>
+        <v>121</v>
       </c>
       <c r="F170" s="0"/>
       <c r="G170" s="0" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>16</v>
+        <v>164</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L170" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L170" s="0"/>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>77</v>
+        <v>121</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>107</v>
+        <v>159</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L171" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>