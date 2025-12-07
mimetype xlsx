--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -122,68 +122,71 @@
   <si>
     <t>07050203</t>
   </si>
   <si>
     <t>863078.00₸</t>
   </si>
   <si>
     <t>Плита индукционная IND 350B;,H=10,5,L=33,B=42,5см;3,5Квт</t>
   </si>
   <si>
     <t>07050206</t>
   </si>
   <si>
     <t>PIA01612/PIA01630</t>
   </si>
   <si>
     <t>Beckers</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>288065.00₸</t>
   </si>
   <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Плита индукционная встраиваемая;,H=60,L=355,B=355мм;2Квт</t>
+  </si>
+  <si>
+    <t>07050207</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>274393.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Плита индукционная встраиваемая;,H=60,L=355,B=355мм;2Квт</t>
-[...13 lines deleted...]
-  <si>
     <t>Верхняя панель д/PIA01610</t>
   </si>
   <si>
     <t>07050212</t>
   </si>
   <si>
     <t>PIA01000</t>
   </si>
   <si>
     <t>147910.00₸</t>
   </si>
   <si>
     <t>Стекло д/индукционной плиты PFD35;,L=28,5см</t>
   </si>
   <si>
     <t>07050213</t>
   </si>
   <si>
     <t>CO0646</t>
   </si>
   <si>
     <t>Fimar</t>
   </si>
   <si>
     <t>43082.00₸</t>
@@ -198,53 +201,50 @@
     <t>PFD35N235M</t>
   </si>
   <si>
     <t>EasyLine</t>
   </si>
   <si>
     <t>225341.00₸</t>
   </si>
   <si>
     <t>Плита индукционная IN3500</t>
   </si>
   <si>
     <t>07050215</t>
   </si>
   <si>
     <t>IN3500</t>
   </si>
   <si>
     <t>Cas</t>
   </si>
   <si>
     <t>КОРЕЯ, РЕСПУБЛИКА</t>
   </si>
   <si>
     <t>288057.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>2 шт.</t>
   </si>
   <si>
     <t>Плита индукционная «Вок» IN3500</t>
   </si>
   <si>
     <t>07050216</t>
   </si>
   <si>
     <t>IN3500 WOK</t>
   </si>
   <si>
     <t>Wok</t>
   </si>
   <si>
     <t>176400.00₸</t>
   </si>
   <si>
     <t>Плита индукционная;D=185,H=75мм;700вт</t>
   </si>
   <si>
     <t>07050217</t>
   </si>
   <si>
     <t>IC</t>
   </si>
@@ -1428,202 +1428,202 @@
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="0">
         <v>12285</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>40</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="B8" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="0"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>66</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="0"/>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>69</v>
       </c>
       <c r="E13" s="0" t="s">