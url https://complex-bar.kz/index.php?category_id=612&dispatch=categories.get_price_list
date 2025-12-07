--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -68,51 +68,51 @@
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Лукошко паровое димсам;сосна;D=15,H=13,5см;бежев.</t>
   </si>
   <si>
     <t>03021801</t>
   </si>
   <si>
     <t>E-011-15/15-415</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
-    <t>Приготовление на пару</t>
+    <t>Паровые лукошки</t>
   </si>
   <si>
     <t>11774.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Лукошко паровое димсам;сосна;D=18,H=13,5см;бежев.</t>
   </si>
   <si>
     <t>03021802</t>
   </si>
   <si>
     <t>E-011-18/15-418</t>
   </si>
   <si>
     <t>13468.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Лукошко паровое димсам;сосна;D=21,H=15см;бежев.</t>
   </si>
@@ -185,50 +185,53 @@
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Лукошко паровое димсам;бамбук;D=30см</t>
   </si>
   <si>
     <t>03022000</t>
   </si>
   <si>
     <t>49603-30</t>
   </si>
   <si>
     <t>34612.00₸</t>
   </si>
   <si>
     <t>Пароварка «Пардини»;2,5л;D=14,H=16см</t>
   </si>
   <si>
     <t>04010289</t>
   </si>
   <si>
     <t>518-14</t>
   </si>
   <si>
+    <t>Рисоварки и пароварки</t>
+  </si>
+  <si>
     <t>27629.00₸</t>
   </si>
   <si>
     <t>Вставка для пароварки;сталь;D=51,H=13см;металлич.</t>
   </si>
   <si>
     <t>04011724</t>
   </si>
   <si>
     <t>49606-00</t>
   </si>
   <si>
     <t>Комплектующие для приготовления на пару</t>
   </si>
   <si>
     <t>43043.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Пароварка с крышкой;сталь нерж.;,L=15,3см</t>
   </si>
   <si>
     <t>04013301</t>
@@ -266,117 +269,111 @@
   <si>
     <t>49606-01</t>
   </si>
   <si>
     <t>23193.00₸</t>
   </si>
   <si>
     <t>Рисоварка с функцией термоса;сталь нерж.;5,4л;1,45Квт;серебрист.</t>
   </si>
   <si>
     <t>07020504</t>
   </si>
   <si>
     <t>CR-3021</t>
   </si>
   <si>
     <t>Cuckoo</t>
   </si>
   <si>
     <t>КОРЕЯ, РЕСПУБЛИКА</t>
   </si>
   <si>
     <t>346500.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Рисоварка с функцией термоса;6,3л;1,55Квт</t>
   </si>
   <si>
     <t>07020505</t>
   </si>
   <si>
     <t>CR-3521</t>
   </si>
   <si>
     <t>377300.00₸</t>
   </si>
   <si>
-    <t>6 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Коврик для рисоварки;силикон;D=26см;свет.-сер.</t>
   </si>
   <si>
     <t>07020510</t>
   </si>
   <si>
     <t>2211/3021</t>
   </si>
   <si>
     <t>9510.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Рисоварка с функцией термоса;4,6л;1,36Квт</t>
   </si>
   <si>
     <t>07020512</t>
   </si>
   <si>
     <t>SR-4600</t>
   </si>
   <si>
     <t>258836.00₸</t>
   </si>
   <si>
     <t>Рисоварка с функцией термоса;1л</t>
   </si>
   <si>
     <t>07020513</t>
   </si>
   <si>
     <t>CR-0632</t>
   </si>
   <si>
     <t>135520.00₸</t>
   </si>
   <si>
     <t>Коврик для рисоварки;силикон;D=28см;свет.-сер.</t>
   </si>
   <si>
     <t>07020514</t>
   </si>
   <si>
     <t>9240.00₸</t>
   </si>
   <si>
-    <t>18 шт.</t>
+    <t>11 шт.</t>
   </si>
   <si>
     <t>Чаша для рисоварки CR-3521 съемная;алюмин.,керамика</t>
   </si>
   <si>
     <t>07020516</t>
   </si>
   <si>
     <t>SR-3511</t>
   </si>
   <si>
     <t>83630.00₸</t>
   </si>
   <si>
     <t>Рисоварка;сталь нерж.;21л;D=50,H=35см;3Квт</t>
   </si>
   <si>
     <t>07020518</t>
   </si>
   <si>
     <t>49954-21</t>
   </si>
   <si>
     <t>356318.00₸</t>
   </si>
@@ -1554,51 +1551,51 @@
         <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L4" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
@@ -1743,495 +1740,495 @@
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E10" s="0"/>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H10" s="0" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D12" s="0">
         <v>77020</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D13" s="0">
         <v>11000010402</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L13" s="0"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L14" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>92</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>93</v>
+        <v>63</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="D18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>99</v>
       </c>
-      <c r="D19" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D20" s="0">
         <v>3521</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="B21" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="D21" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L21" s="0"/>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>45</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="D23" s="0">
         <v>11000019711</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="D24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>