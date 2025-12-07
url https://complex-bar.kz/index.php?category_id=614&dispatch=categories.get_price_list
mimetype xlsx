--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -146,237 +146,228 @@
   <si>
     <t>93982.00₸</t>
   </si>
   <si>
     <t>34 шт.</t>
   </si>
   <si>
     <t>Выключатель питания</t>
   </si>
   <si>
     <t>07020517</t>
   </si>
   <si>
     <t>GRI0249</t>
   </si>
   <si>
     <t>Beckers</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>8963.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Гриль-саламандер SA936;сталь;,H=28,L=61,B=33см;2Квт;металлич.</t>
   </si>
   <si>
     <t>07020708</t>
   </si>
   <si>
     <t>SAL01598</t>
   </si>
   <si>
     <t>353569.00₸</t>
   </si>
   <si>
     <t>Гриль-саламандер SA 450;,H=53,L=48,B=47см;2,8Квт</t>
   </si>
   <si>
     <t>07020709</t>
   </si>
   <si>
     <t>SAL01596</t>
   </si>
   <si>
     <t>876722.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
     <t>Гриль-саламандер SA600;,H=53,L=48,B=47см;4Квт</t>
   </si>
   <si>
     <t>07020710</t>
   </si>
   <si>
     <t>SAL01597</t>
   </si>
   <si>
     <t>648595.00₸</t>
   </si>
   <si>
     <t>Гриль контактный R1;сталь нерж.;,H=26,L=43,B=42см;1,8Квт;серебрист.</t>
   </si>
   <si>
     <t>07020711</t>
   </si>
   <si>
     <t>PIA01599/PIA03000</t>
   </si>
   <si>
     <t>326442.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Гриль контактный R2;сталь;,H=21,5,L=58,B=39см;3,6Квт;металлич.</t>
   </si>
   <si>
     <t>07020712</t>
   </si>
   <si>
     <t>PIA01886</t>
   </si>
   <si>
     <t>277539.00₸</t>
   </si>
   <si>
     <t>Гриль контактный R2L2;сталь;,H=21,5,L=58,B=39см;3,6Квт;металлич.</t>
   </si>
   <si>
     <t>07020713</t>
   </si>
   <si>
     <t>PIA01886/PIA03040</t>
   </si>
   <si>
     <t>563517.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
     <t>Гриль контактный модель EG-01 220V;,H=19,L=37,B=31см;1,8Квт</t>
   </si>
   <si>
     <t>07020719</t>
   </si>
   <si>
     <t>ELP25EG0123M</t>
   </si>
   <si>
     <t>Fimar</t>
   </si>
   <si>
     <t>EasyLine</t>
   </si>
   <si>
     <t>211974.00₸</t>
   </si>
   <si>
     <t>Гриль контактный SLL;,L=46,B=34см;1,7Квт</t>
   </si>
   <si>
     <t>07020721</t>
   </si>
   <si>
     <t>PIA03168</t>
   </si>
   <si>
     <t>671433.00₸</t>
   </si>
   <si>
+    <t>Элемент электронагревательный для гриля SA600</t>
+  </si>
+  <si>
+    <t>07020729</t>
+  </si>
+  <si>
+    <t>SAL03032</t>
+  </si>
+  <si>
+    <t>159283.00₸</t>
+  </si>
+  <si>
     <t>Гриль;сталь нерж.;,H=35,L=235,B=190мм</t>
   </si>
   <si>
     <t>07020732</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>29291.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Пружина д/прижимного механизма д/гриль R1</t>
   </si>
   <si>
     <t>07020733</t>
   </si>
   <si>
     <t>GRI0255</t>
   </si>
   <si>
     <t>43382.00₸</t>
   </si>
   <si>
     <t>Нижняя поверхность д/гриля EG-01</t>
   </si>
   <si>
     <t>07020735</t>
   </si>
   <si>
     <t>CO6114</t>
   </si>
   <si>
     <t>59160.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Нагревательный элемент для гриля SA450</t>
   </si>
   <si>
     <t>07020736</t>
   </si>
   <si>
     <t>SAL02982</t>
   </si>
   <si>
     <t>198999.00₸</t>
   </si>
   <si>
     <t>Коптильня;250вт</t>
   </si>
   <si>
     <t>07021201</t>
   </si>
   <si>
     <t>1275683.00₸</t>
-  </si>
-[...13 lines deleted...]
-    <t>75586.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -391,51 +382,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8FEB425-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806BC-4250-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BC61EE8-2D56-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BC61E48-2D56-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FF7AF27-2231-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF870C-424F-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF870D-424F-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF870E-424F-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF870F-424F-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8710-424F-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8711-424F-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29F7C9B0-2231-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C93-4254-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29F7C910-2231-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D14C53AC-222F-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19C33AD5-2230-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DAC4E-EAEE-11EF-BC4E-00505692C44717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B405540D-4250-11E8-A155-00259035BB6718.gif"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B8FEB425-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA0806BC-4250-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BC61EE8-2D56-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1BC61E48-2D56-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2FF7AF27-2231-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF870C-424F-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF870D-424F-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF870E-424F-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF870F-424F-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8710-424F-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF8711-424F-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29F7C9B0-2231-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC901C93-4254-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155A1D45-222F-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29F7C910-2231-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D14C53AC-222F-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19C33AD5-2230-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D16DAC4E-EAEE-11EF-BC4E-00505692C44718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B405540D-4250-11E8-A155-00259035BB6719.gif"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -936,50 +927,80 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1225,51 +1246,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zharovnya-gril-perenosnaya-lodge-04020505/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zharovnya-kotel-s-kryshkoy-lodge-04020547/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zharovnya-gril-prohotel-04022142/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zharovnya-gril-prohotel-04022143/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-pitaniya-beckers-07020517/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-salamander-sa936-beckers-07020708/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-salamander-sa-450-beckers-07020709/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-salamander-sa600-beckers-07020710/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-kontaktnyy-r1-beckers-07020711/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-kontaktnyy-r2-beckers-07020712/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-kontaktnyy-r2l2-beckers-07020713/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-kontaktnyy-model-eg-01-fimar-07020719/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-kontaktnyy-sll-beckers-07020721/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-matfer-07020732/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pruzhina-d-prizhimnogo-mehanizma-d-gril-r1-beckers-07020733/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nizhnyaya-poverhnost-d-grilya-eg-01-fimar-07020735/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nagrevatelnyy-element-dlya-grilya-sa450-beckers-07020736/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koptilnya-matfer-07021201/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-kontaktnyy-dexp-07020909/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zharovnya-gril-perenosnaya-lodge-04020505/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zharovnya-kotel-s-kryshkoy-lodge-04020547/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zharovnya-gril-prohotel-04022142/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zharovnya-gril-prohotel-04022143/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vyklyuchatel-pitaniya-beckers-07020517/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-salamander-sa936-beckers-07020708/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-salamander-sa-450-beckers-07020709/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-salamander-sa600-beckers-07020710/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-kontaktnyy-r1-beckers-07020711/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-kontaktnyy-r2-beckers-07020712/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-kontaktnyy-r2l2-beckers-07020713/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-kontaktnyy-model-eg-01-fimar-07020719/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-kontaktnyy-sll-beckers-07020721/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/element-nagrevatelnyy-elektricheskiy-dlya-marmita-beckers-07020729/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/gril-matfer-07020732/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pruzhina-d-prizhimnogo-mehanizma-d-gril-r1-beckers-07020733/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nizhnyaya-poverhnost-d-grilya-eg-01-fimar-07020735/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nagrevatelnyy-element-dlya-grilya-sa450-beckers-07020736/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koptilnya-matfer-07021201/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I20" sqref="I20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -1451,115 +1472,115 @@
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>42</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
@@ -1579,115 +1600,115 @@
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>59</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>41</v>
       </c>
@@ -1723,222 +1744,225 @@
       <c r="G14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>78</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="D15" s="0">
-        <v>714022</v>
+      <c r="D15" s="0" t="s">
+        <v>81</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>82</v>
+        <v>41</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="D16" s="0">
+        <v>714022</v>
+      </c>
+      <c r="E16" s="0" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>41</v>
+        <v>86</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="D17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="0" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>93</v>
+        <v>19</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C18" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E18" s="0" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C19" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E19" s="0" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>82</v>
+        <v>41</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L19" s="0"/>
+      <c r="L19" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
+      <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...3 lines deleted...]
-        <v>103</v>
+      <c r="D20" s="0">
+        <v>245900</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>104</v>
+        <v>85</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>29</v>
+        <v>86</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>