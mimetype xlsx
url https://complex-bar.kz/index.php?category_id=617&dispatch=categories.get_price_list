--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -179,96 +179,96 @@
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>16688.00₸</t>
   </si>
   <si>
     <t>Набор д/подачи саджа б/крышки 2 пр-та;металл;D=29см</t>
   </si>
   <si>
     <t>04013102</t>
   </si>
   <si>
     <t>CHS0029</t>
   </si>
   <si>
     <t>Sadj</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>37284.00₸</t>
   </si>
   <si>
-    <t>35 шт.</t>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Набор для подачи саджа с крышкой;медь,металл;D=30,H=20,L=38см</t>
   </si>
   <si>
     <t>04013103</t>
   </si>
   <si>
     <t>CH0030</t>
   </si>
   <si>
     <t>167090.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
     <t>Набор для подачи саджа без крышки 2 предмета;тефлон,сталь нерж.;D=29,5,H=23см</t>
   </si>
   <si>
     <t>04013105</t>
   </si>
   <si>
     <t>CH0029</t>
   </si>
   <si>
     <t>41426.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>7 шт.</t>
   </si>
   <si>
     <t>Набор д/подачи саджа б/крышки 2 пр-та;тефлон,сталь нерж.;D=34,H=23см</t>
   </si>
   <si>
     <t>04013106</t>
   </si>
   <si>
     <t>CHS0034</t>
   </si>
   <si>
     <t>44853.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>12 шт.</t>
   </si>
   <si>
     <t>Набор д/подачи саджа б/крышки 2 пр-та;тефлон,сталь нерж.;D=43,H=23см</t>
   </si>
   <si>
     <t>04013107</t>
   </si>
   <si>
     <t>CH0043</t>
   </si>
   <si>
     <t>51475.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
     <t>Набор д/подачи саджа б/крышки 2 пр-та;металл;D=35см</t>
   </si>
   <si>
     <t>04013108</t>
   </si>
   <si>
     <t>37954.00₸</t>
   </si>
@@ -287,90 +287,90 @@
   <si>
     <t>Набор для подачи саджа без крышки 2 предмета;сталь нерж.,тефлон;D=29,5,H=23см;серебрист.</t>
   </si>
   <si>
     <t>04013112</t>
   </si>
   <si>
     <t>CH0029silver</t>
   </si>
   <si>
     <t>44807.00₸</t>
   </si>
   <si>
     <t>Набор для подачи саджа без крышки 2 предмета;сталь нерж.,тефлон;D=34,H=23см;золотой</t>
   </si>
   <si>
     <t>04013113</t>
   </si>
   <si>
     <t>CHS0034gold</t>
   </si>
   <si>
     <t>45130.00₸</t>
   </si>
   <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
     <t>Набор для подачи саджа без крышки 2 предмета;сталь нерж.,тефлон;D=34,H=23см;серебрист.</t>
   </si>
   <si>
     <t>04013114</t>
   </si>
   <si>
     <t>CHS0034silver</t>
   </si>
   <si>
     <t>47571.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
+    <t>25 шт.</t>
   </si>
   <si>
     <t>Набор для подачи саджа без крышки 2 предмета;сталь нерж.,тефлон;D=43,H=23см;золотой</t>
   </si>
   <si>
     <t>04013115</t>
   </si>
   <si>
     <t>CH0043gold</t>
   </si>
   <si>
     <t>49873.00₸</t>
   </si>
   <si>
-    <t>42 шт.</t>
+    <t>39 шт.</t>
   </si>
   <si>
     <t>Набор для подачи саджа без крышки 2 предмета;сталь нерж.,тефлон;D=43,H=23см;серебрист.</t>
   </si>
   <si>
     <t>04013116</t>
   </si>
   <si>
     <t>CH0043silver</t>
-  </si>
-[...1 lines deleted...]
-    <t>4 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1755,51 +1755,51 @@
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>80</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>81</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>84</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
@@ -1819,147 +1819,147 @@
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>89</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>103</v>
+        <v>54</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>