--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -248,558 +248,552 @@
   <si>
     <t>04010856</t>
   </si>
   <si>
     <t>798784.00₸</t>
   </si>
   <si>
     <t>Мармит GN 2/3 с крышкой;сталь нерж.,стекло;5,5л;,H=34,L=44,B=41см;металлич.</t>
   </si>
   <si>
     <t>04010862</t>
   </si>
   <si>
     <t>781512.00₸</t>
   </si>
   <si>
     <t>Мармит GN 2/3 с крышкой;,H=34,L=44,B=41см</t>
   </si>
   <si>
     <t>04010868</t>
   </si>
   <si>
     <t>370994.00₸</t>
   </si>
   <si>
+    <t>Мармит GN 2/3;сталь нерж.;,H=19,L=45,B=37см;металлич.</t>
+  </si>
+  <si>
+    <t>04010870</t>
+  </si>
+  <si>
+    <t>57.0002.6040</t>
+  </si>
+  <si>
+    <t>919203.00₸</t>
+  </si>
+  <si>
+    <t>Мармит со стекляннной крышкой;сталь нерж.;9л;,H=34,L=59,B=45см;металлич.</t>
+  </si>
+  <si>
+    <t>04010873</t>
+  </si>
+  <si>
+    <t>823774.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Мармит «Роял»;сталь нерж.;9л;D=66/45,H=43см</t>
+  </si>
+  <si>
+    <t>04010874</t>
+  </si>
+  <si>
+    <t>399833.00₸</t>
+  </si>
+  <si>
+    <t>Мармит электрический;пластик,сталь нерж.;D=67/47,H=45,L=67,B=47см</t>
+  </si>
+  <si>
+    <t>04010875</t>
+  </si>
+  <si>
+    <t>501494.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Мармит круглый с горелкой;сталь нерж.;7,5л;D=34,H=34см</t>
+  </si>
+  <si>
+    <t>04010881</t>
+  </si>
+  <si>
+    <t>GW-835/835-01</t>
+  </si>
+  <si>
+    <t>36535.00₸</t>
+  </si>
+  <si>
+    <t>Мармит на 5 гастроемкостей GN 1/6;,H=32,L=98,5,B=22см;700вт</t>
+  </si>
+  <si>
+    <t>04010893</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>466289.00₸</t>
+  </si>
+  <si>
+    <t>Мармит круглый с крышкой;сталь нерж.,стекло;6л;D=38,5,H=34см</t>
+  </si>
+  <si>
+    <t>04010896</t>
+  </si>
+  <si>
+    <t>Globe</t>
+  </si>
+  <si>
+    <t>697297.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Мармит GN 2/3;сталь нерж.;,H=19,L=45,B=37см;металлич.</t>
-[...62 lines deleted...]
-    <t>1203018.00₸</t>
+    <t>Мармит;сталь нерж.;9л;,H=40,5,L=60,5,B=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04010902</t>
+  </si>
+  <si>
+    <t>290452.00₸</t>
+  </si>
+  <si>
+    <t>Мармит GN 1/1 со стеклянной крышкой;сталь нерж.,стекло;9л;,H=33,L=66,B=48см</t>
+  </si>
+  <si>
+    <t>04010903</t>
+  </si>
+  <si>
+    <t>Premium</t>
+  </si>
+  <si>
+    <t>1472063.00₸</t>
+  </si>
+  <si>
+    <t>Мармит;сталь нерж.;9л;,H=35,5,L=61,4,B=33см;металлич.</t>
+  </si>
+  <si>
+    <t>04010906</t>
+  </si>
+  <si>
+    <t>C333T</t>
+  </si>
+  <si>
+    <t>71937.00₸</t>
+  </si>
+  <si>
+    <t>Мармит «Катерер»;сталь нерж.;9л;,H=40,L=64,5,B=35см;металлич.</t>
+  </si>
+  <si>
+    <t>04010909</t>
+  </si>
+  <si>
+    <t>289184.00₸</t>
+  </si>
+  <si>
+    <t>Мармит;сталь нерж.;4,5л;,H=31,5,L=44,B=29см;металлич.</t>
+  </si>
+  <si>
+    <t>04010915</t>
+  </si>
+  <si>
+    <t>X22287T</t>
+  </si>
+  <si>
+    <t>Sunnex</t>
+  </si>
+  <si>
+    <t>59381.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Мармит;сталь нерж.;,H=32,L=63,B=35см</t>
+  </si>
+  <si>
+    <t>04010916</t>
+  </si>
+  <si>
+    <t>X25187H</t>
+  </si>
+  <si>
+    <t>56336.00₸</t>
+  </si>
+  <si>
+    <t>Мармит круглый с крышкой (из двух частей);сталь нерж.,стекло;6л;,H=33,L=44,B=54см</t>
+  </si>
+  <si>
+    <t>04010920</t>
+  </si>
+  <si>
+    <t>846962.00₸</t>
+  </si>
+  <si>
+    <t>Мармит GN 2/3 индукционный ;5,5л;,H=30,L=42,B=41см</t>
+  </si>
+  <si>
+    <t>04015003</t>
+  </si>
+  <si>
+    <t>588935.00₸</t>
+  </si>
+  <si>
+    <t>Мармит G/N 1/1 с крышкой;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04015005</t>
+  </si>
+  <si>
+    <t>258921.00₸</t>
+  </si>
+  <si>
+    <t>Мармит GN 1/1;сталь нерж.;8,5л;,H=37,L=64,B=36см</t>
+  </si>
+  <si>
+    <t>04015010</t>
+  </si>
+  <si>
+    <t>X51229</t>
+  </si>
+  <si>
+    <t>131040.00₸</t>
+  </si>
+  <si>
+    <t>Мармит круглый;сталь нерж.;6,8л;D=36см</t>
+  </si>
+  <si>
+    <t>04015011</t>
+  </si>
+  <si>
+    <t>W05-3001</t>
+  </si>
+  <si>
+    <t>160916.00₸</t>
+  </si>
+  <si>
+    <t>Мармит;сталь нерж.;5,5л</t>
+  </si>
+  <si>
+    <t>04015012</t>
+  </si>
+  <si>
+    <t>W35100</t>
+  </si>
+  <si>
+    <t>182392.00₸</t>
+  </si>
+  <si>
+    <t>04015013</t>
+  </si>
+  <si>
+    <t>W08-1011</t>
+  </si>
+  <si>
+    <t>267827.00₸</t>
+  </si>
+  <si>
+    <t>Мармит;сталь нерж.;8,5л</t>
+  </si>
+  <si>
+    <t>04015014</t>
+  </si>
+  <si>
+    <t>W05-2001</t>
+  </si>
+  <si>
+    <t>196994.00₸</t>
+  </si>
+  <si>
+    <t>Мармит круглый;сталь нерж.;D=39см</t>
+  </si>
+  <si>
+    <t>04015016</t>
+  </si>
+  <si>
+    <t>57.0001.6040</t>
+  </si>
+  <si>
+    <t>699453.00₸</t>
+  </si>
+  <si>
+    <t>Мармит;сталь нерж.,стекло;5л;D=36,H=15см;металлич.</t>
+  </si>
+  <si>
+    <t>04019027</t>
+  </si>
+  <si>
+    <t>58176-36</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>468907.00₸</t>
+  </si>
+  <si>
+    <t>Мармит «Изи Индакшн»;сталь нерж.;6л;,H=30,L=50,B=46см;стальной</t>
+  </si>
+  <si>
+    <t>04019056</t>
+  </si>
+  <si>
+    <t>Easy Induction</t>
+  </si>
+  <si>
+    <t>611103.00₸</t>
+  </si>
+  <si>
+    <t>Мармит GN 1/1 индукционный ;сталь нерж.;9л;,H=30,L=60,B=42см;металлич.</t>
+  </si>
+  <si>
+    <t>04019125</t>
+  </si>
+  <si>
+    <t>810025.00₸</t>
+  </si>
+  <si>
+    <t>Мармит круглый индукционный (из двух частей);сталь нерж.;6л;,H=33,L=54,B=44см;металлич.</t>
+  </si>
+  <si>
+    <t>04019127</t>
+  </si>
+  <si>
+    <t>1148763.00₸</t>
+  </si>
+  <si>
+    <t>Станция для подогрева еды;,H=70,L=78,B=52см</t>
+  </si>
+  <si>
+    <t>07090302</t>
+  </si>
+  <si>
+    <t>PIA01900</t>
+  </si>
+  <si>
+    <t>Beckers</t>
+  </si>
+  <si>
+    <t>554108.00₸</t>
+  </si>
+  <si>
+    <t>Мармит электрический 50Гц;металл;8,5л;,H=45,L=72,B=52см;900вт</t>
+  </si>
+  <si>
+    <t>07100209</t>
+  </si>
+  <si>
+    <t>X813087V-1</t>
+  </si>
+  <si>
+    <t>221368.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Мармит электрический 50Гц;металл;13,5л;,H=45,L=72,B=52см;900вт;металлич.</t>
+  </si>
+  <si>
+    <t>07100210</t>
+  </si>
+  <si>
+    <t>X813187V-1</t>
+  </si>
+  <si>
+    <t>290178.00₸</t>
+  </si>
+  <si>
+    <t>Мармит электрический 50Гц;металл;8,5л;,H=30,L=64,5,B=35см;500вт</t>
+  </si>
+  <si>
+    <t>07100211</t>
+  </si>
+  <si>
+    <t>X82128-1</t>
+  </si>
+  <si>
+    <t>135856.00₸</t>
+  </si>
+  <si>
+    <t>Мармит электрический 50Гц;металл;8,5л;,H=43,L=67,B=53см;500вт</t>
+  </si>
+  <si>
+    <t>07100212</t>
+  </si>
+  <si>
+    <t>X823128V-1</t>
+  </si>
+  <si>
+    <t>233688.00₸</t>
+  </si>
+  <si>
+    <t>Мармит электрический 50Гц;металл;8,5л;,H=25,L=58,5,B=35см;500вт</t>
+  </si>
+  <si>
+    <t>07100213</t>
+  </si>
+  <si>
+    <t>X84129-1</t>
+  </si>
+  <si>
+    <t>100128.00₸</t>
+  </si>
+  <si>
+    <t>Мармит электрический 50Гц;сталь нерж.,полипроп.;8,5л;,H=30,L=58,5,B=35см;760вт</t>
+  </si>
+  <si>
+    <t>07100216</t>
+  </si>
+  <si>
+    <t>X81087-1</t>
+  </si>
+  <si>
+    <t>106547.00₸</t>
+  </si>
+  <si>
+    <t>Мармит электрический 50Гц;сталь нерж.,полипроп.;13,5л;,H=30,L=58,5,B=35см;760вт</t>
+  </si>
+  <si>
+    <t>07100217</t>
+  </si>
+  <si>
+    <t>X81187-1</t>
+  </si>
+  <si>
+    <t>105413.00₸</t>
+  </si>
+  <si>
+    <t>Мармит электрический 50Гц;сталь нерж.,полипроп.;8,5л;,H=30,L=64,5,B=35см;760вт</t>
+  </si>
+  <si>
+    <t>07100218</t>
+  </si>
+  <si>
+    <t>X85087-1</t>
+  </si>
+  <si>
+    <t>141022.00₸</t>
+  </si>
+  <si>
+    <t>Мармит электрический;сталь нерж.,полипроп.;13,5л;,H=30,L=64,5,B=35см;760вт</t>
+  </si>
+  <si>
+    <t>07100219</t>
+  </si>
+  <si>
+    <t>X85187-1</t>
+  </si>
+  <si>
+    <t>156261.00₸</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Мармит электрический;сталь нерж.;10л;,H=34,5,L=67,5,B=44см;360вт;серебрист.</t>
+  </si>
+  <si>
+    <t>07100233</t>
+  </si>
+  <si>
+    <t>18132E55</t>
+  </si>
+  <si>
+    <t>1243712.00₸</t>
+  </si>
+  <si>
+    <t>Мармит GN 2/3 с крышкой;сталь нерж.</t>
+  </si>
+  <si>
+    <t>07100248</t>
+  </si>
+  <si>
+    <t>57.0021.6040</t>
+  </si>
+  <si>
+    <t>Мармит GN 1/1;сталь нерж.</t>
+  </si>
+  <si>
+    <t>07100252</t>
+  </si>
+  <si>
+    <t>57.0022.6040</t>
+  </si>
+  <si>
+    <t>1410148.00₸</t>
+  </si>
+  <si>
+    <t>Мармит GN 1/1;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>07100304</t>
+  </si>
+  <si>
+    <t>57.0003.6040</t>
+  </si>
+  <si>
+    <t>1806236.00₸</t>
+  </si>
+  <si>
+    <t>Мармит электрический с крышкой 50/60Гц;сталь,стекло;3,8л;D=30,H=23,5см;500вт;металлич.,прозр.</t>
+  </si>
+  <si>
+    <t>07100406</t>
+  </si>
+  <si>
+    <t>X83521-1</t>
+  </si>
+  <si>
+    <t>104615.00₸</t>
+  </si>
+  <si>
+    <t>23 шт.</t>
+  </si>
+  <si>
+    <t>Мармит GN 1/1;сталь нерж.;8,5л;,H=17,5,L=59,5,B=45,5см</t>
+  </si>
+  <si>
+    <t>07100256</t>
+  </si>
+  <si>
+    <t>W21-1100</t>
+  </si>
+  <si>
+    <t>427000.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
-  </si>
-[...436 lines deleted...]
-    <t>427000.00₸</t>
   </si>
   <si>
     <t>Мармит GN 1/1 с капсульным дном и крышкой;сталь нерж.,стекло;8,5л</t>
   </si>
   <si>
     <t>04015204</t>
   </si>
   <si>
     <t>W20-1102T</t>
   </si>
   <si>
     <t>605500.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -826,51 +820,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539DF-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EB-424B-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44993A1C-424C-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCD8F5-21C0-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE579B-424C-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0B00-424C-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C090FD-21C0-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A824-424D-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A825-424D-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A826-424D-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC13051F-E3D4-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A4388A7-7711-11EE-BC0F-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C092DD-21C0-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C91529AD-770E-11EE-BC0F-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C08E7D-21C0-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C08FBD-21C0-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDAD5-21C0-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A326611-4251-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCD995-21C0-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575CD-4251-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDB75-21C0-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FAE-4252-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDCC7-21C0-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EC-424B-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C0905D-21C0-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A839-424D-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C0923D-21C0-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E05-4253-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E06-4253-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDD67-21C0-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F2D4-21C4-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F374-21C4-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9BFAF10-EA57-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F194-21C4-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9BFAF12-EA57-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474840A9-21C4-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47484009-21C4-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47484289-21C4-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47484149-21C4-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F414-21C4-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EA19B65-6C00-11EE-BC0F-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EA199A7-6C00-11EE-BC0F-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6846-2230-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6998-2230-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E846E44F-4252-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E846E451-4252-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB68F8-2230-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA789820-4253-11E8-A155-00259035BB6748.gif"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6782-2230-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E01-4253-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E02-4253-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CA8DB29-2230-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CA8DE27-2230-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CA8DFE5-2230-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7379329-25A1-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07A63D44-EF76-11EF-BC46-0050569297EB56.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539DF-424B-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EB-424B-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44993A1C-424C-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCD8F5-21C0-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E0FE579B-424C-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEFB0B00-424C-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C090FD-21C0-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A824-424D-11E8-A155-00259035BB678.gif"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A825-424D-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A826-424D-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DC13051F-E3D4-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9A4388A7-7711-11EE-BC0F-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C092DD-21C0-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C91529AD-770E-11EE-BC0F-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C08E7D-21C0-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C08FBD-21C0-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDAD5-21C0-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A326611-4251-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCD995-21C0-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575CD-4251-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52309FAE-4252-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDCC7-21C0-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841127EC-424B-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C0905D-21C0-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B11A839-424D-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F3C0923D-21C0-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E05-4253-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E06-4253-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDBCDD67-21C0-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F2D4-21C4-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F374-21C4-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9BFAF10-EA57-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F194-21C4-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F9BFAF12-EA57-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474840A9-21C4-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47484009-21C4-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47484289-21C4-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47484149-21C4-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4D42F414-21C4-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EA19B65-6C00-11EE-BC0F-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4EA199A7-6C00-11EE-BC0F-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6846-2230-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6998-2230-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E846E44F-4252-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E846E451-4252-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB68F8-2230-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA789820-4253-11E8-A155-00259035BB6747.gif"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56AB6782-2230-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E01-4253-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C0813E02-4253-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CA8DB29-2230-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CA8DE27-2230-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5CA8DFE5-2230-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7379329-25A1-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07A63D44-EF76-11EF-BC46-0050569297EB55.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2065,51 +2059,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="41" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>42</xdr:row>
+      <xdr:row>43</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="42" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -2335,51 +2329,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="50" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>52</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="51" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -2468,80 +2462,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="55" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2800,62 +2764,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-2-mya-emkostyami-aps-04010801/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-aps-04010807/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-eternum-04010816/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010819/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-krugl-so-steklemkostyu-aps-04010820/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-2otdel-ilsa-04010824/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010831/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-dvigayuschkrysh-1-2-hepp-04010832/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-dvigayuschkrysh-hepp-04010833/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-hepp-04010834/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-dvigayuschkrysh-prohotel-04010835/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-aps-04010853/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-indukcionnyy-1-1-aps-04010856/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-aps-04010862/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-gn-2-s-kryshkoy-aps-04010868/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-2-3-hepp-04010870/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-steklyannnoy-aps-04010873/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010874/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-aps-04010875/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-s-gorelkoy-prohotel-04010881/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-aps-04010884/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-d-5-gn-1-6-matfer-04010893/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-s-kryshkoy-aps-04010896/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010902/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-so-steklyannoy-kryshkoy-aps-04010903/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-prohotel-04010906/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010909/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04010915/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04010916/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-s-kryshkoy-aps-04010920/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-indukcionnyy-gn-2-3-aps-04015003/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-g-n-1-1-s-kryshkoy-aps-04015005/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015010/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-sunnex-04015011/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015012/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015013/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015014/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-hepp-04015016/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-paderno-04019027/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04019056/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04019125/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04019127/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-dlya-razogreva-edy-beckers-07090302/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100209/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100210/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100211/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100212/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100213/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100216/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100217/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100218/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100219/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-paderno-07100233/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-gn2-3-hepp-07100248/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-g-n-1-1-hepp-07100252/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-hepp-07100304/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-07100406/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-sunnex-07100256/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015204/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-2-mya-emkostyami-aps-04010801/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-aps-04010807/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-eternum-04010816/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010819/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-krugl-so-steklemkostyu-aps-04010820/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-2otdel-ilsa-04010824/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010831/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-dvigayuschkrysh-1-2-hepp-04010832/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-dvigayuschkrysh-hepp-04010833/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-hepp-04010834/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-dvigayuschkrysh-prohotel-04010835/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-aps-04010853/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-indukcionnyy-1-1-aps-04010856/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-aps-04010862/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-gn-2-s-kryshkoy-aps-04010868/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-2-3-hepp-04010870/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-steklyannnoy-aps-04010873/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010874/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-aps-04010875/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-s-gorelkoy-prohotel-04010881/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-d-5-gn-1-6-matfer-04010893/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-s-kryshkoy-aps-04010896/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010902/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-so-steklyannoy-kryshkoy-aps-04010903/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-prohotel-04010906/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04010909/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04010915/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04010916/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-s-kryshkoy-aps-04010920/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-indukcionnyy-gn-2-3-aps-04015003/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-g-n-1-1-s-kryshkoy-aps-04015005/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015010/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-sunnex-04015011/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015012/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015013/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015014/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-kruglyy-hepp-04015016/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-paderno-04019027/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04019056/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04019125/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-aps-04019127/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stanciya-dlya-razogreva-edy-beckers-07090302/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100209/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100210/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100211/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100212/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100213/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100216/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100217/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100218/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-sunnex-07100219/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-elektricheskiy-paderno-07100233/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-s-kryshkoy-gn2-3-hepp-07100248/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-g-n-1-1-hepp-07100252/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-hepp-07100304/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-07100406/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-1-1-sunnex-07100256/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marmit-sunnex-04015204/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L60"/>
+  <dimension ref="A1:L59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I60" sqref="I60"/>
+      <selection activeCell="I59" sqref="I59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -3344,1446 +3308,1414 @@
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D16" s="0">
         <v>12483</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>76</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D18" s="0">
         <v>12404</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="D19" s="0">
         <v>12358</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D20" s="0">
         <v>12360</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0">
+        <v>868506</v>
+      </c>
+      <c r="E22" s="0" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>49</v>
+        <v>99</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>101</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>102</v>
       </c>
       <c r="D23" s="0">
-        <v>868506</v>
+        <v>12403</v>
       </c>
       <c r="E23" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F23" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>18</v>
+        <v>105</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D24" s="0">
-        <v>12403</v>
+        <v>12300</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F24" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="0">
-        <v>12300</v>
+        <v>12352</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F25" s="0"/>
+      <c r="F25" s="0" t="s">
+        <v>111</v>
+      </c>
       <c r="G25" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>112</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>114</v>
       </c>
-      <c r="D26" s="0">
-        <v>12352</v>
+      <c r="D26" s="0" t="s">
+        <v>115</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>115</v>
+        <v>62</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="D27" s="0" t="s">
-        <v>119</v>
+      <c r="D27" s="0">
+        <v>12245</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>18</v>
+        <v>105</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>122</v>
       </c>
-      <c r="D28" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E28" s="0" t="s">
-        <v>14</v>
+        <v>123</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>77</v>
+        <v>125</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>129</v>
+        <v>18</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="D30" s="0" t="s">
+      <c r="D30" s="0">
+        <v>12353</v>
+      </c>
+      <c r="E30" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F30" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="G30" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I30" s="1" t="s">
         <v>132</v>
-      </c>
-[...11 lines deleted...]
-        <v>133</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>18</v>
+        <v>105</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="C31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="0">
-        <v>12353</v>
+        <v>12323</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="C32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" s="0">
-        <v>12323</v>
+        <v>12350</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="D33" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>14</v>
+        <v>123</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>142</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>143</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>144</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>145</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>146</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L34" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>149</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>150</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>151</v>
       </c>
-      <c r="C36" s="0" t="s">
+      <c r="D36" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="D36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>156</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>157</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>160</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>127</v>
+        <v>48</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>161</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="0"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>164</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>48</v>
+        <v>165</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L39" s="0"/>
+        <v>105</v>
+      </c>
+      <c r="L39" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D40" s="0" t="s">
         <v>168</v>
       </c>
+      <c r="D40" s="0">
+        <v>12324</v>
+      </c>
       <c r="E40" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F40" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>170</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D41" s="0">
-        <v>12324</v>
+        <v>12322</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="F41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C42" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" s="0">
-        <v>12322</v>
+        <v>12371</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L42" s="0"/>
+      <c r="L42" s="0">
+        <v>2</v>
+      </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
-      <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="D43" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="0" t="s">
-        <v>14</v>
+        <v>180</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L43" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
+      <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>184</v>
+        <v>123</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>185</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L44" s="0"/>
+        <v>186</v>
+      </c>
+      <c r="L44" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>193</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>194</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>190</v>
+        <v>18</v>
       </c>
       <c r="L46" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>197</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>198</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>18</v>
+        <v>186</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>199</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>200</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>201</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>202</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>203</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>204</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>205</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>206</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>190</v>
+        <v>125</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
         <v>207</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>208</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>209</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>210</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>129</v>
+        <v>186</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
         <v>214</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>190</v>
+        <v>125</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>217</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>218</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>129</v>
+        <v>219</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
-      <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>127</v>
+        <v>165</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L53" s="0"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
+      <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>169</v>
+        <v>48</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>226</v>
+        <v>80</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="0"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>228</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>229</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>81</v>
+        <v>230</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="0"/>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="0"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>48</v>
+        <v>123</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>49</v>
+        <v>15</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L57" s="0"/>
+        <v>239</v>
+      </c>
+      <c r="L57" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
-      <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L59" s="0">
-[...30 lines deleted...]
-      <c r="L60" s="0"/>
+      <c r="L59" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -4802,51 +4734,50 @@
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
-    <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>