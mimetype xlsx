--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="152">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
   <si>
     <t>04010156</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>Мармиты для первых блюд</t>
   </si>
   <si>
     <t>31185.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Мармит-супница;сталь нерж.;10л;D=32,H=42см;470вт;черный,металлич.</t>
   </si>
   <si>
     <t>04010802</t>
   </si>
   <si>
-    <t>111076.00₸</t>
+    <t>119637.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Мармит-супница электрический;металл,пластик;10л;D=40/28,5,H=35см;400вт;черный</t>
   </si>
   <si>
     <t>04010810</t>
   </si>
   <si>
     <t>82328-1</t>
   </si>
   <si>
     <t>Sunnex</t>
   </si>
   <si>
     <t>128051.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Мармит-супница с половником;сталь,полипроп.;10л;D=40,H=44см;500вт;черный,металлич.</t>
   </si>
@@ -143,170 +143,176 @@
   <si>
     <t>GW-8307BM</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>32326.00₸</t>
   </si>
   <si>
     <t>Мармит-супница;сталь;10л;D=48,H=32см;металлич.</t>
   </si>
   <si>
     <t>04010860</t>
   </si>
   <si>
     <t>537649.00₸</t>
   </si>
   <si>
     <t>Мармит-супница для индукции;сталь нерж.;10л;D=48,H=45см</t>
   </si>
   <si>
     <t>04010866</t>
   </si>
   <si>
-    <t>605087.00₸</t>
+    <t>635838.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Мармит «Премиум»;сталь нерж.;11л;D=44/48,H=39см;металлич.</t>
+  </si>
+  <si>
+    <t>04010876</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>1049603.00₸</t>
+  </si>
+  <si>
+    <t>Станция для первых блюд с мармитом;дерево,сталь нерж.;,H=26,L=64,B=46см;венге</t>
+  </si>
+  <si>
+    <t>04012104</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Buffet</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>342212.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница (5л х 2шт);сталь нерж.,мдф;10л;,H=26,L=64,B=46см;белый</t>
+  </si>
+  <si>
+    <t>04012161</t>
+  </si>
+  <si>
+    <t>511B5556</t>
+  </si>
+  <si>
+    <t>490252.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Станция для первых блюд с мармитом (2шт);сталь нерж.;D=22см</t>
+  </si>
+  <si>
+    <t>04015015</t>
+  </si>
+  <si>
+    <t>F1805556</t>
+  </si>
+  <si>
+    <t>344283.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница;сталь нерж.,стекло;4л;D=30,5,H=17,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>04015022</t>
+  </si>
+  <si>
+    <t>332448.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Мармит-супница;сталь нерж.,стекло;4л;D=30,5,H=17,5см;медный</t>
+  </si>
+  <si>
+    <t>04015023</t>
+  </si>
+  <si>
+    <t>442150.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница;сталь нерж.,стекло;4л;D=30,5,H=17,5см;красный</t>
+  </si>
+  <si>
+    <t>04015024</t>
+  </si>
+  <si>
+    <t>404397.00₸</t>
+  </si>
+  <si>
+    <t>Мармит-супница;сталь нерж.,стекло;4л;D=30,5,H=17,5см;зелен.</t>
+  </si>
+  <si>
+    <t>04015202</t>
+  </si>
+  <si>
+    <t>422538.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Мармит-супница;сталь нерж.,стекло;4л;D=30,5,H=17,5см;желт.</t>
+  </si>
+  <si>
+    <t>04015203</t>
   </si>
   <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Мармит «Премиум»;сталь нерж.;11л;D=44/48,H=39см;металлич.</t>
-[...38 lines deleted...]
-    <t>490252.00₸</t>
+    <t>Мармит-супница;сталь нерж.,стекло;4л;D=30,5,H=17,5см;черный</t>
+  </si>
+  <si>
+    <t>04019124</t>
+  </si>
+  <si>
+    <t>462455.00₸</t>
   </si>
   <si>
     <t>10 шт.</t>
   </si>
   <si>
-    <t>Станция для первых блюд с мармитом (2шт);сталь нерж.;D=22см</t>
-[...67 lines deleted...]
-  <si>
     <t>Мармит круглый индукционный (без нагревательного элемента);сталь нерж.;11л;,H=39,L=48,B=42см;металли</t>
   </si>
   <si>
     <t>04019126</t>
   </si>
   <si>
     <t>603834.00₸</t>
   </si>
   <si>
     <t>Станция для первых блюд для мармита 30 см;сталь нерж.;4,5л;металлич.</t>
   </si>
   <si>
     <t>07090304</t>
   </si>
   <si>
     <t>12.2073.0000</t>
   </si>
   <si>
     <t>Hepp</t>
   </si>
   <si>
     <t>610341.00₸</t>
   </si>
   <si>
     <t>Станция для первых блюд для мармита GN 1/1;сталь нерж.;4,5л;металлич.</t>
@@ -347,159 +353,162 @@
   <si>
     <t>Мармит-супница электрический 50Гц;сталь нерж.;10л;,H=38,L=40,B=40см;450вт</t>
   </si>
   <si>
     <t>07100205</t>
   </si>
   <si>
     <t>83388-1</t>
   </si>
   <si>
     <t>181706.00₸</t>
   </si>
   <si>
     <t>Мармит-супница электрический 50Гц;пластик,алюмин.;10л;D=35,H=38,L=40,B=40см;450вт;черный</t>
   </si>
   <si>
     <t>07100206</t>
   </si>
   <si>
     <t>87328-1</t>
   </si>
   <si>
     <t>100373.00₸</t>
   </si>
   <si>
-    <t>48 шт.</t>
+    <t>45 шт.</t>
   </si>
   <si>
     <t>Мармит-супница электрический 50Гц;пластик,сталь нерж.;10л;D=30,H=32,L=33,4,B=32,8см;450вт;черный</t>
   </si>
   <si>
     <t>07100207</t>
   </si>
   <si>
     <t>E01-10011</t>
   </si>
   <si>
     <t>86009.00₸</t>
   </si>
   <si>
-    <t>32 шт.</t>
+    <t>28 шт.</t>
   </si>
   <si>
     <t>Мармит-супница электрический 50Гц с крышкой;пластик,сталь нерж.;10л;D=28,H=32,L=33,4,B=32,8см;450вт;</t>
   </si>
   <si>
     <t>07100208</t>
   </si>
   <si>
     <t>E01-10111</t>
   </si>
   <si>
     <t>83860.00₸</t>
   </si>
   <si>
     <t>37 шт.</t>
   </si>
   <si>
     <t>Мармит-супница (4л х 2шт) электрический 50Гц с двумя половниками;сталь нерж.,полипроп.;8л;,H=31,L=64</t>
   </si>
   <si>
     <t>07100220</t>
   </si>
   <si>
     <t>X85887-1</t>
   </si>
   <si>
     <t>190127.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Мармит-супница электрический с половником (крышка сталь) ;сталь нерж.,полипроп.;10л;,H=36,5,L=38,B=3</t>
   </si>
   <si>
     <t>07100225</t>
   </si>
   <si>
     <t>E07-10011</t>
   </si>
   <si>
     <t>138754.00₸</t>
   </si>
   <si>
-    <t>22 шт.</t>
+    <t>20 шт.</t>
   </si>
   <si>
     <t>Мармит-супница электрический с половником (крышка пластик);сталь нерж.,полипроп.;10л;,H=35,5,L=38,B=</t>
   </si>
   <si>
     <t>07100226</t>
   </si>
   <si>
     <t>E07-10111</t>
   </si>
   <si>
     <t>113008.00₸</t>
   </si>
   <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
     <t>Мармит электрический круглый;сталь нерж.;6л;D=40,H=43см;360вт</t>
   </si>
   <si>
     <t>07100231</t>
   </si>
   <si>
     <t>58136E41</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>874366.00₸</t>
   </si>
   <si>
     <t>Мармит;сталь нерж.;металлич.</t>
   </si>
   <si>
     <t>07100305</t>
   </si>
   <si>
     <t>12.2297.0000</t>
   </si>
   <si>
     <t>697774.00₸</t>
   </si>
   <si>
     <t>Мармит-супница (состар. сталь);сталь нерж.,стекло;4л;D=30,5,H=17,5см;металлич.</t>
   </si>
   <si>
     <t>04010466</t>
   </si>
   <si>
-    <t>286643.00₸</t>
+    <t>383313.00₸</t>
   </si>
   <si>
     <t>Мармит-супница;сталь нерж.,стекло;4л;D=30,5,H=17,5см;золотой</t>
   </si>
   <si>
     <t>04010467</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -2028,51 +2037,51 @@
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="0">
         <v>12399</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>39</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="0">
         <v>12398</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
@@ -2256,51 +2265,51 @@
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D14" s="0">
         <v>12335</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>69</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D15" s="0">
         <v>12337</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
@@ -2352,586 +2361,586 @@
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>77</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>78</v>
       </c>
       <c r="D17" s="0">
         <v>12336</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>75</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D18" s="0">
         <v>12338</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>58</v>
+        <v>83</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D19" s="0">
         <v>12325</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="D21" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="E21" s="0" t="s">
         <v>90</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>28</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>120</v>
+        <v>137</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="B31" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0"/>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>46</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D33" s="0">
         <v>12342</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D34" s="0">
         <v>12343</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>