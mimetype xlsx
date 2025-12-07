--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="338">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="351">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -221,80 +221,77 @@
   <si>
     <t>23 шт.</t>
   </si>
   <si>
     <t>Поднос «Политрид» прорезиненный круглый;полипроп.;D=35,5см;коричнев.</t>
   </si>
   <si>
     <t>04080118</t>
   </si>
   <si>
     <t>PT1400167</t>
   </si>
   <si>
     <t>13006.00₸</t>
   </si>
   <si>
     <t>Поднос «Политрид» прорезиненный круглый;полипроп.;D=40,5см;коричнев.</t>
   </si>
   <si>
     <t>04080119</t>
   </si>
   <si>
     <t>PT1600167</t>
   </si>
   <si>
-    <t>29176.00₸</t>
+    <t>35059.00₸</t>
   </si>
   <si>
     <t>Поднос «Политрид» прорезиненный круглый;полипроп.;D=28см;коричнев.</t>
   </si>
   <si>
     <t>04080120</t>
   </si>
   <si>
     <t>PT1100167</t>
   </si>
   <si>
     <t>16147.00₸</t>
   </si>
   <si>
     <t>Поднос «Политрид» прорезиненный круглый;полипроп.;D=35,5см;черный</t>
   </si>
   <si>
     <t>04080122</t>
   </si>
   <si>
     <t>PT1400110</t>
   </si>
   <si>
     <t>21668.00₸</t>
   </si>
   <si>
-    <t>2 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос «Политрид» прорезиненный круглый;полипроп.;D=28см;черный</t>
   </si>
   <si>
     <t>04080124</t>
   </si>
   <si>
     <t>PT1100110</t>
   </si>
   <si>
     <t>11212.00₸</t>
   </si>
   <si>
     <t>Поднос прорезиненный прямоугольный;стеклопласт.;,L=46,B=36см;черный</t>
   </si>
   <si>
     <t>04080125</t>
   </si>
   <si>
     <t>PT1418110</t>
   </si>
   <si>
     <t>Поднос «Камтрид» прорезиненный круглый;стеклопласт.;D=28см;черный</t>
   </si>
   <si>
     <t>04080126</t>
@@ -407,182 +404,182 @@
   <si>
     <t>1800CT138</t>
   </si>
   <si>
     <t>28775.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прорезиненный прямоугольный;фибергласс;,L=41,B=30,5см;черный</t>
   </si>
   <si>
     <t>04080604</t>
   </si>
   <si>
     <t>1216ct/gf/black</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>5369.00₸</t>
   </si>
   <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прорезиненный прямоугольный;фибергласс;,L=51,B=38см;черный</t>
+  </si>
+  <si>
+    <t>04080606</t>
+  </si>
+  <si>
+    <t>1520ct/gf/black</t>
+  </si>
+  <si>
+    <t>11319.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прорезиненный прямоугольный;фибергласс;,L=51,B=38см;коричнев.</t>
+  </si>
+  <si>
+    <t>04080607</t>
+  </si>
+  <si>
+    <t>1520ct/gf/brown</t>
+  </si>
+  <si>
+    <t>12362.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прорезиненный овальный;фибергласс;,L=63,B=52см;черный</t>
+  </si>
+  <si>
+    <t>04080608</t>
+  </si>
+  <si>
+    <t>2500ct/gf/black</t>
+  </si>
+  <si>
+    <t>25130.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прорезиненный овальный;фибергласс;,L=68,5,B=56см;черный</t>
+  </si>
+  <si>
+    <t>04080609</t>
+  </si>
+  <si>
+    <t>2700ct/gf/black</t>
+  </si>
+  <si>
+    <t>26621.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прорезиненный овальный;фибергласс;,L=73,5,B=60см;черный</t>
+  </si>
+  <si>
+    <t>04080610</t>
+  </si>
+  <si>
+    <t>2900ct/gf/black</t>
+  </si>
+  <si>
+    <t>35763.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Проотель» прорезиненный круглый;пластик;D=27,5см;черный</t>
+  </si>
+  <si>
+    <t>04080611</t>
+  </si>
+  <si>
+    <t>1100ct/sp/black</t>
+  </si>
+  <si>
+    <t>2541.00₸</t>
+  </si>
+  <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
-    <t>Поднос «Проотель» прорезиненный прямоугольный;фибергласс;,L=51,B=38см;черный</t>
-[...76 lines deleted...]
-  <si>
     <t>Поднос «Проотель» прорезиненный овальный;пластик;,L=59,B=49см;коричнев.</t>
   </si>
   <si>
     <t>04080612</t>
   </si>
   <si>
     <t>2500ct/sp/brown</t>
   </si>
   <si>
     <t>11620.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прорезиненный овальный;пластик;,L=73,B=60см;черный</t>
   </si>
   <si>
     <t>04080613</t>
   </si>
   <si>
     <t>2900ct/sp/black</t>
   </si>
   <si>
     <t>20867.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прорезиненный прямоугольный;полипроп.;,L=45,5,B=35,5см;черный</t>
   </si>
   <si>
     <t>04080614</t>
   </si>
   <si>
     <t>1418ct/p/black</t>
   </si>
   <si>
     <t>6860.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прорезиненный прямоугольный;полипроп.;,L=51,B=38см;черный</t>
   </si>
   <si>
     <t>04080615</t>
   </si>
   <si>
     <t>1520ct/p/black</t>
   </si>
   <si>
     <t>6111.00₸</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Поднос «Проотель» прорезиненный прямоугольный;полипроп.;,L=51,B=38см;коричнев.</t>
   </si>
   <si>
     <t>04080616</t>
   </si>
   <si>
     <t>1520ct/p/brown</t>
   </si>
   <si>
     <t>6580.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прорезиненный круглый;фибергласс;D=27,5см;черный</t>
   </si>
   <si>
     <t>04080617</t>
   </si>
   <si>
     <t>1100ct/gf/black</t>
   </si>
   <si>
     <t>4480.00₸</t>
   </si>
   <si>
     <t>Поднос «Проотель» прорезиненный круглый;фибергласс;D=35,5см;черный</t>
@@ -1029,50 +1026,92 @@
     <t>11196.00₸</t>
   </si>
   <si>
     <t>Поднос «Гастро» прорезиненный круглый;стеклопласт.;D=355,H=20мм;черный</t>
   </si>
   <si>
     <t>04082568</t>
   </si>
   <si>
     <t>14145.00₸</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
     <t>Поднос прорезиненный прямоугольный;стеклопласт.;,L=65,B=45см;черный</t>
   </si>
   <si>
     <t>09100311</t>
   </si>
   <si>
     <t>1826CT110</t>
   </si>
   <si>
     <t>46224.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Нослайд» прорезиненный круглый;стеклопласт.;D=275,H=20мм;черный</t>
+  </si>
+  <si>
+    <t>04082611</t>
+  </si>
+  <si>
+    <t>00547</t>
+  </si>
+  <si>
+    <t>NOSLIDE</t>
+  </si>
+  <si>
+    <t>6608.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Нослайд» прорезиненный круглый;стеклопласт.;D=355,H=20мм;черный</t>
+  </si>
+  <si>
+    <t>04082612</t>
+  </si>
+  <si>
+    <t>00548</t>
+  </si>
+  <si>
+    <t>8344.00₸</t>
+  </si>
+  <si>
+    <t>Поднос «Грипзон» прорезиненный круглый;стеклопласт.;D=360,H=35мм;черный</t>
+  </si>
+  <si>
+    <t>04082610</t>
+  </si>
+  <si>
+    <t>00500</t>
+  </si>
+  <si>
+    <t>GRIPZONE</t>
+  </si>
+  <si>
+    <t>21999.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1087,51 +1126,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096DE0-21C4-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096E92-21C4-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD3-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD4-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD5-424B-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD6-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD7-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD8-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD9-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDA-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDB-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDC-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDD-424B-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDF-424B-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BE1-424B-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539EE-424B-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CCC-424B-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EED-424B-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08DADCD2-AEC9-11EE-BC40-00505692492F19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EEF-424B-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC853-424B-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A5E43A4-8146-11E9-BBBA-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20777E12-424C-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E6A2-424C-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08DADF44-AEC9-11EE-BC40-00505692492F25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57F8C-21C3-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57E4C-21C3-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2154-424D-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2155-424D-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2156-424D-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2157-424D-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2158-424D-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2159-424D-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215A-424D-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215B-424D-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215C-424D-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215D-424D-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215E-424D-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1474-424D-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75FFD-21C4-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1476-424D-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75F4B-21C4-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF5803E-21C3-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF580DE-21C3-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147A-424D-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57EEC-21C3-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147C-424D-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147D-424D-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147E-424D-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096C8E-21C4-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1480-424D-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096BDC-21C4-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1482-424D-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096B2A-21C4-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1484-424D-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1485-424D-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1486-424D-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1487-424D-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1488-424D-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1489-424D-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F762C5-21C4-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F76377-21C4-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F76161-21C4-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F76213-21C4-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A148E-424D-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149A-424D-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149B-424D-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149C-424D-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149D-424D-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F760AF-21C4-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4542-424D-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4543-424D-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75CCB-21C4-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75E0B-21C4-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096F44-21C4-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1CB886C-6C40-11EE-BC0F-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1CB87CC-6C40-11EE-BC0F-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08DADBC6-AEC9-11EE-BC40-00505692492F78.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096DE0-21C4-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096E92-21C4-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD3-424B-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD4-424B-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD5-424B-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD6-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD7-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD8-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BD9-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDA-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDB-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDC-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDD-424B-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BDF-424B-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/457B0BE1-424B-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539EE-424B-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CCC-424B-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EED-424B-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08DADCD2-AEC9-11EE-BC40-00505692492F19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8A1D9EEF-424B-11E8-A155-00259035BB6720.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/962CC853-424B-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7A5E43A4-8146-11E9-BBBA-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20777E12-424C-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2677E6A2-424C-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08DADF44-AEC9-11EE-BC40-00505692492F25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57F8C-21C3-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57E4C-21C3-11EE-BC0D-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2154-424D-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2155-424D-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2156-424D-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2157-424D-11E8-A155-00259035BB6731.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2158-424D-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A2159-424D-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215A-424D-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215B-424D-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215C-424D-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215D-424D-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/710A215E-424D-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1474-424D-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75FFD-21C4-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1476-424D-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75F4B-21C4-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF5803E-21C3-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF580DE-21C3-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147A-424D-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEF57EEC-21C3-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147C-424D-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147D-424D-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A147E-424D-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096C8E-21C4-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1480-424D-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096BDC-21C4-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1482-424D-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096B2A-21C4-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1484-424D-11E8-A155-00259035BB6755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1485-424D-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1486-424D-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1487-424D-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1488-424D-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A1489-424D-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F762C5-21C4-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F76377-21C4-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F76161-21C4-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F76213-21C4-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A148E-424D-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149A-424D-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149B-424D-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149C-424D-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/770A149D-424D-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F760AF-21C4-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4542-424D-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/830C4543-424D-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75CCB-21C4-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04F75E0B-21C4-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0B096F44-21C4-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1CB886C-6C40-11EE-BC0F-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D1CB87CC-6C40-11EE-BC0F-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08DADBC6-AEC9-11EE-BC40-00505692492F78.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D04476A5-C7F0-11F0-BC5A-00505692E2D079.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D0446F7A-C7F0-11F0-BC5A-00505692E2D080.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3C929B4-C7F0-11F0-BC5A-00505692E2D081.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -3419,50 +3458,140 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>78</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="78" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3721,62 +3850,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080105/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080106/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080107/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080108/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080111/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080112/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080113/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080114/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080115/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080117/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080118/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080119/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080120/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080122/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080124/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080125/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080126/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080129/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080130/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080131/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080132/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-04080161/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080192/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-04080199/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080447/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080604/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080606/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080607/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080608/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080609/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080610/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080611/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080612/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080613/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080614/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080615/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080616/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080617/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080618/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080619/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080620/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080621/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080622/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080623/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080624/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080625/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080626/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080627/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080628/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080629/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080630/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080631/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080632/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080633/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080634/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080635/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080636/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080637/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080638/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080639/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080640/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080641/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080642/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080643/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080644/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080646/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080647/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080648/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080649/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080650/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080651/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080652/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04081025/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-carlisle-04081138/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-aps-04081174/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082567/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082568/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-09100311/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080105/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080106/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080107/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080108/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080111/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080112/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080113/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080114/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080115/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080117/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080118/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080119/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080120/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080122/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080124/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080125/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080126/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04080129/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080130/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080131/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080132/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-04080161/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-04080192/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-04080199/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-cambro-04080447/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080604/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080606/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080607/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080608/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080609/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080610/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080611/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080612/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080613/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080614/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080615/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080616/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080617/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080618/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080619/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080620/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080621/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080622/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080623/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080624/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080625/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080626/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080627/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080628/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080629/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080630/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080631/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080632/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080633/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080634/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080635/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080636/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080637/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080638/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080639/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080640/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080641/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080642/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080643/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080644/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080646/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-prohotel-04080647/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080648/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080649/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-prohotel-04080650/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080651/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-prohotel-04080652/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-ovalnyy-cambro-04081025/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-carlisle-04081138/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-kruglyy-aps-04081174/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082567/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082568/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-prorezinennyy-pryamougolnyy-cambro-09100311/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082611/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082612/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-aps-04082610/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L79"/>
+  <dimension ref="A1:L82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I79" sqref="I79"/>
+      <selection activeCell="I82" sqref="I82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -4259,2127 +4388,2223 @@
         <v>73</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>76</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>82</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>55</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L18" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>77</v>
+        <v>20</v>
       </c>
       <c r="L21" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L22" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="C23" s="0" t="s">
+      <c r="D23" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E23" s="0"/>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="L24" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E25" s="0"/>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>120</v>
       </c>
-      <c r="C26" s="0" t="s">
+      <c r="D26" s="0" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="E27" s="0" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I27" s="1" t="s">
         <v>128</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="D28" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="D29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E29" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="D30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="L30" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>144</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="D31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L31" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>150</v>
       </c>
-      <c r="D32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>153</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="D33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="L33" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>159</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>160</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="L34" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>163</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>164</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>167</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>168</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="L36" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>171</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>172</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>173</v>
+        <v>129</v>
       </c>
       <c r="L37" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="D38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>173</v>
+        <v>129</v>
       </c>
       <c r="L38" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="D39" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L39" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="C40" s="0" t="s">
+      <c r="D40" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="D40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E40" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>173</v>
+        <v>129</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="D41" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L41" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="C42" s="0" t="s">
         <v>190</v>
       </c>
-      <c r="C42" s="0" t="s">
+      <c r="D42" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="D42" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E42" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="C43" s="0" t="s">
+      <c r="D43" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="D43" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E43" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>173</v>
+        <v>129</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="D44" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>173</v>
+        <v>129</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="C45" s="0" t="s">
+      <c r="D45" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="D45" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E45" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L45" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="D46" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="D46" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>173</v>
+        <v>147</v>
       </c>
       <c r="L46" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="D47" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="D48" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="D48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C49" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="C49" s="0" t="s">
+      <c r="D49" s="0" t="s">
         <v>217</v>
       </c>
-      <c r="D49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E49" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L49" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>221</v>
       </c>
-      <c r="D50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L50" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>225</v>
       </c>
-      <c r="D51" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>173</v>
+        <v>129</v>
       </c>
       <c r="L51" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>228</v>
       </c>
-      <c r="C52" s="0" t="s">
+      <c r="D52" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="D52" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="L52" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="C53" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="C53" s="0" t="s">
+      <c r="D53" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="D53" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E53" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="L53" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="C54" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="C54" s="0" t="s">
+      <c r="D54" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="D54" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E54" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="C55" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="D55" s="0" t="s">
         <v>240</v>
       </c>
-      <c r="D55" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="L55" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="C56" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="D56" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="D56" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E56" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="L56" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="D57" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="D57" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E57" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L57" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="C58" s="0" t="s">
         <v>251</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="D58" s="0" t="s">
         <v>252</v>
       </c>
-      <c r="D58" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="C59" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="D59" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="D59" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E59" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="L59" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="C60" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="D60" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="D60" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L60" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C61" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="C61" s="0" t="s">
+      <c r="D61" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="D61" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L61" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>266</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="D62" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="L62" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C63" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="C63" s="0" t="s">
+      <c r="D63" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="D63" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>173</v>
+        <v>129</v>
       </c>
       <c r="L63" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="D64" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E64" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="L64" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="D65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="L65" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="D66" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="D66" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E66" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L66" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C67" s="0" t="s">
         <v>285</v>
       </c>
-      <c r="C67" s="0" t="s">
+      <c r="D67" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="D67" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E67" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>173</v>
+        <v>129</v>
       </c>
       <c r="L67" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="D68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>293</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="D69" s="0" t="s">
         <v>294</v>
       </c>
-      <c r="D69" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="L69" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="D70" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="D70" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="L70" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C71" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="C71" s="0" t="s">
+      <c r="D71" s="0" t="s">
         <v>301</v>
       </c>
-      <c r="D71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E71" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L71" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C72" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="D72" s="0" t="s">
         <v>305</v>
       </c>
-      <c r="D72" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>173</v>
+        <v>129</v>
       </c>
       <c r="L72" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>309</v>
       </c>
-      <c r="D73" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E73" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L73" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C74" s="0" t="s">
         <v>311</v>
       </c>
-      <c r="C74" s="0" t="s">
+      <c r="D74" s="0" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>315</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="D75" s="0" t="s">
         <v>316</v>
       </c>
-      <c r="D75" s="0" t="s">
+      <c r="E75" s="0" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L75" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>320</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="D76" s="0" t="s">
         <v>321</v>
       </c>
-      <c r="D76" s="0" t="s">
+      <c r="E76" s="0" t="s">
         <v>322</v>
       </c>
-      <c r="E76" s="0" t="s">
+      <c r="F76" s="0" t="s">
         <v>323</v>
       </c>
-      <c r="F76" s="0" t="s">
+      <c r="G76" s="0" t="s">
         <v>324</v>
       </c>
-      <c r="G76" s="0" t="s">
+      <c r="H76" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I76" s="1" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>326</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="D77" s="0">
         <v>547</v>
       </c>
       <c r="E77" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="F77" s="0" t="s">
         <v>323</v>
       </c>
-      <c r="F77" s="0" t="s">
+      <c r="G77" s="0" t="s">
         <v>324</v>
       </c>
-      <c r="G77" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L77" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="D78" s="0">
         <v>548</v>
       </c>
       <c r="E78" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="F78" s="0" t="s">
         <v>323</v>
       </c>
-      <c r="F78" s="0" t="s">
+      <c r="G78" s="0" t="s">
         <v>324</v>
       </c>
-      <c r="G78" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="L78" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>334</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L79" s="0">
         <v>6</v>
       </c>
+    </row>
+    <row r="80" spans="1:12" customHeight="1" ht="80">
+      <c r="A80" s="0"/>
+      <c r="B80" s="0" t="s">
+        <v>337</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="E80" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="F80" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="G80" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="H80" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I80" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="J80" s="0"/>
+      <c r="K80" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L80" s="0"/>
+    </row>
+    <row r="81" spans="1:12" customHeight="1" ht="80">
+      <c r="A81" s="0"/>
+      <c r="B81" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="E81" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="F81" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="G81" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="H81" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="J81" s="0"/>
+      <c r="K81" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L81" s="0"/>
+    </row>
+    <row r="82" spans="1:12" customHeight="1" ht="80">
+      <c r="A82" s="0"/>
+      <c r="B82" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="E82" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="F82" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="G82" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="H82" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="J82" s="0"/>
+      <c r="K82" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="L82" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -6418,50 +6643,53 @@
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
     <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
     <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
     <hyperlink ref="B70" r:id="rId_hyperlink_69"/>
     <hyperlink ref="B71" r:id="rId_hyperlink_70"/>
     <hyperlink ref="B72" r:id="rId_hyperlink_71"/>
     <hyperlink ref="B73" r:id="rId_hyperlink_72"/>
     <hyperlink ref="B74" r:id="rId_hyperlink_73"/>
     <hyperlink ref="B75" r:id="rId_hyperlink_74"/>
     <hyperlink ref="B76" r:id="rId_hyperlink_75"/>
     <hyperlink ref="B77" r:id="rId_hyperlink_76"/>
     <hyperlink ref="B78" r:id="rId_hyperlink_77"/>
     <hyperlink ref="B79" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="B80" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="B81" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="B82" r:id="rId_hyperlink_81"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>