--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -89,50 +89,53 @@
     <t>Печи</t>
   </si>
   <si>
     <t>487564.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Микроволновая печь MWO B2 GR;23л;,H=28,L=48,B=40см;1,4Квт</t>
   </si>
   <si>
     <t>07050603</t>
   </si>
   <si>
     <t>MWO01755</t>
   </si>
   <si>
     <t>Beckers</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>268730.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Микроволновая печь;28л;,H=28,L=54,B=38см</t>
   </si>
   <si>
     <t>07050605</t>
   </si>
   <si>
     <t>376122.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -666,79 +669,79 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" s="0">
         <v>240202</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>