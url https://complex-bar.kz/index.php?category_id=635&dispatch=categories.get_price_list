--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="500">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="486">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -86,1238 +86,1196 @@
   <si>
     <t>Головные уборы</t>
   </si>
   <si>
     <t>0.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Бейдж для официанта;пластик,металл;,H=55,L=90,B=15мм;прозр.,металлич.</t>
   </si>
   <si>
     <t>02130142</t>
   </si>
   <si>
     <t>TABL</t>
   </si>
   <si>
     <t>Аксессуары для официанта</t>
   </si>
   <si>
     <t>193.00₸</t>
   </si>
   <si>
+    <t>Фартук 110*75см[25шт];полиэтилен;,H=30,L=100,B=75см;белый</t>
+  </si>
+  <si>
+    <t>02150402</t>
+  </si>
+  <si>
+    <t>Papstar</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>Фартуки и жилеты</t>
+  </si>
+  <si>
+    <t>9079.00₸</t>
+  </si>
+  <si>
+    <t>Фартук 130*75см[50шт];полиэтилен;,H=3,L=130,B=75см;белый</t>
+  </si>
+  <si>
+    <t>02150403</t>
+  </si>
+  <si>
+    <t>9887.00₸</t>
+  </si>
+  <si>
+    <t>Фартук 125*67.5 см[100шт];полиэтилен;,H=3,L=125,B=67,5см;белый</t>
+  </si>
+  <si>
+    <t>02150404</t>
+  </si>
+  <si>
+    <t>11643.00₸</t>
+  </si>
+  <si>
+    <t>Колпак поварской полушевский одноразовый[10шт];бум. крепир.;,H=7,L=290,B=250мм;белый</t>
+  </si>
+  <si>
+    <t>02150503</t>
+  </si>
+  <si>
+    <t>5506.00₸</t>
+  </si>
+  <si>
+    <t>Пилотка поварская регулируемая одноразовая;бумага;,H=90,L=280,B=2мм;белый</t>
+  </si>
+  <si>
+    <t>02150505</t>
+  </si>
+  <si>
+    <t>424.00₸</t>
+  </si>
+  <si>
+    <t>Колпак поварской регулируемый;бумага;,H=230,L=300,B=2мм;белый</t>
+  </si>
+  <si>
+    <t>02150506</t>
+  </si>
+  <si>
+    <t>901.00₸</t>
+  </si>
+  <si>
+    <t>Колпак поварской одноразовый[5шт];мат.нетканый;,H=30,L=29,B=31см;белый</t>
+  </si>
+  <si>
+    <t>02150511</t>
+  </si>
+  <si>
+    <t>9009.00₸</t>
+  </si>
+  <si>
+    <t>Шапочка поварская одноразовая[100шт];мат.нетканый;D=30,H=8,L=24,B=25см;белый</t>
+  </si>
+  <si>
+    <t>02150521</t>
+  </si>
+  <si>
+    <t>6638.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Пилотка поварская одноразовая;бумага;,H=9,L=29,B=13см;белый</t>
+  </si>
+  <si>
+    <t>02150522</t>
+  </si>
+  <si>
+    <t>201.00₸</t>
+  </si>
+  <si>
+    <t>Перчатки размер(М) 12 пар;хлопок;,H=3,L=24,B=11см;белый</t>
+  </si>
+  <si>
+    <t>02150611</t>
+  </si>
+  <si>
+    <t>Перчатки для чистки, уборки</t>
+  </si>
+  <si>
+    <t>23847.00₸</t>
+  </si>
+  <si>
+    <t>Перчатки размер(L) 12 пар;хлопок;,H=3,L=24,B=11см;белый</t>
+  </si>
+  <si>
+    <t>02150612</t>
+  </si>
+  <si>
+    <t>Перчатки разм.(XL) 12пар;хлопок;,H=3,L=240,B=110мм;белый</t>
+  </si>
+  <si>
+    <t>02150613</t>
+  </si>
+  <si>
+    <t>9310.00₸</t>
+  </si>
+  <si>
+    <t>Перчатки размер (L) неопудр.50 пар (100шт);винил;прозр.</t>
+  </si>
+  <si>
+    <t>02150634</t>
+  </si>
+  <si>
+    <t>27-2088</t>
+  </si>
+  <si>
+    <t>Torus</t>
+  </si>
+  <si>
+    <t>11550.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Перчатки размер (M) неопудр.50 пар (100шт);винил;прозр.</t>
+  </si>
+  <si>
+    <t>02150635</t>
+  </si>
+  <si>
+    <t>27-2087</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>2800.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Прихватка;хлопок;,L=155,B=80мм;черный</t>
+  </si>
+  <si>
+    <t>02150702</t>
+  </si>
+  <si>
+    <t>HHMTB</t>
+  </si>
+  <si>
+    <t>Lodge</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>Защитные рукавицы</t>
+  </si>
+  <si>
+    <t>5544.00₸</t>
+  </si>
+  <si>
+    <t>Прихватка;хлопок;,L=155,B=70мм;черный,белый</t>
+  </si>
+  <si>
+    <t>02150703</t>
+  </si>
+  <si>
+    <t>HHB</t>
+  </si>
+  <si>
+    <t>3781.00₸</t>
+  </si>
+  <si>
+    <t>Прихватка-рукавица;хлопок;,L=17,B=9см;красный</t>
+  </si>
+  <si>
+    <t>02150706</t>
+  </si>
+  <si>
+    <t>MITT</t>
+  </si>
+  <si>
+    <t>POV</t>
+  </si>
+  <si>
+    <t>1838.00₸</t>
+  </si>
+  <si>
+    <t>Прихватка;хлопок;,L=17,B=9см;черный</t>
+  </si>
+  <si>
+    <t>02150707</t>
+  </si>
+  <si>
+    <t>MITTM</t>
+  </si>
+  <si>
+    <t>2026.00₸</t>
+  </si>
+  <si>
+    <t>Сумка официанта;текстиль;D=240,L=2,B=145мм</t>
+  </si>
+  <si>
+    <t>02150803</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>7377.00₸</t>
+  </si>
+  <si>
+    <t>Сумка официанта на ремень;кожа;,L=26,B=15,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>02150804</t>
+  </si>
+  <si>
+    <t>LK</t>
+  </si>
+  <si>
+    <t>13106.00₸</t>
+  </si>
+  <si>
+    <t>Рукавицы защитные (пара) до 250 С, замша;,L=43см;коричнев.,белый</t>
+  </si>
+  <si>
+    <t>04141962</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>ПАКИСТАН</t>
+  </si>
+  <si>
+    <t>26796.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Перчатки виниловые размер (M)[100шт];винил;прозр.</t>
+  </si>
+  <si>
+    <t>04141968</t>
+  </si>
+  <si>
+    <t>KR003983</t>
+  </si>
+  <si>
+    <t>OP</t>
+  </si>
+  <si>
+    <t>2618.00₸</t>
+  </si>
+  <si>
+    <t>Перчатки виниловые размер (L)[100шт];винил;прозр.</t>
+  </si>
+  <si>
+    <t>04141969</t>
+  </si>
+  <si>
+    <t>KR002960</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Перчатки д/карамели р-р 8 (до 60 С);латекс;,H=5,L=380,B=150мм;бежев.</t>
+  </si>
+  <si>
+    <t>04142403</t>
+  </si>
+  <si>
+    <t>48516-08</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>10095.00₸</t>
+  </si>
+  <si>
+    <t>Рукавица защитная (до 350 С);силикон;,L=29,B=14см;черный</t>
+  </si>
+  <si>
+    <t>04142404</t>
+  </si>
+  <si>
+    <t>48514-00</t>
+  </si>
+  <si>
+    <t>70263.00₸</t>
+  </si>
+  <si>
+    <t>Перчатка защитн. д/разд.мяса,раз.М;сталь нерж.;,L=23,B=16см;металлич.,красный</t>
+  </si>
+  <si>
+    <t>04142405</t>
+  </si>
+  <si>
+    <t>48505-02</t>
+  </si>
+  <si>
+    <t>194287.00₸</t>
+  </si>
+  <si>
+    <t>Рукавицы д/кондитера t=300C(пара);кожа;,L=42,5,B=15см;оранжев.,серый</t>
+  </si>
+  <si>
+    <t>04142406</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>37969.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Рукавицы защитные (пара) до +450c;серый,коричнев.</t>
+  </si>
+  <si>
+    <t>04142407</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>39363.00₸</t>
+  </si>
+  <si>
+    <t>Рукавицы д/кондитера,укороченные (пара);кожа;,L=27,5,B=14,5см;серый,оранжев.</t>
+  </si>
+  <si>
+    <t>04142408</t>
+  </si>
+  <si>
+    <t>39501.00₸</t>
+  </si>
+  <si>
+    <t>Перчатки д/кондитера, укорочен. t=250С (пара);кожа;,L=31,B=16см;серый,оранжев.</t>
+  </si>
+  <si>
+    <t>04142409</t>
+  </si>
+  <si>
+    <t>36745.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Перчатки д/кондитера t=300C(пара);кожа;,L=43,B=19см;серый,оранжев.</t>
+  </si>
+  <si>
+    <t>04142410</t>
+  </si>
+  <si>
+    <t>46886.00₸</t>
+  </si>
+  <si>
+    <t>Перчатка защит. д/раздел.мяса,разм.L;сталь нерж.;,L=24,B=14см;металлич.</t>
+  </si>
+  <si>
+    <t>04142411</t>
+  </si>
+  <si>
+    <t>244191.00₸</t>
+  </si>
+  <si>
+    <t>Перчатки д/карамели р.6/6.5 (до 60 С);латекс;,L=33см;бежев.</t>
+  </si>
+  <si>
+    <t>04142412</t>
+  </si>
+  <si>
+    <t>9779.00₸</t>
+  </si>
+  <si>
+    <t>Перчатки д/карамели р.7/7.5 (до 60 С);латекс;,L=33см;бежев.</t>
+  </si>
+  <si>
+    <t>04142413</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Перчатки д/карамели р.8/8.5 (до 60 С);латекс;,L=33см;бежев.</t>
+  </si>
+  <si>
+    <t>04142414</t>
+  </si>
+  <si>
+    <t>8170.00₸</t>
+  </si>
+  <si>
+    <t>Перчатки д/мытья посуды р.8;,L=46см</t>
+  </si>
+  <si>
+    <t>04142415</t>
+  </si>
+  <si>
+    <t>18088.00₸</t>
+  </si>
+  <si>
+    <t>Перчатка защитн. д/раздел.мяса,раз.S;сталь нерж.</t>
+  </si>
+  <si>
+    <t>04142417</t>
+  </si>
+  <si>
+    <t>139648.00₸</t>
+  </si>
+  <si>
+    <t>Перчатка защитн. д/раздел.мяса,раз.М;сталь нерж.;металлич.</t>
+  </si>
+  <si>
+    <t>04142418</t>
+  </si>
+  <si>
+    <t>174105.00₸</t>
+  </si>
+  <si>
+    <t>Рукавицы защитные;хлопок;бежев.</t>
+  </si>
+  <si>
+    <t>04142426</t>
+  </si>
+  <si>
+    <t>48511-02</t>
+  </si>
+  <si>
+    <t>24710.00₸</t>
+  </si>
+  <si>
+    <t>Рукавица термостойкая от -40 до 240°;силикон;,L=27,5,B=17см;в ассорт.</t>
+  </si>
+  <si>
+    <t>04142432</t>
+  </si>
+  <si>
+    <t>Hold</t>
+  </si>
+  <si>
+    <t>7070.00₸</t>
+  </si>
+  <si>
+    <t>Колпак поварской «Гриб»;полиэстер,хлопок;белый</t>
+  </si>
+  <si>
+    <t>04142711</t>
+  </si>
+  <si>
+    <t>47002/4</t>
+  </si>
+  <si>
+    <t>7700.00₸</t>
+  </si>
+  <si>
+    <t>Галстук «косынка»;полиэстер;черный</t>
+  </si>
+  <si>
+    <t>04142717</t>
+  </si>
+  <si>
+    <t>1802.00₸</t>
+  </si>
+  <si>
+    <t>Колпак поварской «Гриб» с окантовкой;хлопок;белый,красный</t>
+  </si>
+  <si>
+    <t>04142755</t>
+  </si>
+  <si>
+    <t>5052.00₸</t>
+  </si>
+  <si>
+    <t>Колпак поварской «Гриб»;полиэстер,хлопок;черный</t>
+  </si>
+  <si>
+    <t>04142766</t>
+  </si>
+  <si>
+    <t>47002/5</t>
+  </si>
+  <si>
+    <t>6499.00₸</t>
+  </si>
+  <si>
+    <t>Шапочка поварская «Таблетка»;хлопок;,L=19,B=19см;черный</t>
+  </si>
+  <si>
+    <t>04142767</t>
+  </si>
+  <si>
+    <t>5306.00₸</t>
+  </si>
+  <si>
+    <t>Колпак поварской цилиндрический;хлопок;D=28,5,H=15см;бордо</t>
+  </si>
+  <si>
+    <t>04142778</t>
+  </si>
+  <si>
+    <t>6114.00₸</t>
+  </si>
+  <si>
+    <t>Колпак поварской «Гриб»;полиэстер,хлопок;бордо</t>
+  </si>
+  <si>
+    <t>04143190</t>
+  </si>
+  <si>
+    <t>Шапочка поварская «Таблетка»;хлопок;,H=15,L=190,B=190мм;белый</t>
+  </si>
+  <si>
+    <t>04143635</t>
+  </si>
+  <si>
+    <t>2357.00₸</t>
+  </si>
+  <si>
+    <t>Пукли «Смайлик»[12шт];пластик;D=15мм;черный,белый</t>
+  </si>
+  <si>
+    <t>04143702</t>
+  </si>
+  <si>
+    <t>5900/623</t>
+  </si>
+  <si>
+    <t>Greiff</t>
+  </si>
+  <si>
+    <t>Пукли</t>
+  </si>
+  <si>
+    <t>5272.00₸</t>
+  </si>
+  <si>
+    <t>Пукли «Грустный смайлик»[12шт];пластик;D=15мм;черный,белый</t>
+  </si>
+  <si>
+    <t>04143703</t>
+  </si>
+  <si>
+    <t>5900/624</t>
+  </si>
+  <si>
+    <t>Пукли «Инь-ян»[12шт];пластик;D=15мм;белый,черный</t>
+  </si>
+  <si>
+    <t>04143704</t>
+  </si>
+  <si>
+    <t>5900/629</t>
+  </si>
+  <si>
+    <t>5275.00₸</t>
+  </si>
+  <si>
+    <t>Пукли «Клубника»[12шт];пластик;D=15мм;красный,зелен.</t>
+  </si>
+  <si>
+    <t>04143705</t>
+  </si>
+  <si>
+    <t>5900/636</t>
+  </si>
+  <si>
+    <t>7034.00₸</t>
+  </si>
+  <si>
+    <t>Пукли «Томат»[12шт];пластик;D=15мм;красный,зелен.</t>
+  </si>
+  <si>
+    <t>04143706</t>
+  </si>
+  <si>
+    <t>5900/638</t>
+  </si>
+  <si>
+    <t>Пукли «Желтый перец»[12шт];D=15мм;желт.,зелен.</t>
+  </si>
+  <si>
+    <t>04143707</t>
+  </si>
+  <si>
+    <t>5900/640</t>
+  </si>
+  <si>
+    <t>6889.00₸</t>
+  </si>
+  <si>
+    <t>Пукли «Красный перец»[12шт];пластик;D=15мм;красный,зелен.</t>
+  </si>
+  <si>
+    <t>04143708</t>
+  </si>
+  <si>
+    <t>5900/641</t>
+  </si>
+  <si>
+    <t>Пукли «Футбольный мяч»[12шт];пластик;D=15мм;черный,белый</t>
+  </si>
+  <si>
+    <t>04143709</t>
+  </si>
+  <si>
+    <t>5900/643</t>
+  </si>
+  <si>
+    <t>5321.00₸</t>
+  </si>
+  <si>
+    <t>Пукли «Череп»[12шт];пластик;D=15мм;черный,белый</t>
+  </si>
+  <si>
+    <t>04143710</t>
+  </si>
+  <si>
+    <t>5900/662</t>
+  </si>
+  <si>
+    <t>Пукли[12шт];пластик;D=15мм;черный</t>
+  </si>
+  <si>
+    <t>04143711</t>
+  </si>
+  <si>
+    <t>5901/010</t>
+  </si>
+  <si>
+    <t>1240.00₸</t>
+  </si>
+  <si>
+    <t>Пукли[12шт];D=15мм;коричнев.</t>
+  </si>
+  <si>
+    <t>04143712</t>
+  </si>
+  <si>
+    <t>5900/030</t>
+  </si>
+  <si>
+    <t>1418.00₸</t>
+  </si>
+  <si>
+    <t>Пукли[12шт];пластик;D=15мм;золотой</t>
+  </si>
+  <si>
+    <t>04143713</t>
+  </si>
+  <si>
+    <t>5900/078</t>
+  </si>
+  <si>
+    <t>10705.00₸</t>
+  </si>
+  <si>
+    <t>Пукли[12шт];пластик;D=15мм;белый</t>
+  </si>
+  <si>
+    <t>04143714</t>
+  </si>
+  <si>
+    <t>5901/090</t>
+  </si>
+  <si>
+    <t>Пукли «Лицо повара»[12шт];пластик;D=15мм;черный,белый</t>
+  </si>
+  <si>
+    <t>04143715</t>
+  </si>
+  <si>
+    <t>5900/650</t>
+  </si>
+  <si>
+    <t>6207.00₸</t>
+  </si>
+  <si>
+    <t>Пукли[12шт];D=15мм;серый</t>
+  </si>
+  <si>
+    <t>04143716</t>
+  </si>
+  <si>
+    <t>5900/016</t>
+  </si>
+  <si>
+    <t>Пукли[12шт];пластик;D=15мм;серебрист.</t>
+  </si>
+  <si>
+    <t>04143717</t>
+  </si>
+  <si>
+    <t>5900/018</t>
+  </si>
+  <si>
+    <t>6823.00₸</t>
+  </si>
+  <si>
+    <t>Пукли[12шт];пластик;D=15мм;голуб.</t>
+  </si>
+  <si>
+    <t>04143718</t>
+  </si>
+  <si>
+    <t>5900/024</t>
+  </si>
+  <si>
+    <t>Пукли[12шт];пластик;D=15мм;красный</t>
+  </si>
+  <si>
+    <t>04143719</t>
+  </si>
+  <si>
+    <t>5900/050</t>
+  </si>
+  <si>
+    <t>1425.00₸</t>
+  </si>
+  <si>
+    <t>Пукли[12шт];пластик;бордо</t>
+  </si>
+  <si>
+    <t>04143720</t>
+  </si>
+  <si>
+    <t>5900/053</t>
+  </si>
+  <si>
+    <t>Пукли[12шт];пластик;D=15мм;желт.</t>
+  </si>
+  <si>
+    <t>04143721</t>
+  </si>
+  <si>
+    <t>5900/070</t>
+  </si>
+  <si>
+    <t>Пукли «Флаг Германии»[12шт];пластик;D=15мм;красный,черный</t>
+  </si>
+  <si>
+    <t>04143722</t>
+  </si>
+  <si>
+    <t>5900/612</t>
+  </si>
+  <si>
+    <t>6384.00₸</t>
+  </si>
+  <si>
+    <t>Пукли «Флаг Швейцарии»[12шт];пластик;D=15мм;красный,белый</t>
+  </si>
+  <si>
+    <t>04143723</t>
+  </si>
+  <si>
+    <t>5900/613</t>
+  </si>
+  <si>
+    <t>6184.00₸</t>
+  </si>
+  <si>
+    <t>Пукли «Апельсин»[12шт];пластик;D=15мм;оранжев.</t>
+  </si>
+  <si>
+    <t>04143724</t>
+  </si>
+  <si>
+    <t>5900/635</t>
+  </si>
+  <si>
+    <t>7061.00₸</t>
+  </si>
+  <si>
+    <t>Пукли «Лимон»[12шт];пластик;D=15мм;желт.</t>
+  </si>
+  <si>
+    <t>04143725</t>
+  </si>
+  <si>
+    <t>5900/637</t>
+  </si>
+  <si>
+    <t>Пукли «Флаг Италии»[12шт];D=15мм;белый,разноцветн.</t>
+  </si>
+  <si>
+    <t>04143727</t>
+  </si>
+  <si>
+    <t>5900/618</t>
+  </si>
+  <si>
+    <t>6323.00₸</t>
+  </si>
+  <si>
+    <t>Брелок для ключей на ремень, шнур - 65см[2шт];сталь нерж.;D=4,H=2см</t>
+  </si>
+  <si>
+    <t>04143729</t>
+  </si>
+  <si>
+    <t>10842.00₸</t>
+  </si>
+  <si>
+    <t>Колпак поварской французский;полиэстер,хлопок;белый</t>
+  </si>
+  <si>
+    <t>04143801</t>
+  </si>
+  <si>
+    <t>5700.6220.090</t>
+  </si>
+  <si>
+    <t>7115.00₸</t>
+  </si>
+  <si>
+    <t>Бандана поварская;хлопок;белый</t>
+  </si>
+  <si>
+    <t>04143803</t>
+  </si>
+  <si>
+    <t>5710/472</t>
+  </si>
+  <si>
+    <t>4859.00₸</t>
+  </si>
+  <si>
+    <t>Бандана поварская, полоса;полиэстер,хлопок;черный,белый</t>
+  </si>
+  <si>
+    <t>04143804</t>
+  </si>
+  <si>
+    <t>5710.2305.010</t>
+  </si>
+  <si>
+    <t>5525.00₸</t>
+  </si>
+  <si>
+    <t>Шапочка поварская размер M;хлопок;белый</t>
+  </si>
+  <si>
+    <t>04143806</t>
+  </si>
+  <si>
+    <t>5711.6220.090/M</t>
+  </si>
+  <si>
+    <t>5180.00₸</t>
+  </si>
+  <si>
+    <t>Шапочка поварская полоса размер M;полиэстер,хлопок;черный,белый</t>
+  </si>
+  <si>
+    <t>04143807</t>
+  </si>
+  <si>
+    <t>5711.2305.010</t>
+  </si>
+  <si>
+    <t>5552.00₸</t>
+  </si>
+  <si>
+    <t>Шапочка поварская размер M;полиэстер,хлопок;черный</t>
+  </si>
+  <si>
+    <t>04143808</t>
+  </si>
+  <si>
+    <t>5711.6000.010</t>
+  </si>
+  <si>
+    <t>4641.00₸</t>
+  </si>
+  <si>
+    <t>04143809</t>
+  </si>
+  <si>
+    <t>5711.1330.010</t>
+  </si>
+  <si>
+    <t>6076.00₸</t>
+  </si>
+  <si>
+    <t>Колпак поварской французский;бордо</t>
+  </si>
+  <si>
+    <t>04143810</t>
+  </si>
+  <si>
+    <t>5700.6400.053</t>
+  </si>
+  <si>
+    <t>6296.00₸</t>
+  </si>
+  <si>
+    <t>Шапочка поварская «Таблетка»;полиэстер,хлопок;,L=19см;бордо</t>
+  </si>
+  <si>
+    <t>04143812</t>
+  </si>
+  <si>
+    <t>2649.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Шапочка поварская размер L;хлопок;белый</t>
+  </si>
+  <si>
+    <t>04143813</t>
+  </si>
+  <si>
+    <t>5711/471</t>
+  </si>
+  <si>
+    <t>5183.00₸</t>
+  </si>
+  <si>
+    <t>Шапочка поварская полоса размер L;полиэстер,хлопок;черный,белый</t>
+  </si>
+  <si>
+    <t>04143814</t>
+  </si>
+  <si>
+    <t>5579.00₸</t>
+  </si>
+  <si>
+    <t>Шапочка поварская размер L;полиэстер,хлопок;черный</t>
+  </si>
+  <si>
+    <t>04143815</t>
+  </si>
+  <si>
+    <t>5711.6220.010</t>
+  </si>
+  <si>
+    <t>Шапочка поварская размер L;полиэстер,хлопок;черный,белый</t>
+  </si>
+  <si>
+    <t>04143816</t>
+  </si>
+  <si>
+    <t>5929.00₸</t>
+  </si>
+  <si>
+    <t>Колпак поварской нетканный материал[10шт];целлюл.,вискоза;,H=30см</t>
+  </si>
+  <si>
+    <t>04143821</t>
+  </si>
+  <si>
+    <t>Flo</t>
+  </si>
+  <si>
+    <t>67121.00₸</t>
+  </si>
+  <si>
+    <t>Шапочка поварская «Таблетка» с сеткой;твил;черный</t>
+  </si>
+  <si>
+    <t>04143826</t>
+  </si>
+  <si>
+    <t>4697.00₸</t>
+  </si>
+  <si>
+    <t>Колпак поварской «Гриб»;хлопок,полиэстер;D=18,H=20см;черный</t>
+  </si>
+  <si>
+    <t>04143976</t>
+  </si>
+  <si>
+    <t>Cheftailor</t>
+  </si>
+  <si>
+    <t>4620.00₸</t>
+  </si>
+  <si>
+    <t>Колпак поварской «Гриб»;хлопок,полиэстер;белый</t>
+  </si>
+  <si>
+    <t>04143977</t>
+  </si>
+  <si>
+    <t>4312.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Шапочка поварская «Таблетка» с резинкой;хлопок;белый</t>
+  </si>
+  <si>
+    <t>04143978</t>
+  </si>
+  <si>
+    <t>3080.00₸</t>
+  </si>
+  <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Фартук 110*75см[25шт];полиэтилен;,H=30,L=100,B=75см;белый</t>
-[...287 lines deleted...]
-    <t>26796.00₸</t>
+    <t>Шапочка поварская «Таблетка» с резинкой;хлопок;D=18,H=18см;черный</t>
+  </si>
+  <si>
+    <t>04143979</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Армбенд для рукава эластичный[2шт]</t>
+  </si>
+  <si>
+    <t>04149372</t>
+  </si>
+  <si>
+    <t>BAR</t>
+  </si>
+  <si>
+    <t>8625.00₸</t>
+  </si>
+  <si>
+    <t>Шапочка поварская таблетка;,L=19,B=19см;салатов.</t>
+  </si>
+  <si>
+    <t>04149701</t>
+  </si>
+  <si>
+    <t>2141.00₸</t>
+  </si>
+  <si>
+    <t>Шапочка поварская таблетка;,L=19,B=19см;красный</t>
+  </si>
+  <si>
+    <t>04149702</t>
+  </si>
+  <si>
+    <t>Шапочка поварская таблетка;,L=19,B=19см;оранжев.</t>
+  </si>
+  <si>
+    <t>04149703</t>
+  </si>
+  <si>
+    <t>Шапочка поварская таблетка с сеткой;черный</t>
+  </si>
+  <si>
+    <t>04149704</t>
+  </si>
+  <si>
+    <t>3173.00₸</t>
+  </si>
+  <si>
+    <t>Бандана поварская;салатов.</t>
+  </si>
+  <si>
+    <t>04149705</t>
+  </si>
+  <si>
+    <t>4543.00₸</t>
+  </si>
+  <si>
+    <t>Бандана поварская;красный</t>
+  </si>
+  <si>
+    <t>04149706</t>
+  </si>
+  <si>
+    <t>Бандана поварская;оранжев.</t>
+  </si>
+  <si>
+    <t>04149707</t>
+  </si>
+  <si>
+    <t>Бандана поварская;белый</t>
+  </si>
+  <si>
+    <t>04149709</t>
+  </si>
+  <si>
+    <t>4597.00₸</t>
+  </si>
+  <si>
+    <t>Шапочка поварская берет;твил;красный</t>
+  </si>
+  <si>
+    <t>04149711</t>
+  </si>
+  <si>
+    <t>3196.00₸</t>
+  </si>
+  <si>
+    <t>Индивидуальный защитный экран-маска для лица;пластик;,L=28,B=18см;прозр.</t>
+  </si>
+  <si>
+    <t>08100157</t>
+  </si>
+  <si>
+    <t>ЗМ-01</t>
+  </si>
+  <si>
+    <t>FOL</t>
+  </si>
+  <si>
+    <t>Защитные маски</t>
+  </si>
+  <si>
+    <t>3743.00₸</t>
   </si>
   <si>
     <t>15 шт.</t>
   </si>
   <si>
-    <t>Перчатки виниловые размер (M)[100шт];винил;прозр.</t>
-[...889 lines deleted...]
-  <si>
     <t>Защитный настольный экран д/персонала сборный;пластик;,L=60,B=60см;прозр.</t>
   </si>
   <si>
     <t>08100161</t>
   </si>
   <si>
     <t>ЗЭ-01</t>
   </si>
   <si>
     <t>24918.00₸</t>
   </si>
   <si>
     <t>Колпак поварской с сеткой белый</t>
   </si>
   <si>
     <t>16115/б</t>
   </si>
   <si>
     <t>Шапочка поварская белая</t>
   </si>
   <si>
     <t>16174/б</t>
   </si>
   <si>
     <t>Колпак поварской красный/черный</t>
@@ -1457,50 +1415,53 @@
   <si>
     <t>КП-06/попл_сатин</t>
   </si>
   <si>
     <t>Бандана белый</t>
   </si>
   <si>
     <t>Кп-06б</t>
   </si>
   <si>
     <t>Майка 28+14*50 см 13мкм, белая 1/100</t>
   </si>
   <si>
     <t>майка бел 100</t>
   </si>
   <si>
     <t>04143000</t>
   </si>
   <si>
     <t>ТД Базис</t>
   </si>
   <si>
     <t>10010.00₸</t>
   </si>
   <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
     <t>Рукавицы защитные (пара) до +250C;кожа,текстиль;,L=45,B=15см;коричнев.,белый</t>
   </si>
   <si>
     <t>04142420</t>
   </si>
   <si>
     <t>GL 2</t>
   </si>
   <si>
     <t>Martellato</t>
   </si>
   <si>
     <t>24279.00₸</t>
   </si>
   <si>
     <t>Рукавицы защитные (пара) до +250C;кожа,текстиль;,L=37,B=17см;серый</t>
   </si>
   <si>
     <t>04142421</t>
   </si>
   <si>
     <t>GL 3</t>
   </si>
   <si>
     <t>Перчатка защитная для разделки XXL;сталь нерж.;металлич.,синий</t>
@@ -1512,53 +1473,50 @@
     <t>CRG-XXL</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>5565.00₸</t>
   </si>
   <si>
     <t>Перчатки защитные для разделки XL;сталь нерж.;металлич.,синий</t>
   </si>
   <si>
     <t>04142437</t>
   </si>
   <si>
     <t>CRG-XL</t>
   </si>
   <si>
     <t>Перчатка защитная термостойкая;силикон;в ассорт.</t>
   </si>
   <si>
     <t>04142439</t>
   </si>
   <si>
     <t>3850.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>14 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1573,51 +1531,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71BB-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9677-424D-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9678-424D-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9679-424D-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A3C145B-E3C7-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525A000E-E3C6-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A3C145C-E3C7-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A3C145D-E3C7-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E6458CE-20D0-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525A000F-E3C6-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/245FF76A-20D0-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/245FF81C-20D0-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FED-4253-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/245FF6CA-20D0-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A5901F6-20D0-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/245FFBEE-20D0-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F52C5186-1A7B-11ED-BBFC-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F52C5187-1A7B-11ED-BBFC-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002B7E91-20D0-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002B7FF5-20D0-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002B7DF1-20D0-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87F169-20CF-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243451-4252-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53E22D57-16CE-11EF-BC3F-0050569297EB24.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E18048E-D74A-11EE-BC41-00505692492F25.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E180552-D74A-11EE-BC41-00505692492F26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBAE8B1C-E3D3-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E6C10ED-696C-11EC-BBF7-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2DD9231-21C7-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F40908D-424F-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53E23979-16CE-11EF-BC3F-0050569297EB31.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A272A632-21C7-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCD990B4-21C7-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCD99166-21C7-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2DD92E3-21C7-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252C6-424F-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBAE8B1D-E3D3-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCD99218-21C7-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF7171E-424F-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2DD9191-21C7-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2DD90F1-21C7-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5476D66D-4253-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A272A784-21C7-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5C9D-21C8-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111EC87-424E-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5A1D-21C8-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5B5D-21C8-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B051AB51-21C6-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE597D-21C8-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5BFD-21C8-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E846E433-4252-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AB3-424F-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AB4-424F-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AB5-424F-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEA391B3-21C7-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AB7-424F-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AB8-424F-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AB9-424F-11E8-A155-00259035BB6758.gif"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2ABC-424F-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2ABD-424F-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A890C46A-21C7-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2ABF-424F-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC0-424F-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AD3CFA2-E3D3-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC2-424F-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC3-424F-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC4-424F-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC5-424F-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC6-424F-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC7-424F-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC8-424F-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC9-424F-11E8-A155-00259035BB6772.gif"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A890C50A-21C7-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEA39253-21C7-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A890C5AA-21C7-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2ADC-424F-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A27D137-4252-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC6856A5-21C6-11EE-BC0D-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AD3-424F-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AD4-424F-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AD6-424F-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AD7-424F-11E8-A155-00259035BB6782.gif"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AD8-424F-11E8-A155-00259035BB6783.gif"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AD9-424F-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2ADB-424F-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B051ABF1-21C6-11EE-BC0D-005056921CC486.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8D8-4250-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8D9-4250-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8DA-4250-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8DB-4250-11E8-A155-00259035BB6790.gif"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077ABE-4250-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5ABD-21C8-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A4A7EAF-307E-11ED-BBFC-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544AE5-21C6-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544B85-21C6-11EE-BC0D-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48AA-4254-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48AB-4254-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48AC-4254-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48AD-4254-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB05C5E-2225-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15B7768D-2225-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB05CFE-2225-11EE-BC0D-005056921CC4102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48B2-4254-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48B4-4254-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FAF33815-9A9A-11EA-BBD4-005056921CC4105.gif"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11C46984-9A9B-11EA-BBD4-005056921CC4106.gif"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303E6502-DC80-11EE-BC3E-0050569297EB107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7838970-F1D5-11EE-BC46-00505692C447108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAEB5688-619C-11EF-BC4D-00505692C447109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/832F43A1-5CD3-11F0-BC49-0050569297EB110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/832F44AD-5CD3-11F0-BC49-0050569297EB111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5266DD19-9154-11F0-BC58-00505692E2D0112.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ACFB71BB-424D-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9677-424D-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9678-424D-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAFA9679-424D-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A3C145B-E3C7-11EB-BBF2-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525A000E-E3C6-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A3C145C-E3C7-11EB-BBF2-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A3C145D-E3C7-11EB-BBF2-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E6458CE-20D0-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525A000F-E3C6-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/245FF76A-20D0-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/245FF81C-20D0-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/125D6FED-4253-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A5901F6-20D0-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/245FFBEE-20D0-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002B7E91-20D0-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002B7FF5-20D0-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002B7DF1-20D0-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87F169-20CF-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243451-4252-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53E22D57-16CE-11EF-BC3F-0050569297EB21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E18048E-D74A-11EE-BC41-00505692492F22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E180552-D74A-11EE-BC41-00505692492F23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBAE8B1C-E3D3-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2E6C10ED-696C-11EC-BBF7-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2DD9231-21C7-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F40908D-424F-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53E23979-16CE-11EF-BC3F-0050569297EB28.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A272A632-21C7-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCD990B4-21C7-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCD99166-21C7-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2DD92E3-21C7-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E20252C6-424F-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DBAE8B1D-E3D3-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CCD99218-21C7-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FFF7171E-424F-11E8-A155-00259035BB6736.gif"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2DD9191-21C7-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D2DD90F1-21C7-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5476D66D-4253-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A272A784-21C7-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5C9D-21C8-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6111EC87-424E-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5A1D-21C8-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5B5D-21C8-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B051AB51-21C6-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE597D-21C8-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5BFD-21C8-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E846E433-4252-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AB3-424F-11E8-A155-00259035BB6749.gif"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AB4-424F-11E8-A155-00259035BB6750.gif"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AB5-424F-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEA391B3-21C7-11EE-BC0D-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AB7-424F-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AB8-424F-11E8-A155-00259035BB6754.gif"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AB9-424F-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2ABC-424F-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2ABD-424F-11E8-A155-00259035BB6757.gif"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A890C46A-21C7-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2ABF-424F-11E8-A155-00259035BB6759.gif"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC0-424F-11E8-A155-00259035BB6760.gif"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8AD3CFA2-E3D3-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC2-424F-11E8-A155-00259035BB6762.gif"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC3-424F-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC4-424F-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC5-424F-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC6-424F-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC7-424F-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC8-424F-11E8-A155-00259035BB6768.gif"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AC9-424F-11E8-A155-00259035BB6769.gif"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A890C50A-21C7-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AEA39253-21C7-11EE-BC0D-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A890C5AA-21C7-11EE-BC0D-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2ADC-424F-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A27D137-4252-11E8-A155-00259035BB6774.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BC6856A5-21C6-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AD3-424F-11E8-A155-00259035BB6776.gif"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AD4-424F-11E8-A155-00259035BB6777.gif"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AD6-424F-11E8-A155-00259035BB6778.gif"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AD7-424F-11E8-A155-00259035BB6779.gif"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AD8-424F-11E8-A155-00259035BB6780.gif"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2AD9-424F-11E8-A155-00259035BB6781.gif"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F6E2ADB-424F-11E8-A155-00259035BB6782.gif"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B051ABF1-21C6-11EE-BC0D-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8D8-4250-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8D9-4250-11E8-A155-00259035BB6785.gif"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8DA-4250-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8DB-4250-11E8-A155-00259035BB6787.gif"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EA077ABE-4250-11E8-A155-00259035BB6788.gif"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5DCE5ABD-21C8-11EE-BC0D-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3A4A7EAF-307E-11ED-BBFC-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544AE5-21C6-11EE-BC0D-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B6544B85-21C6-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48AA-4254-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48AB-4254-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48AC-4254-11E8-A155-00259035BB6795.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48AD-4254-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB05C5E-2225-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15B7768D-2225-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0FB05CFE-2225-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48B2-4254-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48B4-4254-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FAF33815-9A9A-11EA-BBD4-005056921CC4102.gif"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11C46984-9A9B-11EA-BBD4-005056921CC4103.gif"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303E6502-DC80-11EE-BC3E-0050569297EB104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7838970-F1D5-11EE-BC46-00505692C447105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CAEB5688-619C-11EF-BC4D-00505692C447106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/832F43A1-5CD3-11F0-BC49-0050569297EB107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/832F44AD-5CD3-11F0-BC49-0050569297EB108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5266DD19-9154-11F0-BC58-00505692E2D0109.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2092,111 +2050,111 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>19</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -4222,111 +4180,111 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="88" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>91</xdr:row>
+      <xdr:row>92</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="89" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>92</xdr:row>
+      <xdr:row>93</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="90" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>93</xdr:row>
+      <xdr:row>94</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="91" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -4342,111 +4300,111 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="92" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>96</xdr:row>
+      <xdr:row>97</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="93" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>97</xdr:row>
+      <xdr:row>98</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="94" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>98</xdr:row>
+      <xdr:row>99</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="95" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -4672,303 +4630,213 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="103" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>108</xdr:row>
+      <xdr:row>112</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="104" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>109</xdr:row>
+      <xdr:row>114</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="105" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>110</xdr:row>
+      <xdr:row>135</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="106" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>115</xdr:row>
+      <xdr:row>136</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="107" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>117</xdr:row>
+      <xdr:row>137</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="108" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>138</xdr:row>
+      <xdr:row>140</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="109" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
-        <a:stretch>
-[...88 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5227,62 +5095,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-001042/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/beydzh-d-oficianta-tabl-02130142/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fartuk-papstar-02150402/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fartuk-papstar-02150403/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fartuk-papstar-02150404/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-polushevskiy-odnoraz-papstar-02150503/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pilotka-povarskaya-regul-odnorazovaya-papstar-02150505/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-regulir-papstar-02150506/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-odnoraz-papstar-02150511/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/povarskaya-shapochka-papstar-02150521/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pilotka-povarskaya-odnoraz-papstar-02150522/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-razmer-m-12-par-papstar-02150611/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-razmer-l-12-par-papstar-02150612/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-razm-xl-12par-papstar-02150613/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-hold-02150633/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-razmer-l-neopudr50-par-100sht-torus-02150634/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-razmer-m-neopudr50-par-100sht-torus-02150635/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-razmer-s-m-dlya-oficiantov-hold-02150637/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-razmer-l-xl-dlya-oficiantov-hold-02150638/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prihvatka-lodge-02150702/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prihvatka-lodge-02150703/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prihvatka-rukavica-pov-02150706/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prihvatka-pov-02150707/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sumka-oficianta-was-02150803/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sumka-oficianta-na-remen-lk-02150804/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavicy-zaschitnye-kl-04141962/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-vinilovye-op-04141968/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-vinilovye-op-04141969/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-d-karameli-r-r-8-paderno-04142403/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavica-zaschitnaya-do-350-s-paderno-04142404/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatka-zaschitn-d-razdmyasa-razm-paderno-04142405/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavicy-d-konditera-t300c-para-matfer-04142406/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavicy-zaschitnt-450c-para-aps-04142407/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavicy-d-konditera-ukorochennye-para-matfer-04142408/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-d-konditera-ukorochen-t250s-para-matfer-04142409/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-d-konditera-t300c-para-matfer-04142410/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatka-zaschit-d-razdelmyasa-razml-matfer-04142411/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-d-karameli-r6-65-matfer-04142412/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-d-karameli-r7-75-matfer-04142413/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-d-karameli-r8-85-matfer-04142414/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-d-mytya-posudy-r8-matfer-04142415/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatka-zaschitn-d-razdelmyasa-razs-matfer-04142417/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatka-zaschitn-d-razdelmyasa-razm-matfer-04142418/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavicy-zaschitnye-paderno-04142426/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavica-termostoykaya-hold-04142432/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-pov-04142711/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/galstuk-kosynka-pov-04142717/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-s-okant-pov-04142755/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-pov-04142766/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-pov-04142767/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-cilindricheskiy-pov-04142778/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-pov-04143190/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-pov-04143635/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143702/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143703/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143704/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143705/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143706/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143707/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143708/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143709/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143710/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143711/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143712/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143713/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143714/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143715/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143716/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143717/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143718/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143719/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143720/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143721/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143722/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143723/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143724/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143725/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143727/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/krepezh-d-klyuchey-na-remen-aps-04143729/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/francuzskiy-povarskkolpak-greiff-04143801/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-povarskaya-greiff-04143803/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-povarskaya-polosa-greiff-04143804/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-razmm-greiff-04143806/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskayapolosa-razmm-greiff-04143807/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-razmm-greiff-04143808/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskayapolosa-razm-greiff-04143809/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/francuzskiy-povarskkolpak-greiff-04143810/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-pov-04143812/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-razml-greiff-04143813/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-polosa-razml-greiff-04143814/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-razml-greiff-04143815/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-razml-greiff-04143816/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-matfer-04143821/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-s-setkoy-pov-04143826/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-cheftailor-04143976/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-cheftailor-04143977/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-cheftailor-04143978/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-cheftailor-04143979/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/armbend-bar-04149372/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-tabletka-pov-04149701/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-tabletka-pov-04149702/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-tabletka-pov-04149703/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-tabletka-s-setkoy-pov-04149704/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-povarskaya-pov-04149705/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-povarskaya-pov-04149706/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-povarskaya-pov-04149707/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-povarskaya-pov-04149709/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-beret-pov-04149711/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/individualnyy-zaschitnyy-ekran-maska-dlya-lica-fol-08100157/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschitnyy-nastolnyy-ekran-d-personala-sbornyy-fol-08100161/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-16115-b/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-16174-b/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-2g2/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kleenex-ultra-polotenca-dlya-ruk-6771/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-zaschitnye-mgprof-72611mg/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pilotka-povarskaya-73024491/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/narukavniki-zaschitnye-36sm-belye-pe-100sht-upak-co81210282/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nagrudnik-3660sm-chernyy-airlaid-100sht-up-co81210422/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-pr006658/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-pr008852/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-pr137141/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kepka-beysbolka-pr137145/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-bize-pch-101m-10-95-so-5-ly-24r-chernyy-xl-pr179877/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/maska-dvuhsloynaya-tkanevaya-100-so-144-gr-m2-chernyy-10sht-pr180681/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-kp-01/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-kp-01elektrik/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-kp-01sbelyysetka/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-kp-02b/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-kp-02s/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-kp-03bezhshok/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-kp-03b/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-kp-03s/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/golovnoy-ubor-gribok-na-zavyazkah-krasnyy-chernaya-setka-kp-03skrasnyy-chernaya/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-kp-06-1salatovyy-belyy/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-kp-06-poplsatin/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-kp-06b/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mayka-281450-sm-13mkm-belaya-1-100-mayka-bel-100/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavica-termostoykaya-hold-04143000/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavicy-zaschitnye-martellato-04142420/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavicy-zaschitnye-martellato-04142421/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatka-zaschitnaya-prohotel-04142438/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-zaschitnye-prohotel-04142437/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatka-zaschitnaya-hold-04142439/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-001042/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/beydzh-d-oficianta-tabl-02130142/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fartuk-papstar-02150402/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fartuk-papstar-02150403/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/fartuk-papstar-02150404/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-polushevskiy-odnoraz-papstar-02150503/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pilotka-povarskaya-regul-odnorazovaya-papstar-02150505/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-regulir-papstar-02150506/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-odnoraz-papstar-02150511/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/povarskaya-shapochka-papstar-02150521/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pilotka-povarskaya-odnoraz-papstar-02150522/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-razmer-m-12-par-papstar-02150611/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-razmer-l-12-par-papstar-02150612/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-razm-xl-12par-papstar-02150613/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-razmer-l-neopudr50-par-100sht-torus-02150634/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-razmer-m-neopudr50-par-100sht-torus-02150635/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prihvatka-lodge-02150702/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prihvatka-lodge-02150703/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prihvatka-rukavica-pov-02150706/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/prihvatka-pov-02150707/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sumka-oficianta-was-02150803/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/sumka-oficianta-na-remen-lk-02150804/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavicy-zaschitnye-kl-04141962/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-vinilovye-op-04141968/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-vinilovye-op-04141969/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-d-karameli-r-r-8-paderno-04142403/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavica-zaschitnaya-do-350-s-paderno-04142404/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatka-zaschitn-d-razdmyasa-razm-paderno-04142405/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavicy-d-konditera-t300c-para-matfer-04142406/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavicy-zaschitnt-450c-para-aps-04142407/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavicy-d-konditera-ukorochennye-para-matfer-04142408/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-d-konditera-ukorochen-t250s-para-matfer-04142409/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-d-konditera-t300c-para-matfer-04142410/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatka-zaschit-d-razdelmyasa-razml-matfer-04142411/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-d-karameli-r6-65-matfer-04142412/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-d-karameli-r7-75-matfer-04142413/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-d-karameli-r8-85-matfer-04142414/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-d-mytya-posudy-r8-matfer-04142415/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatka-zaschitn-d-razdelmyasa-razs-matfer-04142417/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatka-zaschitn-d-razdelmyasa-razm-matfer-04142418/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavicy-zaschitnye-paderno-04142426/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavica-termostoykaya-hold-04142432/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-pov-04142711/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/galstuk-kosynka-pov-04142717/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-s-okant-pov-04142755/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-pov-04142766/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-pov-04142767/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-cilindricheskiy-pov-04142778/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-pov-04143190/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-pov-04143635/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143702/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143703/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143704/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143705/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143706/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143707/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143708/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143709/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143710/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143711/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143712/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143713/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143714/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143715/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143716/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143717/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143718/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143719/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143720/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143721/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143722/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143723/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143724/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143725/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pukli-greiff-04143727/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/krepezh-d-klyuchey-na-remen-aps-04143729/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/francuzskiy-povarskkolpak-greiff-04143801/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-povarskaya-greiff-04143803/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-povarskaya-polosa-greiff-04143804/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-razmm-greiff-04143806/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskayapolosa-razmm-greiff-04143807/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-razmm-greiff-04143808/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskayapolosa-razm-greiff-04143809/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/francuzskiy-povarskkolpak-greiff-04143810/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-pov-04143812/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-razml-greiff-04143813/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-polosa-razml-greiff-04143814/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-razml-greiff-04143815/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-razml-greiff-04143816/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-matfer-04143821/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-s-setkoy-pov-04143826/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-cheftailor-04143976/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-cheftailor-04143977/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-cheftailor-04143978/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-cheftailor-04143979/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/armbend-bar-04149372/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-tabletka-pov-04149701/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-tabletka-pov-04149702/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-tabletka-pov-04149703/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-tabletka-s-setkoy-pov-04149704/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-povarskaya-pov-04149705/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-povarskaya-pov-04149706/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-povarskaya-pov-04149707/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-povarskaya-pov-04149709/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-beret-pov-04149711/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/individualnyy-zaschitnyy-ekran-maska-dlya-lica-fol-08100157/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zaschitnyy-nastolnyy-ekran-d-personala-sbornyy-fol-08100161/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-16115-b/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-16174-b/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-2g2/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kleenex-ultra-polotenca-dlya-ruk-6771/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-zaschitnye-mgprof-72611mg/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pilotka-povarskaya-73024491/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/narukavniki-zaschitnye-36sm-belye-pe-100sht-upak-co81210282/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nagrudnik-3660sm-chernyy-airlaid-100sht-up-co81210422/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-pr006658/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-pr008852/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-pr137141/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kepka-beysbolka-pr137145/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-bize-pch-101m-10-95-so-5-ly-24r-chernyy-xl-pr179877/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/maska-dvuhsloynaya-tkanevaya-100-so-144-gr-m2-chernyy-10sht-pr180681/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-kp-01/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-kp-01elektrik/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-kp-01sbelyysetka/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-kp-02b/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/shapochka-povarskaya-kp-02s/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-kp-03bezhshok/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-kp-03b/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpak-povarskoy-kp-03s/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/golovnoy-ubor-gribok-na-zavyazkah-krasnyy-chernaya-setka-kp-03skrasnyy-chernaya/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-kp-06-1salatovyy-belyy/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-kp-06-poplsatin/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bandana-kp-06b/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/mayka-281450-sm-13mkm-belaya-1-100-mayka-bel-100/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavica-termostoykaya-hold-04143000/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavicy-zaschitnye-martellato-04142420/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/rukavicy-zaschitnye-martellato-04142421/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatka-zaschitnaya-prohotel-04142438/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatki-zaschitnye-prohotel-04142437/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/perchatka-zaschitnaya-hold-04142439/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L144"/>
+  <dimension ref="A1:L141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I144" sqref="I144"/>
+      <selection activeCell="I141" sqref="I141"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -5346,4365 +5214,4271 @@
     </row>
     <row r="3" spans="1:12" customHeight="1" ht="80">
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="0"/>
       <c r="E3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>22</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" s="0" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D4" s="0">
         <v>18963</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="H4" s="0" t="s">
+      <c r="I4" s="1" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L4" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="D5" s="0">
         <v>18964</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="H5" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I5" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L5" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D6" s="0">
         <v>18965</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="H6" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="H6" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I6" s="1" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L6" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D7" s="0">
         <v>12218</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L7" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="D8" s="0">
         <v>12212</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L8" s="0">
         <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D9" s="0">
         <v>12208</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L9" s="0">
         <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="D10" s="0">
         <v>12251</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L10" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D11" s="0">
         <v>12206</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L11" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D12" s="0">
         <v>12213</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>55</v>
+        <v>17</v>
       </c>
       <c r="L12" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D13" s="0">
         <v>12420</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D14" s="0">
         <v>12423</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D15" s="0">
         <v>12425</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L15" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="D16" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="E16" s="0" t="s">
         <v>66</v>
-      </c>
-[...2 lines deleted...]
-        <v>67</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>73</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>74</v>
       </c>
       <c r="L17" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>77</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>80</v>
+        <v>17</v>
       </c>
       <c r="L18" s="0">
-        <v>10</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>14</v>
+        <v>79</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L19" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
-      <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C21" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="E21" s="0" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>92</v>
+        <v>14</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>94</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L21" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="D22" s="0" t="s">
+      <c r="D22" s="0">
+        <v>4401240</v>
+      </c>
+      <c r="E22" s="0" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>92</v>
+        <v>26</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>98</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L22" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L22" s="0"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
+      <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="D23" s="0" t="s">
+      <c r="D23" s="0"/>
+      <c r="E23" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="D24" s="0">
+        <v>4566</v>
+      </c>
+      <c r="E24" s="0" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>14</v>
+        <v>106</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>107</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>4401240</v>
+        <v>110</v>
+      </c>
+      <c r="D25" s="0" t="s">
+        <v>111</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L25" s="0"/>
+      <c r="L25" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="D26" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="E26" s="0" t="s">
         <v>112</v>
-      </c>
-[...5 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>4566</v>
+        <v>119</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>120</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>93</v>
+        <v>56</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>121</v>
+        <v>17</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>14</v>
+        <v>122</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="L28" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>14</v>
+        <v>122</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="D30" s="0" t="s">
         <v>133</v>
+      </c>
+      <c r="D30" s="0">
+        <v>773002</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>134</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>135</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>136</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>17</v>
+        <v>137</v>
       </c>
       <c r="L30" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="D31" s="0" t="s">
         <v>139</v>
       </c>
+      <c r="D31" s="0">
+        <v>88090</v>
+      </c>
       <c r="E31" s="0" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>135</v>
+        <v>106</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>141</v>
+        <v>17</v>
       </c>
       <c r="L31" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="D32" s="0" t="s">
-        <v>144</v>
+      <c r="D32" s="0">
+        <v>773001</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>134</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>135</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>146</v>
+        <v>137</v>
       </c>
       <c r="L32" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="D33" s="0">
-        <v>773002</v>
+        <v>773011</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>150</v>
+        <v>135</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="L33" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D34" s="0">
-        <v>88090</v>
+        <v>773012</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>155</v>
+        <v>134</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>17</v>
+        <v>68</v>
       </c>
       <c r="L34" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="D35" s="0">
-        <v>773001</v>
+        <v>100039</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>150</v>
+        <v>135</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>160</v>
+        <v>17</v>
       </c>
       <c r="L35" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="D36" s="0">
-        <v>773011</v>
+        <v>262289</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>150</v>
+        <v>135</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>93</v>
+        <v>56</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>164</v>
+        <v>17</v>
       </c>
       <c r="L36" s="0">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="D37" s="0">
-        <v>773012</v>
+        <v>262290</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>150</v>
+        <v>135</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>93</v>
+        <v>56</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>167</v>
+        <v>157</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="L37" s="0">
-        <v>5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="D38" s="0">
-        <v>100039</v>
+        <v>262291</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>150</v>
+        <v>135</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>93</v>
+        <v>56</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="D39" s="0">
-        <v>262289</v>
+        <v>730254</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>150</v>
+        <v>135</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="D40" s="0">
-        <v>262290</v>
+        <v>100037</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>150</v>
+        <v>135</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>176</v>
+        <v>17</v>
       </c>
       <c r="L40" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>177</v>
+        <v>170</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>178</v>
+        <v>171</v>
       </c>
       <c r="D41" s="0">
-        <v>262291</v>
+        <v>100038</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>149</v>
+        <v>134</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>150</v>
+        <v>135</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>141</v>
+        <v>17</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>730254</v>
+        <v>174</v>
+      </c>
+      <c r="D42" s="0" t="s">
+        <v>175</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>149</v>
+        <v>121</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>150</v>
+        <v>122</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>58</v>
+        <v>80</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="D43" s="0">
-        <v>100037</v>
+        <v>16067</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>149</v>
+        <v>179</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>150</v>
+        <v>72</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L43" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>100038</v>
+        <v>182</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>183</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>149</v>
+        <v>89</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>150</v>
+        <v>14</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="D45" s="0"/>
       <c r="E45" s="0" t="s">
-        <v>134</v>
+        <v>89</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>135</v>
+        <v>14</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L45" s="0"/>
+      <c r="L45" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>194</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="D46" s="0"/>
       <c r="E46" s="0" t="s">
-        <v>67</v>
+        <v>89</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>78</v>
+        <v>14</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L46" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="D48" s="0"/>
+        <v>196</v>
+      </c>
+      <c r="D48" s="0">
+        <v>40073</v>
+      </c>
       <c r="E48" s="0" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>203</v>
+        <v>17</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="D49" s="0"/>
       <c r="E49" s="0" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>202</v>
+      </c>
+      <c r="D50" s="0">
+        <v>40074</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>210</v>
+        <v>194</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>212</v>
-[...3 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="D51" s="0"/>
       <c r="E51" s="0" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="D52" s="0"/>
+        <v>207</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>208</v>
+      </c>
       <c r="E52" s="0" t="s">
-        <v>102</v>
+        <v>209</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>15</v>
+        <v>210</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>40074</v>
+        <v>213</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>214</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>102</v>
+        <v>209</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>15</v>
+        <v>210</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="D54" s="0"/>
+        <v>216</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>217</v>
+      </c>
       <c r="E54" s="0" t="s">
-        <v>102</v>
+        <v>209</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>15</v>
+        <v>210</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>238</v>
+        <v>222</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>245</v>
+        <v>218</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L61" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>234</v>
+        <v>251</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L64" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>267</v>
+        <v>247</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L67" s="0">
-        <v>1</v>
+        <v>50</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>274</v>
+        <v>247</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>281</v>
+        <v>247</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L70" s="0">
-        <v>50</v>
+        <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>263</v>
+        <v>247</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L71" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>263</v>
+        <v>286</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>263</v>
+        <v>290</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L74" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>298</v>
+        <v>222</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-        <v>305</v>
+        <v>299</v>
+      </c>
+      <c r="D77" s="0">
+        <v>93170</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>225</v>
+        <v>140</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>226</v>
+        <v>21</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L77" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>226</v>
+        <v>15</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>238</v>
+        <v>304</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>226</v>
+        <v>15</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L79" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>93170</v>
+        <v>310</v>
+      </c>
+      <c r="D80" s="0" t="s">
+        <v>311</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>155</v>
+        <v>209</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L80" s="0">
-        <v>24</v>
+        <v>3</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L81" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L82" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L83" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>329</v>
+        <v>317</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L84" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>335</v>
+        <v>330</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>336</v>
+        <v>331</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>146</v>
+        <v>17</v>
       </c>
       <c r="L85" s="0">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>337</v>
+        <v>332</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-        <v>339</v>
+        <v>333</v>
+      </c>
+      <c r="D86" s="0">
+        <v>40087</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>225</v>
+        <v>89</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>17</v>
+        <v>335</v>
       </c>
       <c r="L86" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L87" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>346</v>
+        <v>319</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>17</v>
+        <v>117</v>
       </c>
       <c r="L88" s="0">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-        <v>40087</v>
+        <v>344</v>
+      </c>
+      <c r="D89" s="0" t="s">
+        <v>345</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>102</v>
+        <v>209</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>350</v>
+        <v>324</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>351</v>
+        <v>17</v>
       </c>
       <c r="L89" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>354</v>
+        <v>326</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L90" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>350</v>
+      </c>
+      <c r="D91" s="0">
+        <v>760311</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="F91" s="0"/>
+        <v>134</v>
+      </c>
+      <c r="F91" s="0" t="s">
+        <v>351</v>
+      </c>
       <c r="G91" s="0" t="s">
-        <v>27</v>
+        <v>135</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>146</v>
+        <v>17</v>
       </c>
       <c r="L91" s="0">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
-      <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>361</v>
+        <v>354</v>
+      </c>
+      <c r="D92" s="0">
+        <v>40107</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>225</v>
+        <v>89</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L92" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L92" s="0"/>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>363</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="D93" s="0"/>
       <c r="E93" s="0" t="s">
-        <v>225</v>
+        <v>358</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>141</v>
+        <v>17</v>
       </c>
       <c r="L93" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>366</v>
-[...3 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="D94" s="0"/>
       <c r="E94" s="0" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>358</v>
+      </c>
+      <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>150</v>
+        <v>14</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>17</v>
+        <v>363</v>
       </c>
       <c r="L94" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
+      <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>370</v>
-[...3 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="D95" s="0"/>
       <c r="E95" s="0" t="s">
-        <v>102</v>
+        <v>358</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="L95" s="0"/>
+        <v>367</v>
+      </c>
+      <c r="L95" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="D96" s="0"/>
       <c r="E96" s="0" t="s">
-        <v>374</v>
+        <v>358</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>375</v>
+        <v>366</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>17</v>
+        <v>370</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
-      <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="D97" s="0"/>
       <c r="E97" s="0" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="L97" s="0"/>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="D98" s="0"/>
       <c r="E98" s="0" t="s">
-        <v>374</v>
+        <v>89</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="D99" s="0"/>
       <c r="E99" s="0" t="s">
-        <v>374</v>
+        <v>89</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>381</v>
+        <v>205</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>384</v>
+        <v>17</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
+      <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="D100" s="0"/>
       <c r="E100" s="0" t="s">
-        <v>387</v>
+        <v>89</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>388</v>
+        <v>377</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L100" s="0"/>
+      <c r="L100" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="D101" s="0"/>
       <c r="E101" s="0" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L101" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L101" s="0"/>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="D102" s="0"/>
       <c r="E102" s="0" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>221</v>
+        <v>387</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L102" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="D103" s="0"/>
       <c r="E103" s="0" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>146</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="L103" s="0"/>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="D104" s="0"/>
       <c r="E104" s="0" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>398</v>
+        <v>387</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L104" s="0"/>
+      <c r="L104" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="D105" s="0"/>
       <c r="E105" s="0" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="L105" s="0"/>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="D106" s="0"/>
       <c r="E106" s="0" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="L106" s="0"/>
+        <v>17</v>
+      </c>
+      <c r="L106" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="D107" s="0"/>
+        <v>399</v>
+      </c>
+      <c r="D107" s="0" t="s">
+        <v>400</v>
+      </c>
       <c r="E107" s="0" t="s">
-        <v>102</v>
+        <v>401</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>15</v>
+        <v>402</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>23</v>
+        <v>404</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>406</v>
       </c>
-      <c r="C108" s="0" t="s">
+      <c r="D108" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="D108" s="0"/>
       <c r="E108" s="0" t="s">
-        <v>102</v>
+        <v>401</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>15</v>
+        <v>402</v>
       </c>
       <c r="I108" s="1" t="s">
         <v>408</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="L108" s="0"/>
+        <v>363</v>
+      </c>
+      <c r="L108" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
-      <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
         <v>409</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>410</v>
       </c>
       <c r="D109" s="0"/>
-      <c r="E109" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E109" s="0"/>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>411</v>
+        <v>16</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="L109" s="0">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:12" customHeight="1" ht="80">
+      <c r="B110" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="C110" s="0" t="s">
         <v>412</v>
       </c>
-      <c r="L109" s="0">
-[...16 lines deleted...]
-      </c>
+      <c r="D110" s="0"/>
+      <c r="E110" s="0"/>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>417</v>
+        <v>15</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>418</v>
+        <v>16</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>121</v>
+        <v>17</v>
       </c>
       <c r="L110" s="0">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
-      <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>420</v>
-[...6 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="D111" s="0"/>
+      <c r="E111" s="0"/>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>417</v>
+        <v>15</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>422</v>
+        <v>16</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>176</v>
+        <v>17</v>
       </c>
       <c r="L111" s="0">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="B112" s="0" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-        <v>424</v>
+        <v>415</v>
+      </c>
+      <c r="C112" s="0">
+        <v>6771</v>
       </c>
       <c r="D112" s="0"/>
       <c r="E112" s="0"/>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>15</v>
+        <v>416</v>
       </c>
       <c r="I112" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L112" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
+      <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>425</v>
+        <v>417</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>426</v>
+        <v>418</v>
       </c>
       <c r="D113" s="0"/>
-      <c r="E113" s="0"/>
+      <c r="E113" s="0" t="s">
+        <v>419</v>
+      </c>
       <c r="F113" s="0"/>
-      <c r="G113" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G113" s="0"/>
       <c r="H113" s="0" t="s">
-        <v>15</v>
+        <v>80</v>
       </c>
       <c r="I113" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L113" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L113" s="0"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="B114" s="0" t="s">
-        <v>427</v>
-[...2 lines deleted...]
-        <v>428</v>
+        <v>420</v>
+      </c>
+      <c r="C114" s="0">
+        <v>73024491</v>
       </c>
       <c r="D114" s="0"/>
       <c r="E114" s="0"/>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I114" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L114" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
+      <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>6771</v>
+        <v>421</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>422</v>
       </c>
       <c r="D115" s="0"/>
       <c r="E115" s="0"/>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>430</v>
+        <v>80</v>
       </c>
       <c r="I115" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L115" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
-      <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>432</v>
-[...4 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="D116" s="0">
+        <v>178.32</v>
+      </c>
+      <c r="E116" s="0"/>
       <c r="F116" s="0"/>
-      <c r="G116" s="0"/>
+      <c r="G116" s="0" t="s">
+        <v>14</v>
+      </c>
       <c r="H116" s="0" t="s">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="I116" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L116" s="0"/>
+      <c r="L116" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="B117" s="0" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>73024491</v>
+        <v>425</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>426</v>
       </c>
       <c r="D117" s="0"/>
       <c r="E117" s="0"/>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>15</v>
+        <v>80</v>
       </c>
       <c r="I117" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L117" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
-      <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="D118" s="0"/>
+        <v>428</v>
+      </c>
+      <c r="D118" s="0">
+        <v>35129.01</v>
+      </c>
       <c r="E118" s="0"/>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="I118" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L118" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="B119" s="0" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>438</v>
-[...3 lines deleted...]
-      </c>
+        <v>430</v>
+      </c>
+      <c r="D119" s="0"/>
       <c r="E119" s="0"/>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I119" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L119" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="B120" s="0" t="s">
-        <v>439</v>
+        <v>431</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="D120" s="0"/>
       <c r="E120" s="0"/>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="I120" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L120" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="B121" s="0" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>442</v>
-[...3 lines deleted...]
-      </c>
+        <v>434</v>
+      </c>
+      <c r="D121" s="0"/>
       <c r="E121" s="0"/>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>15</v>
+        <v>80</v>
       </c>
       <c r="I121" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L121" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="B122" s="0" t="s">
-        <v>443</v>
+        <v>435</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>444</v>
+        <v>436</v>
       </c>
       <c r="D122" s="0"/>
       <c r="E122" s="0"/>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
-        <v>78</v>
+        <v>14</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>15</v>
+        <v>402</v>
       </c>
       <c r="I122" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L122" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L122" s="0"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="B123" s="0" t="s">
-        <v>445</v>
+        <v>437</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>446</v>
+        <v>438</v>
       </c>
       <c r="D123" s="0"/>
       <c r="E123" s="0"/>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>78</v>
+        <v>14</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I123" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L123" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="B124" s="0" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>448</v>
+        <v>440</v>
       </c>
       <c r="D124" s="0"/>
       <c r="E124" s="0"/>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>93</v>
+        <v>15</v>
       </c>
       <c r="I124" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L124" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="B125" s="0" t="s">
-        <v>449</v>
+        <v>441</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>450</v>
+        <v>442</v>
       </c>
       <c r="D125" s="0"/>
       <c r="E125" s="0"/>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>417</v>
+        <v>15</v>
       </c>
       <c r="I125" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L125" s="0"/>
+      <c r="L125" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="B126" s="0" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
       <c r="D126" s="0"/>
       <c r="E126" s="0"/>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I126" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L126" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="B127" s="0" t="s">
-        <v>453</v>
+        <v>445</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>454</v>
+        <v>446</v>
       </c>
       <c r="D127" s="0"/>
       <c r="E127" s="0"/>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I127" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L127" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="B128" s="0" t="s">
-        <v>455</v>
+        <v>447</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>456</v>
+        <v>448</v>
       </c>
       <c r="D128" s="0"/>
       <c r="E128" s="0"/>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I128" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L128" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="B129" s="0" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="D129" s="0"/>
       <c r="E129" s="0"/>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I129" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L129" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="B130" s="0" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="D130" s="0"/>
       <c r="E130" s="0"/>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I130" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L130" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="B131" s="0" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="D131" s="0"/>
       <c r="E131" s="0"/>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I131" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L131" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="B132" s="0" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="D132" s="0"/>
       <c r="E132" s="0"/>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I132" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L132" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="B133" s="0" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="D133" s="0"/>
       <c r="E133" s="0"/>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I133" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L133" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="B134" s="0" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="D134" s="0"/>
       <c r="E134" s="0"/>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I134" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L134" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="B135" s="0" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>470</v>
+        <v>462</v>
       </c>
       <c r="D135" s="0"/>
       <c r="E135" s="0"/>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>15</v>
+        <v>416</v>
       </c>
       <c r="I135" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L135" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
+      <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>471</v>
+        <v>177</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-      <c r="E136" s="0"/>
+        <v>463</v>
+      </c>
+      <c r="D136" s="0">
+        <v>16067</v>
+      </c>
+      <c r="E136" s="0" t="s">
+        <v>464</v>
+      </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>15</v>
+        <v>80</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>16</v>
+        <v>465</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
-        <v>17</v>
+        <v>466</v>
       </c>
       <c r="L136" s="0">
-        <v>0</v>
+        <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
+      <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-      <c r="E137" s="0"/>
+        <v>468</v>
+      </c>
+      <c r="D137" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="E137" s="0" t="s">
+        <v>470</v>
+      </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
-        <v>14</v>
+        <v>122</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>15</v>
+        <v>80</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>16</v>
+        <v>471</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L137" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L137" s="0"/>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
+      <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-      <c r="E138" s="0"/>
+        <v>473</v>
+      </c>
+      <c r="D138" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="E138" s="0" t="s">
+        <v>470</v>
+      </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
-        <v>14</v>
+        <v>122</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>430</v>
+        <v>80</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>16</v>
+        <v>471</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L138" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L138" s="0"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
-      <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>193</v>
+        <v>475</v>
       </c>
       <c r="C139" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="D139" s="0" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>16067</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>478</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="I139" s="1" t="s">
         <v>479</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="L139" s="0"/>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
-      <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
         <v>480</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>481</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>482</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
-        <v>135</v>
+        <v>72</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L140" s="0"/>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-        <v>487</v>
+        <v>484</v>
+      </c>
+      <c r="D141" s="0">
+        <v>17209</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>483</v>
+        <v>464</v>
       </c>
       <c r="F141" s="0"/>
       <c r="G141" s="0" t="s">
-        <v>135</v>
+        <v>14</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>17</v>
+        <v>74</v>
       </c>
       <c r="L141" s="0"/>
-    </row>
-[...86 lines deleted...]
-      <c r="L144" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -9805,53 +9579,50 @@
     <hyperlink ref="B117" r:id="rId_hyperlink_116"/>
     <hyperlink ref="B118" r:id="rId_hyperlink_117"/>
     <hyperlink ref="B119" r:id="rId_hyperlink_118"/>
     <hyperlink ref="B120" r:id="rId_hyperlink_119"/>
     <hyperlink ref="B121" r:id="rId_hyperlink_120"/>
     <hyperlink ref="B122" r:id="rId_hyperlink_121"/>
     <hyperlink ref="B123" r:id="rId_hyperlink_122"/>
     <hyperlink ref="B124" r:id="rId_hyperlink_123"/>
     <hyperlink ref="B125" r:id="rId_hyperlink_124"/>
     <hyperlink ref="B126" r:id="rId_hyperlink_125"/>
     <hyperlink ref="B127" r:id="rId_hyperlink_126"/>
     <hyperlink ref="B128" r:id="rId_hyperlink_127"/>
     <hyperlink ref="B129" r:id="rId_hyperlink_128"/>
     <hyperlink ref="B130" r:id="rId_hyperlink_129"/>
     <hyperlink ref="B131" r:id="rId_hyperlink_130"/>
     <hyperlink ref="B132" r:id="rId_hyperlink_131"/>
     <hyperlink ref="B133" r:id="rId_hyperlink_132"/>
     <hyperlink ref="B134" r:id="rId_hyperlink_133"/>
     <hyperlink ref="B135" r:id="rId_hyperlink_134"/>
     <hyperlink ref="B136" r:id="rId_hyperlink_135"/>
     <hyperlink ref="B137" r:id="rId_hyperlink_136"/>
     <hyperlink ref="B138" r:id="rId_hyperlink_137"/>
     <hyperlink ref="B139" r:id="rId_hyperlink_138"/>
     <hyperlink ref="B140" r:id="rId_hyperlink_139"/>
     <hyperlink ref="B141" r:id="rId_hyperlink_140"/>
-    <hyperlink ref="B142" r:id="rId_hyperlink_141"/>
-[...1 lines deleted...]
-    <hyperlink ref="B144" r:id="rId_hyperlink_143"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>