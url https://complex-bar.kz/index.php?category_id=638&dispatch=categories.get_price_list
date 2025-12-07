--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="358">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="355">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -89,1026 +89,1017 @@
   <si>
     <t>Папки для счетов</t>
   </si>
   <si>
     <t>2803.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Папка для счетов с тиснением «Город»;кожезам.;,L=22,B=12,5см;св.корич.</t>
   </si>
   <si>
     <t>02130306</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>6468.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Папка для счетов «Крокодил»;кожезам.;,H=70,L=225,B=120мм;бронз.</t>
   </si>
   <si>
     <t>02130307</t>
   </si>
   <si>
     <t>7700.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Папка для счетов комбинированная 2-сторонняя;кожезам.;,L=22,B=12см;тем.корич.,коричнев.</t>
   </si>
   <si>
     <t>02130309</t>
   </si>
   <si>
     <t>6761.00₸</t>
   </si>
   <si>
+    <t>Папка для счетов с уголками;кожезам.;,H=1,L=22,B=12см;бежев.</t>
+  </si>
+  <si>
+    <t>02130311</t>
+  </si>
+  <si>
+    <t>3912.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,B=12см;бордо</t>
+  </si>
+  <si>
+    <t>02130315</t>
+  </si>
+  <si>
+    <t>5929.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,H=12,L=225,B=120мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>02130316</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,B=12см;зелен.</t>
+  </si>
+  <si>
+    <t>02130317</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,B=12см;синий</t>
+  </si>
+  <si>
+    <t>02130318</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,B=12см;черный</t>
+  </si>
+  <si>
+    <t>02130321</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожа;,L=22,B=12см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130329</t>
+  </si>
+  <si>
+    <t>13129.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожа;,L=22,B=12см;черный</t>
+  </si>
+  <si>
+    <t>02130330</t>
+  </si>
+  <si>
+    <t>12367.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожа;,L=22,B=12см;бордо</t>
+  </si>
+  <si>
+    <t>02130331</t>
+  </si>
+  <si>
+    <t>11658.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожа;,L=22,B=12см;синий</t>
+  </si>
+  <si>
+    <t>02130332</t>
+  </si>
+  <si>
+    <t>11473.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=23,5,B=13,5см;зелен.</t>
+  </si>
+  <si>
+    <t>02130347</t>
+  </si>
+  <si>
+    <t>Least</t>
+  </si>
+  <si>
+    <t>3981.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=23,5,B=13,5см;бордо</t>
+  </si>
+  <si>
+    <t>02130348</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=23,5,B=13,5см;синий</t>
+  </si>
+  <si>
+    <t>02130350</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=23,5,B=13,5см;черный</t>
+  </si>
+  <si>
+    <t>02130351</t>
+  </si>
+  <si>
+    <t>5005.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов  (бочка);кожа;,L=22,6,B=15,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130352</t>
+  </si>
+  <si>
+    <t>10395.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=25,3,B=13см;черный</t>
+  </si>
+  <si>
+    <t>02130384</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>2612.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=25,3,B=13см;бордо</t>
+  </si>
+  <si>
+    <t>02130385</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,2,B=12см;желт.</t>
+  </si>
+  <si>
+    <t>02130386</t>
+  </si>
+  <si>
+    <t>6268.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,2,B=12см;красный</t>
+  </si>
+  <si>
+    <t>02130387</t>
+  </si>
+  <si>
+    <t>6776.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,2,B=12см;салатов.</t>
+  </si>
+  <si>
+    <t>02130388</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,2,B=12см;голуб.</t>
+  </si>
+  <si>
+    <t>02130389</t>
+  </si>
+  <si>
+    <t>5914.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов «Крокодил»;кожезам.;,L=22,5,B=12см;тем.корич.</t>
+  </si>
+  <si>
+    <t>02130390</t>
+  </si>
+  <si>
+    <t>7354.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,2,B=12см;золотой</t>
+  </si>
+  <si>
+    <t>02130391</t>
+  </si>
+  <si>
+    <t>4297.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,2,B=12см;серебрист.</t>
+  </si>
+  <si>
+    <t>02130392</t>
+  </si>
+  <si>
+    <t>4620.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов на кольцах;кожа;,L=22,B=12см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130393</t>
+  </si>
+  <si>
+    <t>9240.00₸</t>
+  </si>
+  <si>
     <t>9 шт.</t>
   </si>
   <si>
-    <t>Папка для счетов с уголками;кожезам.;,H=1,L=22,B=12см;бежев.</t>
-[...14 lines deleted...]
-    <t>4928.00₸</t>
+    <t>Папка для счетов «Арбуз»;кожезам.;зелен.,красный</t>
+  </si>
+  <si>
+    <t>02130394</t>
+  </si>
+  <si>
+    <t>Папка-меню А4 на винтах «Крокодил»;кожезам.;,H=85,L=325,B=250мм;бронз.</t>
+  </si>
+  <si>
+    <t>02130402</t>
+  </si>
+  <si>
+    <t>Папки для меню</t>
+  </si>
+  <si>
+    <t>10164.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню с уголк. «Крокодил»;кожезам.;,L=32,5,B=24,5см;тем.корич.</t>
+  </si>
+  <si>
+    <t>02130405</t>
+  </si>
+  <si>
+    <t>10087.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню комб.на винтах;кожезам.;,L=32,5,B=25,5см;тем.корич.,коричнев.</t>
+  </si>
+  <si>
+    <t>02130406</t>
+  </si>
+  <si>
+    <t>11165.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А5;кожезам.;,L=24,B=18,5см;бордо</t>
+  </si>
+  <si>
+    <t>02130407</t>
+  </si>
+  <si>
+    <t>5537.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А5;кожезам.;,L=24,B=18,5см;зелен.</t>
+  </si>
+  <si>
+    <t>02130412</t>
+  </si>
+  <si>
+    <t>5968.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А5;кожезам.;,L=24,B=18,5см;синий</t>
+  </si>
+  <si>
+    <t>02130414</t>
+  </si>
+  <si>
+    <t>5552.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А5;кожезам.;,L=24,B=18,5см;тем.корич.</t>
+  </si>
+  <si>
+    <t>02130415</t>
+  </si>
+  <si>
+    <t>4944.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4 2-х стор.;кожезам.;,L=32,5,B=25см;зелен.</t>
+  </si>
+  <si>
+    <t>02130417</t>
+  </si>
+  <si>
+    <t>8932.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню съемные файлы;кожезам.;,L=32,5,B=24,5см;бордо</t>
+  </si>
+  <si>
+    <t>02130418</t>
+  </si>
+  <si>
+    <t>8078.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню съемные файлы;кожезам.;,L=32,5,B=24,5см;тем.корич.</t>
+  </si>
+  <si>
+    <t>02130419</t>
+  </si>
+  <si>
+    <t>7623.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню съемные файлы;кожезам.;,L=32,5,B=25см;зелен.</t>
+  </si>
+  <si>
+    <t>02130420</t>
+  </si>
+  <si>
+    <t>5644.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню;кожезам.;,L=32,5,B=25см;синий</t>
+  </si>
+  <si>
+    <t>02130421</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню с уголк. «Крокодил»;кожезам.;,H=85,L=325,B=245мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>02130425</t>
+  </si>
+  <si>
+    <t>аппликация</t>
+  </si>
+  <si>
+    <t>Папка-меню А4 2-х стор.;кожезам.;,L=32,5,B=25см;бордо</t>
+  </si>
+  <si>
+    <t>02130427</t>
+  </si>
+  <si>
+    <t>7061.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4 2-х стор.;кожезам.;,L=32,5,B=25см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130428</t>
+  </si>
+  <si>
+    <t>10626.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Папка-меню А4 2-х стор.;кожезам.;,L=32,B=25см;синий</t>
+  </si>
+  <si>
+    <t>02130429</t>
+  </si>
+  <si>
+    <t>7777.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4 на винтах;кожезам.;,H=85,L=325,B=250мм;черный</t>
+  </si>
+  <si>
+    <t>02130438</t>
+  </si>
+  <si>
+    <t>7931.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,H=7,L=24,B=20см;черный</t>
+  </si>
+  <si>
+    <t>02130442</t>
+  </si>
+  <si>
+    <t>5591.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Папка-меню А4;кожа;,L=32,5,B=25см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130444</t>
+  </si>
+  <si>
+    <t>30415.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4;кожа;,L=32,5,B=25см;черный</t>
+  </si>
+  <si>
+    <t>02130445</t>
+  </si>
+  <si>
+    <t>Папка-меню А4;кожа;,L=32,5,B=25см;бордо</t>
+  </si>
+  <si>
+    <t>02130446</t>
+  </si>
+  <si>
+    <t>26411.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,L=32,B=24,5см;бордо</t>
+  </si>
+  <si>
+    <t>02130462</t>
+  </si>
+  <si>
+    <t>6453.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,L=32,B=24,5см;зелен.</t>
+  </si>
+  <si>
+    <t>02130463</t>
+  </si>
+  <si>
+    <t>5483.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,L=32,B=24,5см;синий</t>
+  </si>
+  <si>
+    <t>02130464</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,L=32,B=24,5см;св.корич.</t>
+  </si>
+  <si>
+    <t>02130465</t>
+  </si>
+  <si>
+    <t>4631.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,L=32,B=24см;черный</t>
+  </si>
+  <si>
+    <t>02130466</t>
+  </si>
+  <si>
+    <t>6738.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню (бочка);кожа;,L=35,B=27,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130467</t>
+  </si>
+  <si>
+    <t>18942.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Папка для счетов;кожезам.;,H=12,L=225,B=120мм;тем.корич.</t>
-[...2 lines deleted...]
-    <t>02130316</t>
+    <t>Папка-меню «СП»;кожезам.;,L=26,5,B=19,5см;зелен.</t>
+  </si>
+  <si>
+    <t>02130471</t>
+  </si>
+  <si>
+    <t>kt202</t>
+  </si>
+  <si>
+    <t>sp</t>
+  </si>
+  <si>
+    <t>3024.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4;кожа;,L=32,5,B=24,5см;бордо</t>
+  </si>
+  <si>
+    <t>02130476</t>
+  </si>
+  <si>
+    <t>15955.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4;кожа;,H=245,L=325,B=15мм;синий</t>
+  </si>
+  <si>
+    <t>02130482</t>
+  </si>
+  <si>
+    <t>24356.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню;кожезам.;,L=27,B=19,5см;серебрян.</t>
+  </si>
+  <si>
+    <t>02130498</t>
+  </si>
+  <si>
+    <t>Kt491</t>
+  </si>
+  <si>
+    <t>Kl-men</t>
+  </si>
+  <si>
+    <t>4210.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин съемн.файлы;кожезам.;,L=33,B=19см;зелен.</t>
+  </si>
+  <si>
+    <t>02130501</t>
+  </si>
+  <si>
+    <t>Папки для винной карты</t>
+  </si>
+  <si>
+    <t>3550.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин съемн.файлы;кожезам.;,L=33,B=19см;бордо</t>
+  </si>
+  <si>
+    <t>02130502</t>
+  </si>
+  <si>
+    <t>5621.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин съемн.файлы;кожезам.;,L=33,B=19см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130503</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Папка-карта вин;кожезам.;,L=33,B=18см;зелен.</t>
+  </si>
+  <si>
+    <t>02130505</t>
+  </si>
+  <si>
+    <t>бот-Н</t>
+  </si>
+  <si>
+    <t>BOT</t>
+  </si>
+  <si>
+    <t>1504.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин;кожезам.;,L=32,5,B=19,5см;черный</t>
+  </si>
+  <si>
+    <t>02130507</t>
+  </si>
+  <si>
+    <t>4651.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин;кожезам.;,L=32,5,B=18,5см;синий</t>
+  </si>
+  <si>
+    <t>02130508</t>
+  </si>
+  <si>
+    <t>Папка-карта вин;кожа;,L=33,B=19см;черный</t>
+  </si>
+  <si>
+    <t>02130515</t>
+  </si>
+  <si>
+    <t>19096.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Папка-карта вин;кожа;,L=33,B=19см;бордо</t>
+  </si>
+  <si>
+    <t>02130516</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Папка-карта вин;кожезам.;,L=28,8,B=12,5см;зелен.</t>
+  </si>
+  <si>
+    <t>02130517</t>
+  </si>
+  <si>
+    <t>kt353</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>2873.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин на винтах;кожезам.;,L=32,5,B=18,5см;зелен.</t>
+  </si>
+  <si>
+    <t>02130519</t>
+  </si>
+  <si>
+    <t>5477.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин на вт.;коричнев.</t>
+  </si>
+  <si>
+    <t>02130521</t>
+  </si>
+  <si>
+    <t>4305.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин;кожезам.;,L=27,2,B=13см;тем.корич.</t>
+  </si>
+  <si>
+    <t>02130525</t>
+  </si>
+  <si>
+    <t>kt501</t>
+  </si>
+  <si>
+    <t>2611.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин на винтах;кожа;,L=32,B=19см;зелен.</t>
+  </si>
+  <si>
+    <t>02130528</t>
+  </si>
+  <si>
+    <t>sof</t>
+  </si>
+  <si>
+    <t>1902.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин;кожезам.;,L=28,B=12,5см;серебрян.</t>
+  </si>
+  <si>
+    <t>02130533</t>
+  </si>
+  <si>
+    <t>kt492</t>
+  </si>
+  <si>
+    <t>2818.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин;кожезам.;,L=32,B=19см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130534</t>
+  </si>
+  <si>
+    <t>Beckers</t>
+  </si>
+  <si>
+    <t>3052.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин;кожезам.;,L=32,B=19см;черный</t>
+  </si>
+  <si>
+    <t>02130535</t>
+  </si>
+  <si>
+    <t>4004.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин;кожезам.;,L=32,B=19см;бордо</t>
+  </si>
+  <si>
+    <t>02130536</t>
+  </si>
+  <si>
+    <t>2919.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин «Крокодил»;кожезам.;,L=33,B=19см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130537</t>
+  </si>
+  <si>
+    <t>7423.00₸</t>
+  </si>
+  <si>
+    <t>Папка-карта вин «Крокодил»;кожезам.;,L=33,B=19см;бронз.</t>
+  </si>
+  <si>
+    <t>02130538</t>
+  </si>
+  <si>
+    <t>9741.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А5;кожезам.;,L=23,2,B=19см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130606</t>
+  </si>
+  <si>
+    <t>4683.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4;кожезам.;,L=32,B=25см;черный</t>
+  </si>
+  <si>
+    <t>02130607</t>
+  </si>
+  <si>
+    <t>4969.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А5;кожезам.;,L=23,B=19см;черный</t>
+  </si>
+  <si>
+    <t>02130608</t>
+  </si>
+  <si>
+    <t>4900.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4;кожезам.;,L=32,B=25см;бордо</t>
+  </si>
+  <si>
+    <t>02130609</t>
+  </si>
+  <si>
+    <t>Папка-меню А5;кожезам.;,L=23,2,B=19см;бордо</t>
+  </si>
+  <si>
+    <t>02130610</t>
+  </si>
+  <si>
+    <t>4053.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню;кожезам.;,L=32,B=25см;красный</t>
+  </si>
+  <si>
+    <t>02130613</t>
+  </si>
+  <si>
+    <t>9895.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню;кожезам.;,L=32,B=25см;желт.</t>
+  </si>
+  <si>
+    <t>02130614</t>
+  </si>
+  <si>
+    <t>8586.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню;кожезам.;,L=32,B=25см;салатов.</t>
+  </si>
+  <si>
+    <t>02130615</t>
   </si>
   <si>
     <t>21 шт.</t>
   </si>
   <si>
-    <t>Папка для счетов;кожезам.;,L=22,B=12см;зелен.</t>
-[...170 lines deleted...]
-    <t>7354.00₸</t>
+    <t>Папка-меню;кожезам.;,L=32,B=25см;голуб.</t>
+  </si>
+  <si>
+    <t>02130616</t>
+  </si>
+  <si>
+    <t>9510.00₸</t>
+  </si>
+  <si>
+    <t>Файлы А4 д/папок-меню[20шт];,L=30,7,B=23,4см;прозр.</t>
+  </si>
+  <si>
+    <t>02130617</t>
+  </si>
+  <si>
+    <t>4011.00₸</t>
+  </si>
+  <si>
+    <t>Файлы А5[20шт];,L=21,5,B=16,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02130618</t>
+  </si>
+  <si>
+    <t>Kea</t>
+  </si>
+  <si>
+    <t>3003.00₸</t>
+  </si>
+  <si>
+    <t>Файлы д/карты вин[20шт];,L=30,8,B=17,3см;прозр.</t>
+  </si>
+  <si>
+    <t>02130619</t>
+  </si>
+  <si>
+    <t>4012.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,L=32,B=25см;золотой</t>
+  </si>
+  <si>
+    <t>02130620</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,L=32,B=25см;серебрист.</t>
+  </si>
+  <si>
+    <t>02130621</t>
+  </si>
+  <si>
+    <t>6476.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Папка-меню с тиснением и уголками;кожезам.;,H=85,L=325,B=225мм;бежев.</t>
+  </si>
+  <si>
+    <t>02130622</t>
+  </si>
+  <si>
+    <t>Папка-меню на кольцах с тиснением;кожа;,L=32,B=25см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130626</t>
+  </si>
+  <si>
+    <t>23485.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А5 на винтах;кожезам.;,L=24,B=18,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02130627</t>
+  </si>
+  <si>
+    <t>5775.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах с тиснением «Город»;кожезам.;,L=32,B=24,5см;св.корич.</t>
+  </si>
+  <si>
+    <t>02130628</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Папка-меню «Арбуз»;кожезам.;зелен.,красный</t>
+  </si>
+  <si>
+    <t>02130629</t>
+  </si>
+  <si>
+    <t>8979.00₸</t>
   </si>
   <si>
     <t>13 шт.</t>
   </si>
   <si>
-    <t>Папка для счетов;кожезам.;,L=22,2,B=12см;золотой</t>
-[...173 lines deleted...]
-    <t>02130428</t>
+    <t>Папка-меню А4 2-х стор.на кольцах;кожезам.;бордо</t>
+  </si>
+  <si>
+    <t>02130630</t>
+  </si>
+  <si>
+    <t>10549.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4 2-х стор.на кольцах;кожезам.;коричнев.</t>
+  </si>
+  <si>
+    <t>02130631</t>
+  </si>
+  <si>
+    <t>12089.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Папка-меню А4 2-х стор.;кожезам.;,L=32,B=25см;синий</t>
-[...541 lines deleted...]
-  <si>
     <t>Набор из 10 кармашков д/меню д/арт.19044;пластик;,L=34,B=24см;разноцветн.</t>
   </si>
   <si>
     <t>02130701</t>
   </si>
   <si>
     <t>019047</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>68446.00₸</t>
   </si>
   <si>
     <t>02131504</t>
   </si>
   <si>
-    <t>6407.00₸</t>
+    <t>7685.00₸</t>
   </si>
   <si>
     <t>Уголок для папки;алюмин.;,H=3,L=28,B=17мм;золотой</t>
   </si>
   <si>
     <t>02140602</t>
   </si>
   <si>
     <t>ЛК</t>
   </si>
   <si>
     <t>85.00₸</t>
   </si>
   <si>
     <t>Информационная папка наст.(10 карманов);пластик,сталь;,H=8,L=35,B=24см;прозр.,металлич.</t>
   </si>
   <si>
     <t>08011406</t>
   </si>
   <si>
     <t>019044</t>
   </si>
   <si>
     <t>139648.00₸</t>
   </si>
@@ -4745,3131 +4736,3131 @@
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="0"/>
       <c r="E4" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L4" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="D5" s="0"/>
       <c r="E5" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="L5" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D6" s="0"/>
       <c r="E6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D7" s="0"/>
       <c r="E7" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="L7" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D8" s="0"/>
       <c r="E8" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="L8" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D9" s="0"/>
       <c r="E9" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="L9" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D10" s="0"/>
       <c r="E10" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L10" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D11" s="0"/>
       <c r="E11" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="L11" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D12" s="0"/>
       <c r="E12" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D13" s="0"/>
       <c r="E13" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D14" s="0"/>
       <c r="E14" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D15" s="0"/>
       <c r="E15" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D16" s="0"/>
       <c r="E16" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D17" s="0"/>
       <c r="E17" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D18" s="0"/>
       <c r="E18" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D19" s="0"/>
       <c r="E19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D20" s="0"/>
       <c r="E20" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D21" s="0">
         <v>804</v>
       </c>
       <c r="E21" s="0"/>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D22" s="0">
         <v>904</v>
       </c>
       <c r="E22" s="0"/>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D23" s="0"/>
       <c r="E23" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>88</v>
+        <v>18</v>
       </c>
       <c r="L23" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="D24" s="0"/>
       <c r="E24" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="D25" s="0"/>
       <c r="E25" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D26" s="0"/>
       <c r="E26" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D27" s="0"/>
       <c r="E27" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
       <c r="L27" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D28" s="0"/>
       <c r="E28" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="D29" s="0"/>
       <c r="E29" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="D30" s="0"/>
       <c r="E30" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="L30" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="D31" s="0"/>
       <c r="E31" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="D32" s="0"/>
       <c r="E32" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="D33" s="0"/>
       <c r="E33" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="L33" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D34" s="0"/>
       <c r="E34" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>32</v>
+        <v>106</v>
       </c>
       <c r="L34" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="D35" s="0"/>
       <c r="E35" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L35" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="D36" s="0"/>
       <c r="E36" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="D37" s="0"/>
       <c r="E37" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>133</v>
+        <v>18</v>
       </c>
       <c r="L37" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="D38" s="0"/>
       <c r="E38" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="D39" s="0"/>
       <c r="E39" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="L39" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="D40" s="0"/>
       <c r="E40" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="D41" s="0"/>
       <c r="E41" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>146</v>
+        <v>24</v>
       </c>
       <c r="L41" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="D42" s="0"/>
       <c r="E42" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="D43" s="0"/>
       <c r="E43" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>146</v>
+        <v>18</v>
       </c>
       <c r="L44" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="D45" s="0"/>
       <c r="E45" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="D46" s="0"/>
       <c r="E46" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>139</v>
+        <v>154</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="L46" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="D47" s="0"/>
       <c r="E47" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="D48" s="0"/>
       <c r="E48" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>146</v>
+        <v>162</v>
       </c>
       <c r="L48" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="D49" s="0"/>
       <c r="E49" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="L49" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D50" s="0"/>
       <c r="E50" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L50" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="D51" s="0"/>
       <c r="E51" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L51" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="D52" s="0"/>
       <c r="E52" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>180</v>
+        <v>18</v>
       </c>
       <c r="L52" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="D53" s="0"/>
       <c r="E53" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="D54" s="0"/>
       <c r="E54" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="D55" s="0"/>
       <c r="E55" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="D56" s="0"/>
       <c r="E56" s="0"/>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="D57" s="0"/>
       <c r="E57" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>194</v>
+        <v>188</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="D58" s="0"/>
       <c r="E58" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>39</v>
+        <v>192</v>
       </c>
       <c r="L58" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="E59" s="0"/>
       <c r="F59" s="0" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="D60" s="0"/>
       <c r="E60" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="D61" s="0"/>
       <c r="E61" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="L61" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="D63" s="0"/>
       <c r="E63" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L63" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="D64" s="0"/>
       <c r="E64" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>222</v>
+        <v>18</v>
       </c>
       <c r="L64" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="D65" s="0"/>
       <c r="E65" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>225</v>
+        <v>23</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="L65" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>232</v>
+        <v>224</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>233</v>
+        <v>225</v>
       </c>
       <c r="D67" s="0"/>
       <c r="E67" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>235</v>
+        <v>227</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="D68" s="0"/>
       <c r="E68" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>237</v>
+        <v>229</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D69" s="0"/>
       <c r="E69" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>240</v>
+        <v>232</v>
       </c>
       <c r="L69" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="D70" s="0"/>
       <c r="E70" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="L70" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>244</v>
+        <v>236</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>245</v>
+        <v>237</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>246</v>
+        <v>238</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>248</v>
+        <v>240</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>249</v>
+        <v>241</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="D72" s="0"/>
       <c r="E72" s="0"/>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
       <c r="D73" s="0"/>
       <c r="E73" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>255</v>
+        <v>247</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>256</v>
+        <v>248</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>257</v>
+        <v>249</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>260</v>
+        <v>252</v>
       </c>
       <c r="D75" s="0"/>
       <c r="E75" s="0" t="s">
-        <v>261</v>
+        <v>253</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>262</v>
+        <v>254</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>268</v>
+        <v>260</v>
       </c>
       <c r="D77" s="0">
         <v>99003003</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>271</v>
+        <v>263</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="D78" s="0">
         <v>99003007</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>146</v>
+        <v>18</v>
       </c>
       <c r="L78" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>274</v>
+        <v>266</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="D79" s="0">
         <v>90003011</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="0">
         <v>30</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="D80" s="0"/>
       <c r="E80" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>280</v>
+        <v>272</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="D81" s="0"/>
       <c r="E81" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>283</v>
+        <v>49</v>
       </c>
       <c r="L81" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>285</v>
+        <v>276</v>
       </c>
       <c r="D82" s="0">
         <v>702</v>
       </c>
       <c r="E82" s="0"/>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>222</v>
+        <v>18</v>
       </c>
       <c r="L82" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>287</v>
+        <v>278</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="D83" s="0">
         <v>801</v>
       </c>
       <c r="E83" s="0"/>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>289</v>
+        <v>280</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>291</v>
+        <v>282</v>
       </c>
       <c r="D84" s="0">
         <v>802</v>
       </c>
       <c r="E84" s="0"/>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>292</v>
+        <v>283</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>88</v>
+        <v>18</v>
       </c>
       <c r="L84" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>293</v>
+        <v>284</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="D85" s="0">
         <v>901</v>
       </c>
       <c r="E85" s="0"/>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>289</v>
+        <v>280</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="D86" s="0">
         <v>902</v>
       </c>
       <c r="E86" s="0"/>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="D87" s="0"/>
       <c r="E87" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>222</v>
+        <v>24</v>
       </c>
       <c r="L87" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="D88" s="0"/>
       <c r="E88" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>161</v>
+        <v>18</v>
       </c>
       <c r="L88" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="D89" s="0"/>
       <c r="E89" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>42</v>
+        <v>297</v>
       </c>
       <c r="L89" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="D90" s="0"/>
       <c r="E90" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>308</v>
+        <v>300</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="L90" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>309</v>
+        <v>301</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>310</v>
+        <v>302</v>
       </c>
       <c r="D91" s="0"/>
       <c r="E91" s="0"/>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>311</v>
+        <v>303</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="0">
         <v>1000</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="D92" s="0"/>
       <c r="E92" s="0" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L92" s="0">
         <v>1000</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>317</v>
+        <v>309</v>
       </c>
       <c r="D93" s="0"/>
       <c r="E93" s="0" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="0">
         <v>500</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>319</v>
+        <v>311</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>320</v>
+        <v>312</v>
       </c>
       <c r="D94" s="0"/>
       <c r="E94" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>321</v>
+        <v>313</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>322</v>
+        <v>314</v>
       </c>
       <c r="D95" s="0"/>
       <c r="E95" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>323</v>
+        <v>315</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>146</v>
+        <v>316</v>
       </c>
       <c r="L95" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>324</v>
+        <v>317</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>325</v>
+        <v>318</v>
       </c>
       <c r="D96" s="0"/>
       <c r="E96" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>326</v>
+        <v>319</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>327</v>
+        <v>320</v>
       </c>
       <c r="D97" s="0"/>
       <c r="E97" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="L97" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>330</v>
+        <v>323</v>
       </c>
       <c r="D98" s="0"/>
       <c r="E98" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>331</v>
+        <v>324</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="L98" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="D99" s="0"/>
       <c r="E99" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>222</v>
+        <v>328</v>
       </c>
       <c r="L99" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="D100" s="0"/>
       <c r="E100" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
-        <v>101</v>
+        <v>332</v>
       </c>
       <c r="L100" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>338</v>
+        <v>333</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="D101" s="0"/>
       <c r="E101" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>146</v>
+        <v>162</v>
       </c>
       <c r="L101" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="D102" s="0"/>
       <c r="E102" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>120</v>
+        <v>338</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>28</v>
+        <v>339</v>
       </c>
       <c r="L102" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="C103" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="D103" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="E103" s="0" t="s">
         <v>343</v>
-      </c>
-[...7 lines deleted...]
-        <v>346</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="D104" s="0"/>
       <c r="E104" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>180</v>
+        <v>166</v>
       </c>
       <c r="L104" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="0">
         <v>500</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>