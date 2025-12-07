--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1242">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -314,51 +314,51 @@
   <si>
     <t>PF0VA10</t>
   </si>
   <si>
     <t>Portofino</t>
   </si>
   <si>
     <t>7570.00₸</t>
   </si>
   <si>
     <t>Ваза для цветов «Органикс»;фарфор;,H=170,L=75мм;белый</t>
   </si>
   <si>
     <t>03080127</t>
   </si>
   <si>
     <t>9002 C657</t>
   </si>
   <si>
     <t>Organics</t>
   </si>
   <si>
     <t>11127.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Ваза для цветов «Зен»;фарфор;D=48,H=110мм;белый,оранжев.</t>
   </si>
   <si>
     <t>03080128</t>
   </si>
   <si>
     <t>9401 C617</t>
   </si>
   <si>
     <t>Zen</t>
   </si>
   <si>
     <t>13737.00₸</t>
   </si>
   <si>
     <t>18 шт.</t>
   </si>
   <si>
     <t>Ваза для цветов «Атлантис»;фарфор;D=5,H=11см;белый</t>
   </si>
   <si>
     <t>03080131</t>
   </si>
@@ -386,3356 +386,3335 @@
   <si>
     <t>1106 0840</t>
   </si>
   <si>
     <t>Cino</t>
   </si>
   <si>
     <t>8509.00₸</t>
   </si>
   <si>
     <t>Ваза для цветов «Крафт»;фарфор;D=67,H=100мм;белый</t>
   </si>
   <si>
     <t>03080141</t>
   </si>
   <si>
     <t>1155 0840</t>
   </si>
   <si>
     <t>Craft White</t>
   </si>
   <si>
     <t>7993.00₸</t>
   </si>
   <si>
+    <t>Декор для стола «Яблоко»;хрусталь;D=12,7,H=16см;прозр.</t>
+  </si>
+  <si>
+    <t>03080146</t>
+  </si>
+  <si>
+    <t>6857-24713</t>
+  </si>
+  <si>
+    <t>Neman</t>
+  </si>
+  <si>
+    <t>Мельница</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>Вазы декоративные</t>
+  </si>
+  <si>
+    <t>23578.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Декор для стола «Яблоко»;хрусталь;D=12,7,H=16см;прозр.</t>
-[...20 lines deleted...]
-    <t>23578.00₸</t>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=12,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03080147</t>
+  </si>
+  <si>
+    <t>7017/20-27310</t>
+  </si>
+  <si>
+    <t>10041.00₸</t>
+  </si>
+  <si>
+    <t>42 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Террамеса мастед»;фарфор;D=65,H=100мм;св.корич.</t>
+  </si>
+  <si>
+    <t>03080148</t>
+  </si>
+  <si>
+    <t>1121 0840</t>
+  </si>
+  <si>
+    <t>Terramesa</t>
+  </si>
+  <si>
+    <t>7431.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Леда»;фарфор;D=65,H=160мм;белый</t>
+  </si>
+  <si>
+    <t>03080149</t>
+  </si>
+  <si>
+    <t>0070</t>
+  </si>
+  <si>
+    <t>Leda</t>
+  </si>
+  <si>
+    <t>7546.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Леда»;фарфор;D=85,H=120мм;белый</t>
+  </si>
+  <si>
+    <t>03080150</t>
+  </si>
+  <si>
+    <t>0069</t>
+  </si>
+  <si>
+    <t>3858.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Клиа»;стекло;D=15,7,H=28см;прозр.</t>
+  </si>
+  <si>
+    <t>03080152</t>
+  </si>
+  <si>
+    <t>Lux</t>
+  </si>
+  <si>
+    <t>Clear</t>
+  </si>
+  <si>
+    <t>16203.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Капитоль»;хр.стекло;,H=15см</t>
+  </si>
+  <si>
+    <t>03080157</t>
+  </si>
+  <si>
+    <t>318820M02321990</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Capitol</t>
+  </si>
+  <si>
+    <t>3889.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;хрусталь;D=3,H=40см;прозр.</t>
+  </si>
+  <si>
+    <t>03080159</t>
+  </si>
+  <si>
+    <t>7575/900/63-9944</t>
+  </si>
+  <si>
+    <t>14145.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=19,6,H=35см;прозр.</t>
+  </si>
+  <si>
+    <t>03080162</t>
+  </si>
+  <si>
+    <t>7293/35-23379</t>
+  </si>
+  <si>
+    <t>20729.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр» косой срез;стекло;D=12,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>03080163</t>
+  </si>
+  <si>
+    <t>7017/30-39879</t>
+  </si>
+  <si>
+    <t>12713.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=10,H=60см;прозр.</t>
+  </si>
+  <si>
+    <t>03080164</t>
+  </si>
+  <si>
+    <t>7856/60-26798</t>
+  </si>
+  <si>
+    <t>11427.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов косой срез;стекло;D=12,H=40см;прозр.</t>
+  </si>
+  <si>
+    <t>03080165</t>
+  </si>
+  <si>
+    <t>7898/40-26990</t>
+  </si>
+  <si>
+    <t>10118.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов шестигранная;стекло;D=13,H=42см;прозр.</t>
+  </si>
+  <si>
+    <t>03080166</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;D=17,H=50см;прозр.</t>
+  </si>
+  <si>
+    <t>03080167</t>
+  </si>
+  <si>
+    <t>7518-39795</t>
+  </si>
+  <si>
+    <t>15616.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=15,H=40см;прозр.</t>
+  </si>
+  <si>
+    <t>03080168</t>
+  </si>
+  <si>
+    <t>7292/40-25888</t>
+  </si>
+  <si>
+    <t>18026.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;D=8,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>03080169</t>
+  </si>
+  <si>
+    <t>7095-22099</t>
+  </si>
+  <si>
+    <t>7878.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Квадрат»;стекло;,H=50,L=10,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080170</t>
+  </si>
+  <si>
+    <t>6360/50-26772</t>
+  </si>
+  <si>
+    <t>20790.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;D=10,8,H=26см;прозр.</t>
+  </si>
+  <si>
+    <t>03080171</t>
+  </si>
+  <si>
+    <t>43966/b</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Botanica</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>2058.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;D=80,H=265мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080172</t>
+  </si>
+  <si>
+    <t>43767/b</t>
+  </si>
+  <si>
+    <t>1904.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;фарфор;D=55,H=150мм;белый</t>
+  </si>
+  <si>
+    <t>03080175</t>
+  </si>
+  <si>
+    <t>H3732</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>696.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=5,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03080176</t>
+  </si>
+  <si>
+    <t>7672-21437</t>
+  </si>
+  <si>
+    <t>5421.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Кларет»;фарфор;D=6,H=14см;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03080178</t>
+  </si>
+  <si>
+    <t>1503 A278</t>
+  </si>
+  <si>
+    <t>Ivory Claret</t>
+  </si>
+  <si>
+    <t>7439.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;D=20,H=30см</t>
+  </si>
+  <si>
+    <t>03080181</t>
+  </si>
+  <si>
+    <t>7293/30-24791</t>
+  </si>
+  <si>
+    <t>20929.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Антуанетт»;фарфор;D=53,H=110мм;белый,олив.</t>
+  </si>
+  <si>
+    <t>03080183</t>
+  </si>
+  <si>
+    <t>9019 C677</t>
+  </si>
+  <si>
+    <t>Antoinette</t>
+  </si>
+  <si>
+    <t>16725.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Крафт»;фарфор;D=67,H=100мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03080188</t>
+  </si>
+  <si>
+    <t>1132 0840</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>11743.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов квадратная;стекло;,H=37,5,L=13,B=13см;прозр.</t>
+  </si>
+  <si>
+    <t>03080193</t>
+  </si>
+  <si>
+    <t>7705/20/375</t>
+  </si>
+  <si>
+    <t>9433.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов квадратная;стекло;,H=27,5,L=15,B=15см;прозр.</t>
+  </si>
+  <si>
+    <t>03080194</t>
+  </si>
+  <si>
+    <t>7705/20/275-24766</t>
+  </si>
+  <si>
+    <t>14376.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов квадратная;стекло;,H=20,L=15,B=15см;прозр.</t>
+  </si>
+  <si>
+    <t>03080195</t>
+  </si>
+  <si>
+    <t>7285/20-33948</t>
+  </si>
+  <si>
+    <t>14700.00₸</t>
+  </si>
+  <si>
+    <t>34 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Кантри Стайл»;фарфор;D=7,H=10см;зелен.</t>
+  </si>
+  <si>
+    <t>03080196</t>
+  </si>
+  <si>
+    <t>TRY4610</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>6168.00₸</t>
+  </si>
+  <si>
+    <t>Ваза декоративная с крышкой;стекло;3л;D=13,7,H=42,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03080294</t>
+  </si>
+  <si>
+    <t>11048/1вел-31842</t>
+  </si>
+  <si>
+    <t>15169.00₸</t>
+  </si>
+  <si>
+    <t>Ваза декоративная с крышкой;стекло;1,5л;D=13,7,H=31,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03080295</t>
+  </si>
+  <si>
+    <t>11048/2вел-31843</t>
+  </si>
+  <si>
+    <t>16632.00₸</t>
+  </si>
+  <si>
+    <t>Ваза-бокал;стекло;7л;D=15,5,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>03080401</t>
+  </si>
+  <si>
+    <t>6205-43228</t>
+  </si>
+  <si>
+    <t>13460.00₸</t>
+  </si>
+  <si>
+    <t>Ваза-бокал;стекло;5л;D=14,H=29,B=22см;прозр.</t>
+  </si>
+  <si>
+    <t>03080402</t>
+  </si>
+  <si>
+    <t>6205-43227</t>
+  </si>
+  <si>
+    <t>14430.00₸</t>
+  </si>
+  <si>
+    <t>24 шт.</t>
+  </si>
+  <si>
+    <t>Ваза-бокал;стекло;3,5л;D=14,H=23,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03080403</t>
+  </si>
+  <si>
+    <t>6205-43226</t>
+  </si>
+  <si>
+    <t>10588.00₸</t>
+  </si>
+  <si>
+    <t>Ваза-бокал;стекло;10л;D=17,H=34,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03080404</t>
+  </si>
+  <si>
+    <t>6205-43224</t>
+  </si>
+  <si>
+    <t>17664.00₸</t>
+  </si>
+  <si>
+    <t>Ваза-бокал;стекло;12л;D=20,H=37,7см;прозр.</t>
+  </si>
+  <si>
+    <t>03080405</t>
+  </si>
+  <si>
+    <t>6205-43225</t>
+  </si>
+  <si>
+    <t>20783.00₸</t>
+  </si>
+  <si>
+    <t>Ваза-бокал «Супер Маргарита»;стекло;1,7л;D=19,H=27,B=19,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03080406</t>
+  </si>
+  <si>
+    <t>Libbey</t>
+  </si>
+  <si>
+    <t>Super Margar</t>
+  </si>
+  <si>
+    <t>МЕКСИКА</t>
+  </si>
+  <si>
+    <t>15385.00₸</t>
+  </si>
+  <si>
+    <t>Ваза-бокал;стекло;1,8л;D=19,5,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03080407</t>
+  </si>
+  <si>
+    <t>6580-43229</t>
+  </si>
+  <si>
+    <t>6730.00₸</t>
+  </si>
+  <si>
+    <t>Ваза-бокал «Супер боул»;стекло;1,4л;D=14,8,H=26,B=15см;прозр.</t>
+  </si>
+  <si>
+    <t>03080408</t>
+  </si>
+  <si>
+    <t>Super Bowl</t>
+  </si>
+  <si>
+    <t>12474.00₸</t>
+  </si>
+  <si>
+    <t>Ваза-шар;стекло;12л;D=30,H=24,B=19см;прозр.</t>
+  </si>
+  <si>
+    <t>03080410</t>
+  </si>
+  <si>
+    <t>7709-24820</t>
+  </si>
+  <si>
+    <t>13406.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Ваза-шар;стекло;8л;D=26,H=22,4см;прозр.</t>
+  </si>
+  <si>
+    <t>03080411</t>
+  </si>
+  <si>
+    <t>6402-24020</t>
+  </si>
+  <si>
+    <t>13160.00₸</t>
+  </si>
+  <si>
+    <t>Ваза-шар «Флора»;стекло;0,8л;D=80,H=103мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080412</t>
+  </si>
+  <si>
+    <t>43417/b</t>
+  </si>
+  <si>
+    <t>Flora</t>
+  </si>
+  <si>
+    <t>1148.00₸</t>
+  </si>
+  <si>
+    <t>Ваза-шар «Флора»;стекло;420мл;D=7,H=8см;прозр.</t>
+  </si>
+  <si>
+    <t>03080413</t>
+  </si>
+  <si>
+    <t>43407/b</t>
+  </si>
+  <si>
+    <t>798.00₸</t>
+  </si>
+  <si>
+    <t>Ваза-шар косой срез;стекло;0,6л;D=18,H=15см;прозр.</t>
+  </si>
+  <si>
+    <t>03080414</t>
+  </si>
+  <si>
+    <t>5578-12828</t>
+  </si>
+  <si>
+    <t>7469.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Ваза-бокал;стекло;1л;D=95,H=140мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080416</t>
+  </si>
+  <si>
+    <t>6205-43223</t>
+  </si>
+  <si>
+    <t>3912.00₸</t>
+  </si>
+  <si>
+    <t>Ваза-шар;стекло;400мл;D=100,H=77мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080417</t>
+  </si>
+  <si>
+    <t>7708-26791</t>
+  </si>
+  <si>
+    <t>1340.00₸</t>
+  </si>
+  <si>
+    <t>Ваза-шар косой срез;стекло;1,75л;D=26см;прозр.</t>
+  </si>
+  <si>
+    <t>03080421</t>
+  </si>
+  <si>
+    <t>6402-27398</t>
+  </si>
+  <si>
+    <t>13121.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Ваза-шар;стекло;3л;D=180/85,H=170мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080423</t>
+  </si>
+  <si>
+    <t>5578-21900</t>
+  </si>
+  <si>
+    <t>8624.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;,H=22см;прозр.</t>
+  </si>
+  <si>
+    <t>03080430</t>
+  </si>
+  <si>
+    <t>43617/b</t>
+  </si>
+  <si>
+    <t>1512.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;D=84,H=278мм</t>
+  </si>
+  <si>
+    <t>03080433</t>
+  </si>
+  <si>
+    <t>43597/b</t>
+  </si>
+  <si>
+    <t>1309.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;керамика;D=11,H=11см;древесн.</t>
+  </si>
+  <si>
+    <t>03080440</t>
+  </si>
+  <si>
+    <t>B7414502</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>4438.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;керамика;D=14,H=13см;древесн.</t>
+  </si>
+  <si>
+    <t>03080441</t>
+  </si>
+  <si>
+    <t>B7414503</t>
+  </si>
+  <si>
+    <t>6538.00₸</t>
+  </si>
+  <si>
+    <t>Ваза-шар;стекло;4,15л;D=22см;прозр.</t>
+  </si>
+  <si>
+    <t>03080442</t>
+  </si>
+  <si>
+    <t>5595-23832</t>
+  </si>
+  <si>
+    <t>13706.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=12,3,H=60см;прозр.</t>
+  </si>
+  <si>
+    <t>03080450</t>
+  </si>
+  <si>
+    <t>7017/60-26409</t>
+  </si>
+  <si>
+    <t>24063.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;хр.стекло;D=18,H=34см;белый</t>
+  </si>
+  <si>
+    <t>03080452</t>
+  </si>
+  <si>
+    <t>Nude</t>
+  </si>
+  <si>
+    <t>Magnolia</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>43267.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;1,7л;,H=26см;прозр.</t>
+  </si>
+  <si>
+    <t>03080455</t>
+  </si>
+  <si>
+    <t>43267/b</t>
+  </si>
+  <si>
+    <t>1939.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;фарфор;D=5,H=21см;белый</t>
+  </si>
+  <si>
+    <t>03080456</t>
+  </si>
+  <si>
+    <t>6C0031</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>3689.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Миф»;хр.стекло;,H=27см</t>
+  </si>
+  <si>
+    <t>03080458</t>
+  </si>
+  <si>
+    <t>L8277</t>
+  </si>
+  <si>
+    <t>Cristal D"arques</t>
+  </si>
+  <si>
+    <t>Mythe</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>21476.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Коллекционер»;хр.стекло;,H=27см</t>
+  </si>
+  <si>
+    <t>03080459</t>
+  </si>
+  <si>
+    <t>L8279</t>
+  </si>
+  <si>
+    <t>Collection</t>
+  </si>
+  <si>
+    <t>Ваза-шар косой срез;стекло;D=12см;прозр.</t>
+  </si>
+  <si>
+    <t>03080463</t>
+  </si>
+  <si>
+    <t>5580-29479</t>
+  </si>
+  <si>
+    <t>5159.00₸</t>
+  </si>
+  <si>
+    <t>35 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цветок» косой срез;хр.стекло;,H=40см;прозр.</t>
+  </si>
+  <si>
+    <t>03080464</t>
+  </si>
+  <si>
+    <t>7575/900/43-22618</t>
+  </si>
+  <si>
+    <t>Цветок</t>
+  </si>
+  <si>
+    <t>10934.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;D=13,H=40см;прозр.</t>
+  </si>
+  <si>
+    <t>03080465</t>
+  </si>
+  <si>
+    <t>78981001-35550</t>
+  </si>
+  <si>
+    <t>14423.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=12,H=50см;прозр.</t>
+  </si>
+  <si>
+    <t>03080466</t>
+  </si>
+  <si>
+    <t>7017/50-26408</t>
+  </si>
+  <si>
+    <t>21637.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=15,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>03080467</t>
+  </si>
+  <si>
+    <t>7292/30/100/1-26986</t>
+  </si>
+  <si>
+    <t>15670.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=10,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>03080468</t>
+  </si>
+  <si>
+    <t>7856/30-26992</t>
+  </si>
+  <si>
+    <t>10780.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Квадрат»;стекло;,H=40,L=10,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080469</t>
+  </si>
+  <si>
+    <t>6360/40-27520</t>
+  </si>
+  <si>
+    <t>19335.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=10,H=40см;прозр.</t>
+  </si>
+  <si>
+    <t>03080801</t>
+  </si>
+  <si>
+    <t>7856/40-27576</t>
+  </si>
+  <si>
+    <t>13129.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Королла»;стекло;D=12,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>03080802</t>
+  </si>
+  <si>
+    <t>Corolla</t>
+  </si>
+  <si>
+    <t>6930.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Дуэмила»;стекло;,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>03080803</t>
+  </si>
+  <si>
+    <t>331059M02321990</t>
+  </si>
+  <si>
+    <t>Duemila</t>
+  </si>
+  <si>
+    <t>12251.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Винчиана»;стекло;,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>03080804</t>
+  </si>
+  <si>
+    <t>331029M02321990</t>
+  </si>
+  <si>
+    <t>Vinciana</t>
+  </si>
+  <si>
+    <t>9941.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Карат»;фарфор;D=70/25,H=120мм;белый</t>
+  </si>
+  <si>
+    <t>03080805</t>
+  </si>
+  <si>
+    <t>25 8100</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>6646.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;D=72,H=250мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080806</t>
+  </si>
+  <si>
+    <t>Stoelzle</t>
+  </si>
+  <si>
+    <t>11196.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;D=67,H=210мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080807</t>
+  </si>
+  <si>
+    <t>9649.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;D=83,H=230мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080808</t>
+  </si>
+  <si>
+    <t>12390.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=12,H=32,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03080809</t>
+  </si>
+  <si>
+    <t>7017/30-26774</t>
+  </si>
+  <si>
+    <t>12759.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;,H=18,L=8,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080816</t>
+  </si>
+  <si>
+    <t>43074/b</t>
+  </si>
+  <si>
+    <t>1617.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;,H=14,L=8,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080817</t>
+  </si>
+  <si>
+    <t>43071/b</t>
+  </si>
+  <si>
+    <t>1757.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;,H=9,L=8,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080818</t>
+  </si>
+  <si>
+    <t>43072/b</t>
+  </si>
+  <si>
+    <t>2709.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;,H=140,L=97,B=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080820</t>
+  </si>
+  <si>
+    <t>80147/b</t>
+  </si>
+  <si>
+    <t>3297.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03080821</t>
+  </si>
+  <si>
+    <t>80149/b</t>
+  </si>
+  <si>
+    <t>3612.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Блю дэппл»;фарфор;D=70,H=97,B=61мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03080823</t>
+  </si>
+  <si>
+    <t>1710 0840</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>8270.00₸</t>
+  </si>
+  <si>
+    <t>Ваза декоративная бутылка;фарфор;D=75,H=160мм;белый</t>
+  </si>
+  <si>
+    <t>03080825</t>
+  </si>
+  <si>
+    <t>B7316210</t>
+  </si>
+  <si>
+    <t>Papier</t>
+  </si>
+  <si>
+    <t>6111.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;D=11,H=24см;прозр.</t>
+  </si>
+  <si>
+    <t>03080826</t>
+  </si>
+  <si>
+    <t>43737/b</t>
+  </si>
+  <si>
+    <t>Ваза для цветов на ножке;стекло;D=21,H=35см;прозр.</t>
+  </si>
+  <si>
+    <t>03080830</t>
+  </si>
+  <si>
+    <t>7941/1вел-38004</t>
+  </si>
+  <si>
+    <t>22099.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов на ножке с крышкой;стекло;D=15,H=25см;прозр.</t>
+  </si>
+  <si>
+    <t>03080831</t>
+  </si>
+  <si>
+    <t>7941/3вел-32840</t>
+  </si>
+  <si>
+    <t>13167.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов на ножке;стекло;D=18,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>03080832</t>
+  </si>
+  <si>
+    <t>7941/2вел-38005</t>
+  </si>
+  <si>
+    <t>18750.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов на ножке;стекло;D=11,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03080833</t>
+  </si>
+  <si>
+    <t>7941/4вел</t>
+  </si>
+  <si>
+    <t>3981.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов на ножке;стекло;D=84,H=150мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080834</t>
+  </si>
+  <si>
+    <t>7941/5вел</t>
+  </si>
+  <si>
+    <t>2110.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;хрусталь;D=75,H=350мм</t>
+  </si>
+  <si>
+    <t>03080841</t>
+  </si>
+  <si>
+    <t>9247-22876</t>
+  </si>
+  <si>
+    <t>26450.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;фарфор;,H=8,L=9,B=6см;белый</t>
+  </si>
+  <si>
+    <t>03080843</t>
+  </si>
+  <si>
+    <t>91-8-40</t>
+  </si>
+  <si>
+    <t>Sandra Rich</t>
+  </si>
+  <si>
+    <t>2688.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;хрусталь;D=85,H=200мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080850</t>
+  </si>
+  <si>
+    <t>5557/900/176-27579</t>
+  </si>
+  <si>
+    <t>28721.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Пьюрити»;эко-кост. фарф.;D=48/63,H=130мм;белый</t>
+  </si>
+  <si>
+    <t>03080852</t>
+  </si>
+  <si>
+    <t>69 8100/99 8103</t>
+  </si>
+  <si>
+    <t>Purity</t>
+  </si>
+  <si>
+    <t>10303.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;D=20,5,H=70см;прозр.</t>
+  </si>
+  <si>
+    <t>03080854</t>
+  </si>
+  <si>
+    <t>9718-39406</t>
+  </si>
+  <si>
+    <t>9009.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Голубка»;фарфор;,H=14,5см;белый</t>
+  </si>
+  <si>
+    <t>03080855</t>
+  </si>
+  <si>
+    <t>8С0661</t>
+  </si>
+  <si>
+    <t>Голубка</t>
+  </si>
+  <si>
+    <t>3566.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Лэйерс»;хр.стекло;,H=32,55см;желт.</t>
+  </si>
+  <si>
+    <t>03080856</t>
+  </si>
+  <si>
+    <t>Layers</t>
+  </si>
+  <si>
+    <t>85609.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Лэйерс»;хр.стекло;,H=27,6см;желт.</t>
+  </si>
+  <si>
+    <t>03080857</t>
+  </si>
+  <si>
+    <t>72388.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;хрусталь;D=13,5,H=30,2см;прозр.</t>
+  </si>
+  <si>
+    <t>03080859</t>
+  </si>
+  <si>
+    <t>5557(0в) -23453</t>
+  </si>
+  <si>
+    <t>43498.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;,H=30,L=10,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080860</t>
+  </si>
+  <si>
+    <t>6360/30-26265</t>
+  </si>
+  <si>
+    <t>15524.00₸</t>
+  </si>
+  <si>
+    <t>Ваза декоративная;хр.стекло;,H=22,8,B=39,5см;синий</t>
+  </si>
+  <si>
+    <t>03081213</t>
+  </si>
+  <si>
+    <t>119358.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Террес де Ревес»;керамика;D=35,H=80мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03081215</t>
+  </si>
+  <si>
+    <t>B5117307B</t>
+  </si>
+  <si>
+    <t>Terres de Reves</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>8424.00₸</t>
+  </si>
+  <si>
+    <t>Ваза декоративная с крышкой;стекло;3л;D=19,5,H=43см;прозр.</t>
+  </si>
+  <si>
+    <t>03081302</t>
+  </si>
+  <si>
+    <t>7941/1 вел-32856</t>
+  </si>
+  <si>
+    <t>21815.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Мист»;стекло;,H=38,L=28,B=14см</t>
+  </si>
+  <si>
+    <t>03081401</t>
+  </si>
+  <si>
+    <t>Mist</t>
+  </si>
+  <si>
+    <t>65520.00₸</t>
+  </si>
+  <si>
+    <t>Декор для стола «Череп»;стекло;,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>03081501</t>
+  </si>
+  <si>
+    <t>San Miguel</t>
+  </si>
+  <si>
+    <t>Skull</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>12351.00₸</t>
+  </si>
+  <si>
+    <t>Декор для стола «Череп»;стекло;,H=30см;оранжев.</t>
+  </si>
+  <si>
+    <t>03081502</t>
+  </si>
+  <si>
+    <t>5862 DB08</t>
+  </si>
+  <si>
+    <t>17272.00₸</t>
+  </si>
+  <si>
+    <t>Декор для стола «Череп»;стекло;,H=30см;синий</t>
+  </si>
+  <si>
+    <t>03081503</t>
+  </si>
+  <si>
+    <t>5862 DB150</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Декор для стола «Череп»;стекло;,H=30см;янтарн.</t>
+  </si>
+  <si>
+    <t>03081504</t>
+  </si>
+  <si>
+    <t>5862 DB48</t>
+  </si>
+  <si>
+    <t>Декор для стола «Голова»;стекло;,H=29см;прозр.</t>
+  </si>
+  <si>
+    <t>03081505</t>
+  </si>
+  <si>
+    <t>10888.00₸</t>
+  </si>
+  <si>
+    <t>Декор для стола «Будда»;стекло;,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>03081506</t>
+  </si>
+  <si>
+    <t>12729.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Ваза для цветов «Цилиндр»;стекло;D=12,H=20см;прозр.</t>
-[...98 lines deleted...]
-    <t>14145.00₸</t>
+    <t>Декор для стола «Череп»;стекло;,H=26см;прозр.</t>
+  </si>
+  <si>
+    <t>03081507</t>
+  </si>
+  <si>
+    <t>9548.00₸</t>
+  </si>
+  <si>
+    <t>Декор для стола «Будда»;стекло;,H=30см;оранжев.</t>
+  </si>
+  <si>
+    <t>03081508</t>
+  </si>
+  <si>
+    <t>5134DB08</t>
+  </si>
+  <si>
+    <t>17341.00₸</t>
+  </si>
+  <si>
+    <t>Декор для стола «Череп»;хр.стекло;серый</t>
+  </si>
+  <si>
+    <t>03081512</t>
+  </si>
+  <si>
+    <t>Memento Mori</t>
+  </si>
+  <si>
+    <t>187418.00₸</t>
+  </si>
+  <si>
+    <t>Декор для стола «Череп»;хр.стекло;красный</t>
+  </si>
+  <si>
+    <t>03081513</t>
+  </si>
+  <si>
+    <t>271333.00₸</t>
+  </si>
+  <si>
+    <t>Декор для стола «Череп»;хр.стекло;прозр.</t>
+  </si>
+  <si>
+    <t>03081514</t>
+  </si>
+  <si>
+    <t>Декор для стола «Кактус» S;керамика;,H=200,L=200,B=75мм;зелен.</t>
+  </si>
+  <si>
+    <t>03081601</t>
+  </si>
+  <si>
+    <t>B2513007</t>
+  </si>
+  <si>
+    <t>20598.00₸</t>
+  </si>
+  <si>
+    <t>Декор для стола «Кактус» M;керамика;,H=29,L=18,5,B=16,5см;зелен.</t>
+  </si>
+  <si>
+    <t>03081602</t>
+  </si>
+  <si>
+    <t>B2513008</t>
+  </si>
+  <si>
+    <t>39886.00₸</t>
+  </si>
+  <si>
+    <t>Декор для стола «Кактус» XL;керамика;,H=60,L=32,B=28см;зелен.</t>
+  </si>
+  <si>
+    <t>03081603</t>
+  </si>
+  <si>
+    <t>B2513008L</t>
+  </si>
+  <si>
+    <t>131509.00₸</t>
+  </si>
+  <si>
+    <t>Декор для стола «Кактус» L;керамика;,H=39,5,L=24,B=22,5см;зелен.</t>
+  </si>
+  <si>
+    <t>03081604</t>
+  </si>
+  <si>
+    <t>B2513009</t>
+  </si>
+  <si>
+    <t>74205.00₸</t>
+  </si>
+  <si>
+    <t>Декор для стола «Кактус» мини;керамика;,H=12см;зелен.</t>
+  </si>
+  <si>
+    <t>03081605</t>
+  </si>
+  <si>
+    <t>B2516026</t>
+  </si>
+  <si>
+    <t>11874.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Мурано Граффио»;стекло;D=13,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03081714</t>
+  </si>
+  <si>
+    <t>VDVM100580</t>
+  </si>
+  <si>
+    <t>Vidivi</t>
+  </si>
+  <si>
+    <t>Murano Graffio</t>
+  </si>
+  <si>
+    <t>12505.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Мурано Ланче»;стекло;D=13,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03081715</t>
+  </si>
+  <si>
+    <t>VDVM100590</t>
+  </si>
+  <si>
+    <t>Murano Lance</t>
+  </si>
+  <si>
+    <t>18480.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Мурано Оттико»;стекло;D=13,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03081716</t>
+  </si>
+  <si>
+    <t>VDVM100600</t>
+  </si>
+  <si>
+    <t>Murano Ottico</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Фобос»;керамика;350мл;D=8,H=13см;коричнев.</t>
+  </si>
+  <si>
+    <t>03081723</t>
+  </si>
+  <si>
+    <t>LPHO019MA706035</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Phobos</t>
+  </si>
+  <si>
+    <t>9033.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Фобос»;керамика;350мл;D=8,H=13см;коричнев.,синий</t>
+  </si>
+  <si>
+    <t>03081724</t>
+  </si>
+  <si>
+    <t>LPHO019NB706035</t>
+  </si>
+  <si>
+    <t>9933.00₸</t>
+  </si>
+  <si>
+    <t>Свечи[50шт];параф.со стеар.;D=25,H=245,L=255,B=190мм;синий</t>
+  </si>
+  <si>
+    <t>03200351</t>
+  </si>
+  <si>
+    <t>Papstar</t>
+  </si>
+  <si>
+    <t>Свечи</t>
+  </si>
+  <si>
+    <t>17657.00₸</t>
+  </si>
+  <si>
+    <t>Свечи[50шт];параф.со стеар.;D=25,H=245,L=255,B=190мм;белый</t>
+  </si>
+  <si>
+    <t>03200352</t>
+  </si>
+  <si>
+    <t>17680.00₸</t>
+  </si>
+  <si>
+    <t>Свечи[50шт];параф.со стеар.;D=25,H=245,L=255,B=190мм;красный</t>
+  </si>
+  <si>
+    <t>03200354</t>
+  </si>
+  <si>
+    <t>17718.00₸</t>
+  </si>
+  <si>
+    <t>Свечи[50шт];параф.со стеар.;D=25,H=245,L=255,B=190мм;зелен.</t>
+  </si>
+  <si>
+    <t>03200357</t>
+  </si>
+  <si>
+    <t>17672.00₸</t>
+  </si>
+  <si>
+    <t>Свечи «Таблетки»;воск,алюмин.;D=40,H=16,L=40мм;белый,серебрист.</t>
+  </si>
+  <si>
+    <t>03200369</t>
+  </si>
+  <si>
+    <t>108.00₸</t>
+  </si>
+  <si>
+    <t>Свечи «Таблетки»[100шт];воск,алюмин.;D=4,H=4,L=30,B=30см;белый</t>
+  </si>
+  <si>
+    <t>03200370</t>
+  </si>
+  <si>
+    <t>HCK</t>
+  </si>
+  <si>
+    <t>6130.00₸</t>
+  </si>
+  <si>
+    <t>Свеча «Столбик» 60*40мм[4шт];D=4,H=6,L=6,B=4см;белый</t>
+  </si>
+  <si>
+    <t>03200371</t>
+  </si>
+  <si>
+    <t>801.00₸</t>
+  </si>
+  <si>
+    <t>Свечи «Таблетки»[100шт];воск,алюмин.;D=4,H=4см;зелен.</t>
+  </si>
+  <si>
+    <t>03200387</t>
+  </si>
+  <si>
+    <t>6838.00₸</t>
+  </si>
+  <si>
+    <t>Свечи «Таблетки»[100шт];воск,алюмин.;D=4,H=4см;красный</t>
+  </si>
+  <si>
+    <t>03200388</t>
+  </si>
+  <si>
+    <t>6769.00₸</t>
+  </si>
+  <si>
+    <t>Набор свечей д/торта[24шт];воск;,L=19,B=9см</t>
+  </si>
+  <si>
+    <t>03200389</t>
+  </si>
+  <si>
+    <t>809.00₸</t>
+  </si>
+  <si>
+    <t>Свеча-цифра ко дню рождения «1»;воск;,H=16,L=144/74,B=84мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03200390</t>
+  </si>
+  <si>
+    <t>555.00₸</t>
+  </si>
+  <si>
+    <t>Свеча-цифра ко дню рождения «2»;воск;,H=16,L=144/74,B=84мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03200391</t>
+  </si>
+  <si>
+    <t>663.00₸</t>
+  </si>
+  <si>
+    <t>Свеча-цифра ко дню рождения «3»;воск;,H=16,L=144/74,B=84мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03200392</t>
+  </si>
+  <si>
+    <t>Свеча-цифра ко дню рождения «4»;воск;,H=16,L=144/74,B=84мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03200393</t>
+  </si>
+  <si>
+    <t>655.00₸</t>
+  </si>
+  <si>
+    <t>Свеча-цифра ко дню рождения «5»;воск;,H=16,L=144/74,B=84мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03200394</t>
+  </si>
+  <si>
+    <t>Свеча-цифра ко дню рождения «6»;воск;,H=16,L=144/74,B=84мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03200395</t>
+  </si>
+  <si>
+    <t>593.00₸</t>
+  </si>
+  <si>
+    <t>Свеча-цифра ко дню рождения «7»;воск;,H=16,L=144/74,B=80мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03200396</t>
+  </si>
+  <si>
+    <t>486.00₸</t>
+  </si>
+  <si>
+    <t>Свеча-цифра ко дню рождения «8»;воск;,H=16,L=144/74,B=84мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03200397</t>
+  </si>
+  <si>
+    <t>524.00₸</t>
+  </si>
+  <si>
+    <t>Свеча-цифра ко дню рождения «9»;воск;,H=16,L=144/74,B=84мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03200398</t>
+  </si>
+  <si>
+    <t>563.00₸</t>
+  </si>
+  <si>
+    <t>Свеча-цифра ко дню рождения «0»;воск;,H=16,L=144/74,B=84мм;белый,красный</t>
+  </si>
+  <si>
+    <t>03200400</t>
+  </si>
+  <si>
+    <t>Подсвечник «Аркадия»;фарфор;D=100,H=95мм;белый</t>
+  </si>
+  <si>
+    <t>03200401</t>
+  </si>
+  <si>
+    <t>0566</t>
+  </si>
+  <si>
+    <t>Подсвечники</t>
+  </si>
+  <si>
+    <t>2749.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Кашуб-хел»;фарфор;D=45/90,H=110мм;белый</t>
+  </si>
+  <si>
+    <t>03200409</t>
+  </si>
+  <si>
+    <t>0266</t>
+  </si>
+  <si>
+    <t>Kaszub-Hel</t>
+  </si>
+  <si>
+    <t>4990.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник «Граунд Хат»;стекло;D=40,H=12,L=110,B=95мм;матовый</t>
+  </si>
+  <si>
+    <t>03200417</t>
+  </si>
+  <si>
+    <t>BDK</t>
+  </si>
+  <si>
+    <t>Ground</t>
+  </si>
+  <si>
+    <t>2011.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Клиа Хат»</t>
+  </si>
+  <si>
+    <t>03200418</t>
+  </si>
+  <si>
+    <t>2410.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=80/45,H=12мм;желт.</t>
+  </si>
+  <si>
+    <t>03200419</t>
+  </si>
+  <si>
+    <t>Flower</t>
+  </si>
+  <si>
+    <t>2488.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=80/45,H=12мм;коричнев.,желт.</t>
+  </si>
+  <si>
+    <t>03200420</t>
+  </si>
+  <si>
+    <t>2380.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=80/45,H=12мм;синий,прозр.</t>
+  </si>
+  <si>
+    <t>03200421</t>
+  </si>
+  <si>
+    <t>2264.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=122мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200422</t>
+  </si>
+  <si>
+    <t>3057.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=122мм;голуб.</t>
+  </si>
+  <si>
+    <t>03200430</t>
+  </si>
+  <si>
+    <t>4697.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник;стекло,металл;6,7л;D=19,H=18см</t>
+  </si>
+  <si>
+    <t>03200433</t>
+  </si>
+  <si>
+    <t>M2502</t>
+  </si>
+  <si>
+    <t>Fusion</t>
+  </si>
+  <si>
+    <t>26881.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник [2шт];стекло,сталь нерж.;D=5,H=8см;стальной,прозр.</t>
+  </si>
+  <si>
+    <t>03200434</t>
+  </si>
+  <si>
+    <t>03026</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>11438.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=122мм;янтарн.</t>
+  </si>
+  <si>
+    <t>03200436</t>
+  </si>
+  <si>
+    <t>6399.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ» темн.-янтарь;стекло;D=50,H=72,B=122мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03200437</t>
+  </si>
+  <si>
+    <t>Подсвечник «Лиф»;стекло;,H=72,L=124,B=90мм;зелен.</t>
+  </si>
+  <si>
+    <t>03200439</t>
+  </si>
+  <si>
+    <t>Leaf</t>
+  </si>
+  <si>
+    <t>2526.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Лиф»;стекло;D=45,H=12,L=120,B=85мм;янтарн.</t>
+  </si>
+  <si>
+    <t>03200440</t>
+  </si>
+  <si>
+    <t>2634.00₸</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=122мм;красный</t>
+  </si>
+  <si>
+    <t>03200441</t>
+  </si>
+  <si>
+    <t>7916.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=122мм;синий</t>
+  </si>
+  <si>
+    <t>03200442</t>
+  </si>
+  <si>
+    <t>3897.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ» оранж.-красный;стекло;D=50,H=85,L=105,B=105мм;оранжев.</t>
+  </si>
+  <si>
+    <t>03200443</t>
+  </si>
+  <si>
+    <t>7700.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Лампарина»;стекло;D=80/40,H=54мм;голуб.</t>
+  </si>
+  <si>
+    <t>03200449</t>
+  </si>
+  <si>
+    <t>6.34460 T</t>
+  </si>
+  <si>
+    <t>Lamparina</t>
+  </si>
+  <si>
+    <t>2557.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Свенска»;стекло;D=70/36,H=29мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200455</t>
+  </si>
+  <si>
+    <t>213200001/2132FPV00</t>
+  </si>
+  <si>
+    <t>Svenska</t>
+  </si>
+  <si>
+    <t>ПОРТУГАЛИЯ</t>
+  </si>
+  <si>
+    <t>794.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=122мм;зелен.</t>
+  </si>
+  <si>
+    <t>03200457</t>
+  </si>
+  <si>
+    <t>7608.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Рэд»;стекло;D=14,5,H=10,1,B=14см;красный</t>
+  </si>
+  <si>
+    <t>03200458</t>
+  </si>
+  <si>
+    <t>757/801R</t>
+  </si>
+  <si>
+    <t>Red</t>
+  </si>
+  <si>
+    <t>4751.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Блю»;стекло;D=30,H=101,B=140мм;синий</t>
+  </si>
+  <si>
+    <t>03200459</t>
+  </si>
+  <si>
+    <t>757/801Blu</t>
+  </si>
+  <si>
+    <t>Blue</t>
+  </si>
+  <si>
+    <t>Подсвечник с плафоном;стекло,сталь;D=107/40,H=223мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03200460</t>
+  </si>
+  <si>
+    <t>03013</t>
+  </si>
+  <si>
+    <t>25626.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Мелодия»;фарфор;D=30,H=57,L=87,B=73мм;белый</t>
+  </si>
+  <si>
+    <t>03200467</t>
+  </si>
+  <si>
+    <t>MEL4600</t>
+  </si>
+  <si>
+    <t>4051.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Вегас»;стекло;D=50,H=37мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200472</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Vegas</t>
+  </si>
+  <si>
+    <t>686.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=124мм;золотой</t>
+  </si>
+  <si>
+    <t>03200487</t>
+  </si>
+  <si>
+    <t>8032.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=124мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03200488</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=124мм;медный</t>
+  </si>
+  <si>
+    <t>03200489</t>
+  </si>
+  <si>
+    <t>7854.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;,H=106,L=185,B=177мм;зелен.</t>
+  </si>
+  <si>
+    <t>03200490</t>
+  </si>
+  <si>
+    <t>10149.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;,H=106,L=185,B=177мм;красный,белый</t>
+  </si>
+  <si>
+    <t>03200491</t>
+  </si>
+  <si>
+    <t>11150.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;,H=106,L=185,B=177мм;св.корич.,тем.корич.</t>
+  </si>
+  <si>
+    <t>03200492</t>
+  </si>
+  <si>
+    <t>12906.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник «Грин»;стекло;,H=101,B=140мм;зелен.</t>
+  </si>
+  <si>
+    <t>03200493</t>
+  </si>
+  <si>
+    <t>757/801G</t>
+  </si>
+  <si>
+    <t>Green</t>
+  </si>
+  <si>
+    <t>Подсвечник «Лучилла»;стекло;D=80/40,H=164мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200494</t>
+  </si>
+  <si>
+    <t>Lucilla</t>
+  </si>
+  <si>
+    <t>3219.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Клиа»;стекло;D=45,H=82,L=77,B=77мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200499</t>
+  </si>
+  <si>
+    <t>5822.00₸</t>
+  </si>
+  <si>
+    <t>Набор подсвечников[2шт];сталь;D=70,H=175мм;металлич.</t>
+  </si>
+  <si>
+    <t>03200501</t>
+  </si>
+  <si>
+    <t>32931-02</t>
+  </si>
+  <si>
+    <t>42451.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Максим»;фарфор;D=75,H=40мм;белый</t>
+  </si>
+  <si>
+    <t>03200503</t>
+  </si>
+  <si>
+    <t>MAX4600</t>
+  </si>
+  <si>
+    <t>Maxim</t>
+  </si>
+  <si>
+    <t>3358.00₸</t>
+  </si>
+  <si>
+    <t>Плафон д/подсвечника 3016;стекло;D=48,H=100мм;матовый</t>
+  </si>
+  <si>
+    <t>03200505</t>
+  </si>
+  <si>
+    <t>03028</t>
+  </si>
+  <si>
+    <t>Плафоны для светильников</t>
+  </si>
+  <si>
+    <t>Плафон для светильника;стекло;D=116/65,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200508</t>
+  </si>
+  <si>
+    <t>005</t>
+  </si>
+  <si>
+    <t>Candol</t>
+  </si>
+  <si>
+    <t>Rustica</t>
+  </si>
+  <si>
+    <t>8417.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Мидия»;сталь,стекло;D=10,H=17,8см;золотой,перламутр.</t>
+  </si>
+  <si>
+    <t>03200509</t>
+  </si>
+  <si>
+    <t>1001М</t>
+  </si>
+  <si>
+    <t>Midia</t>
+  </si>
+  <si>
+    <t>Светильники</t>
+  </si>
+  <si>
+    <t>26512.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника;стекло;D=99/50,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200511</t>
+  </si>
+  <si>
+    <t>g004</t>
+  </si>
+  <si>
+    <t>9826.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника;стекло;D=108/50,H=113мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200512</t>
+  </si>
+  <si>
+    <t>001S</t>
+  </si>
+  <si>
+    <t>8979.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Мидия»;стекло,сталь;D=99,H=255,L=130,B=130мм;хромиров.,прозр.</t>
+  </si>
+  <si>
+    <t>03200513</t>
+  </si>
+  <si>
+    <t>1007М</t>
+  </si>
+  <si>
+    <t>Светильник «Аладин»;стекло;D=10,2,H=18,8см;коричнев.,прозр.</t>
+  </si>
+  <si>
+    <t>03200514</t>
+  </si>
+  <si>
+    <t>1109М</t>
+  </si>
+  <si>
+    <t>Aladin</t>
+  </si>
+  <si>
+    <t>22246.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Кокон»;прозр.</t>
+  </si>
+  <si>
+    <t>03200515</t>
+  </si>
+  <si>
+    <t>Cocoon</t>
+  </si>
+  <si>
+    <t>2833.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Рустика»;сталь,стекло;D=11,8,H=18,1см;черный,красный</t>
+  </si>
+  <si>
+    <t>03200516</t>
+  </si>
+  <si>
+    <t>6510L</t>
+  </si>
+  <si>
+    <t>25603.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Студио»;сталь,стекло;D=11,8,H=16см;металлич.,прозр.</t>
+  </si>
+  <si>
+    <t>03200517</t>
+  </si>
+  <si>
+    <t>0407L</t>
+  </si>
+  <si>
+    <t>Studio</t>
+  </si>
+  <si>
+    <t>25872.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Люмина»;сталь,стекло;D=99,H=187мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03200518</t>
+  </si>
+  <si>
+    <t>1510M</t>
+  </si>
+  <si>
+    <t>Lumina</t>
+  </si>
+  <si>
+    <t>21245.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Студио»;сталь,стекло;D=11,8,H=16см;золотой,красный</t>
+  </si>
+  <si>
+    <t>03200519</t>
+  </si>
+  <si>
+    <t>0401L</t>
+  </si>
+  <si>
+    <t>27613.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Мидия»;сталь,стекло;D=97,H=181мм;белый,прозр.</t>
+  </si>
+  <si>
+    <t>03200523</t>
+  </si>
+  <si>
+    <t>1005M</t>
+  </si>
+  <si>
+    <t>22865.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Джим»;сталь,стекло;D=64,H=195мм;матовый,металлич.</t>
+  </si>
+  <si>
+    <t>03200525</t>
+  </si>
+  <si>
+    <t>6001A/063</t>
+  </si>
+  <si>
+    <t>Jim</t>
+  </si>
+  <si>
+    <t>30654.00₸</t>
   </si>
   <si>
     <t>15 шт.</t>
   </si>
   <si>
-    <t>Ваза для цветов «Цилиндр»;стекло;D=19,6,H=35см;прозр.</t>
-[...8 lines deleted...]
-    <t>20729.00₸</t>
+    <t>Светильник «Джим»;сталь,стекло;D=64,H=195мм;серебрист.,прозр.</t>
+  </si>
+  <si>
+    <t>03200526</t>
+  </si>
+  <si>
+    <t>6001A/064</t>
+  </si>
+  <si>
+    <t>34643.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Джим»;сталь,стекло;D=64,H=195мм;золотой,прозр.</t>
+  </si>
+  <si>
+    <t>03200527</t>
+  </si>
+  <si>
+    <t>6011A/064</t>
+  </si>
+  <si>
+    <t>30215.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Коко»;сталь,стекло;D=76,H=178мм;золотой,матовый</t>
+  </si>
+  <si>
+    <t>03200529</t>
+  </si>
+  <si>
+    <t>6101A066</t>
+  </si>
+  <si>
+    <t>Coco</t>
+  </si>
+  <si>
+    <t>31416.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Делия»;сталь,стекло;D=12,4,H=24,6см;золотой,прозр.</t>
+  </si>
+  <si>
+    <t>03200530</t>
+  </si>
+  <si>
+    <t>0921S022</t>
+  </si>
+  <si>
+    <t>Delia</t>
+  </si>
+  <si>
+    <t>48172.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Делия»;сталь,стекло;D=12,4,H=24,6см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03200531</t>
+  </si>
+  <si>
+    <t>0927</t>
+  </si>
+  <si>
+    <t>45423.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника «Джим»;стекло;D=60,H=167мм;матовый</t>
+  </si>
+  <si>
+    <t>03200532</t>
+  </si>
+  <si>
+    <t>063</t>
+  </si>
+  <si>
+    <t>10965.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника «Джим»;стекло;D=60,H=167мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200533</t>
+  </si>
+  <si>
+    <t>064</t>
+  </si>
+  <si>
+    <t>10873.00₸</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Плафон д/светил. матерчатый «Делия»;бумага;D=172/50,H=121мм;бежев.</t>
+  </si>
+  <si>
+    <t>03200534</t>
+  </si>
+  <si>
+    <t>098</t>
+  </si>
+  <si>
+    <t>11019.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника «Делия»;стекло;D=124/76,H=111мм;матовый</t>
+  </si>
+  <si>
+    <t>03200537</t>
+  </si>
+  <si>
+    <t>021</t>
+  </si>
+  <si>
+    <t>9833.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника тип L,H тонированый;стекло;D=118/53,H=97мм;бежев.</t>
+  </si>
+  <si>
+    <t>03200539</t>
+  </si>
+  <si>
+    <t>006</t>
+  </si>
+  <si>
+    <t>9086.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника тип А матовый;стекло;D=78/40,H=127мм;матовый</t>
+  </si>
+  <si>
+    <t>03200540</t>
+  </si>
+  <si>
+    <t>061</t>
+  </si>
+  <si>
+    <t>11928.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Карат»;фарфор;D=75,H=40мм;белый</t>
+  </si>
+  <si>
+    <t>03200546</t>
+  </si>
+  <si>
+    <t>25 7700</t>
   </si>
   <si>
     <t>21 шт.</t>
   </si>
   <si>
-    <t>Ваза для цветов «Цилиндр» косой срез;стекло;D=12,H=30см;прозр.</t>
-[...113 lines deleted...]
-    <t>2023.00₸</t>
+    <t>Подсвечник;стекло;D=65,H=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200547</t>
+  </si>
+  <si>
+    <t>Osz</t>
+  </si>
+  <si>
+    <t>224.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник;сталь нерж.;D=13,5,H=11см</t>
+  </si>
+  <si>
+    <t>03200549</t>
+  </si>
+  <si>
+    <t>381.14.2</t>
+  </si>
+  <si>
+    <t>Frabosk</t>
+  </si>
+  <si>
+    <t>8147.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник + свеча[2шт];металл;D=95,H=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03200551</t>
+  </si>
+  <si>
+    <t>03010</t>
+  </si>
+  <si>
+    <t>15462.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник;стекло;,H=85мм;белый</t>
+  </si>
+  <si>
+    <t>03200552</t>
+  </si>
+  <si>
+    <t>G368-08-391</t>
+  </si>
+  <si>
+    <t>LSA</t>
+  </si>
+  <si>
+    <t>22823.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Плафон для светильника «Делия»;стекло;D=124/76,H=111мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200553</t>
+  </si>
+  <si>
+    <t>022</t>
+  </si>
+  <si>
+    <t>10680.00₸</t>
+  </si>
+  <si>
+    <t>Лампа настольная пламеобразная;хромирован.,стекло;D=11,H=22см</t>
+  </si>
+  <si>
+    <t>03200555</t>
+  </si>
+  <si>
+    <t>42941-22</t>
+  </si>
+  <si>
+    <t>24710.00₸</t>
+  </si>
+  <si>
+    <t>Лампа настольная пламеобразная;хромирован.,стекло;D=11,H=32см</t>
+  </si>
+  <si>
+    <t>03200556</t>
+  </si>
+  <si>
+    <t>42941-32</t>
+  </si>
+  <si>
+    <t>28760.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Делия»;сталь,стекло;D=12,4,H=24,6см;металлич.,прозр.</t>
+  </si>
+  <si>
+    <t>03200558</t>
+  </si>
+  <si>
+    <t>0927S</t>
+  </si>
+  <si>
+    <t>Подсвечник «Бейзик»;стекло;D=82,H=170мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200559</t>
+  </si>
+  <si>
+    <t>44021/b</t>
+  </si>
+  <si>
+    <t>Basic</t>
+  </si>
+  <si>
+    <t>1001.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Банкет»;стекло;D=12,H=23,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03200560</t>
+  </si>
+  <si>
+    <t>61340M</t>
+  </si>
+  <si>
+    <t>Banguet</t>
+  </si>
+  <si>
+    <t>РУМЫНИЯ</t>
+  </si>
+  <si>
+    <t>24579.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник на 7свечей «Кима»;сталь нерж.;D=25,H=30см</t>
+  </si>
+  <si>
+    <t>03200570</t>
+  </si>
+  <si>
+    <t>56226-07</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Kyma</t>
+  </si>
+  <si>
+    <t>186410.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник;керамика;,H=70,L=70,B=65мм;голуб.,белый</t>
+  </si>
+  <si>
+    <t>03200571</t>
+  </si>
+  <si>
+    <t>Cosy&amp;Trendy</t>
+  </si>
+  <si>
+    <t>Il Cielo</t>
+  </si>
+  <si>
+    <t>3750.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник[2шт];сплав цинк.,стекло;D=75,H=125мм;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03201103</t>
+  </si>
+  <si>
+    <t>03016</t>
+  </si>
+  <si>
+    <t>22361.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ» светл.янтарь;стекло;D=5,H=8,L=10,B=10см;янтарн.</t>
+  </si>
+  <si>
+    <t>03201104</t>
+  </si>
+  <si>
+    <t>3204.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник;металл,посеребрен.;D=55,H=115мм;металлич.</t>
+  </si>
+  <si>
+    <t>03201105</t>
+  </si>
+  <si>
+    <t>04004</t>
+  </si>
+  <si>
+    <t>13391.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Опшенс»;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03201106</t>
+  </si>
+  <si>
+    <t>99 7700</t>
+  </si>
+  <si>
+    <t>11104.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник;металл;,H=39см;серебрист.</t>
+  </si>
+  <si>
+    <t>03201108</t>
+  </si>
+  <si>
+    <t>04006</t>
+  </si>
+  <si>
+    <t>50597.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «XXL» на 5свечей;металл;,H=56,L=46,B=46см;серебрист.</t>
+  </si>
+  <si>
+    <t>03201109</t>
+  </si>
+  <si>
+    <t>04000</t>
+  </si>
+  <si>
+    <t>146778.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «XXL» на 3 свечи;металл;,H=25,L=27,5,B=11см;серебрян.</t>
+  </si>
+  <si>
+    <t>03201110</t>
+  </si>
+  <si>
+    <t>04002</t>
+  </si>
+  <si>
+    <t>42840.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник;стекло;100мл;D=62,H=55мм;прозр.</t>
+  </si>
+  <si>
+    <t>03201112</t>
+  </si>
+  <si>
+    <t>54119/b</t>
+  </si>
+  <si>
+    <t>287.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник «Джой»;стекло;D=67,H=64мм;красный</t>
+  </si>
+  <si>
+    <t>03201113</t>
+  </si>
+  <si>
+    <t>28414/red</t>
+  </si>
+  <si>
+    <t>Joy</t>
+  </si>
+  <si>
+    <t>18981.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Джой»;стекло;D=67,H=64мм;бирюз.</t>
+  </si>
+  <si>
+    <t>03201114</t>
+  </si>
+  <si>
+    <t>28414/blue</t>
+  </si>
+  <si>
+    <t>Подсвечник «Джой» бургунд.;стекло;D=67,H=64мм</t>
+  </si>
+  <si>
+    <t>03201115</t>
+  </si>
+  <si>
+    <t>28414/burgun</t>
+  </si>
+  <si>
+    <t>11889.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Джой»;стекло;D=67,H=64мм;амбер</t>
+  </si>
+  <si>
+    <t>03201116</t>
+  </si>
+  <si>
+    <t>28414/amber</t>
+  </si>
+  <si>
+    <t>Подсвечник «Джой» дымчат.;стекло;D=67,H=64мм</t>
+  </si>
+  <si>
+    <t>03201117</t>
+  </si>
+  <si>
+    <t>28414/smoke</t>
+  </si>
+  <si>
+    <t>Подсвечник «Джой»;стекло;D=67,H=64мм;серо-голуб.</t>
+  </si>
+  <si>
+    <t>03201118</t>
+  </si>
+  <si>
+    <t>28414/blue-grey</t>
+  </si>
+  <si>
+    <t>Подсвечник для 3-х свечей «Бамбу»;сталь нерж.;,H=34,L=13,B=13см</t>
+  </si>
+  <si>
+    <t>03201119</t>
+  </si>
+  <si>
+    <t>56725-03</t>
+  </si>
+  <si>
+    <t>Bamboo</t>
+  </si>
+  <si>
+    <t>156495.00₸</t>
+  </si>
+  <si>
+    <t>Свечи[8шт];парафин;D=50,H=86,L=200,B=102мм;бордо</t>
+  </si>
+  <si>
+    <t>03201310</t>
+  </si>
+  <si>
+    <t>8193.00₸</t>
+  </si>
+  <si>
+    <t>Свечи[8шт];парафин;D=50,H=86,L=200,B=102мм;белый</t>
+  </si>
+  <si>
+    <t>03201311</t>
+  </si>
+  <si>
+    <t>8116.00₸</t>
+  </si>
+  <si>
+    <t>Свечи[8шт];парафин;D=50,H=86,L=200,B=102мм;желт.</t>
+  </si>
+  <si>
+    <t>03201313</t>
+  </si>
+  <si>
+    <t>8124.00₸</t>
+  </si>
+  <si>
+    <t>Свечи[8шт];парафин;D=50,H=86,L=200,B=102мм;красный</t>
+  </si>
+  <si>
+    <t>03201314</t>
+  </si>
+  <si>
+    <t>Свечи[6шт];парафин;D=6,H=11,L=18,B=12см;бордо</t>
+  </si>
+  <si>
+    <t>03201317</t>
+  </si>
+  <si>
+    <t>9448.00₸</t>
+  </si>
+  <si>
+    <t>Свечи античные[50шт];парафин;D=20,H=245,L=280мм;белый</t>
+  </si>
+  <si>
+    <t>03201358</t>
+  </si>
+  <si>
+    <t>19297.00₸</t>
+  </si>
+  <si>
+    <t>Свечи античные[50шт];парафин;D=23,H=245,L=280мм;бордо</t>
+  </si>
+  <si>
+    <t>03201360</t>
+  </si>
+  <si>
+    <t>19404.00₸</t>
+  </si>
+  <si>
+    <t>Свеча столбик[4шт];D=4,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03201371</t>
+  </si>
+  <si>
+    <t>Свеча музыкальная+3доп.свечи</t>
+  </si>
+  <si>
+    <t>03201372</t>
+  </si>
+  <si>
+    <t>1787.00₸</t>
+  </si>
+  <si>
+    <t>Свеча «Меланж Де Матча»;D=12,H=12см</t>
+  </si>
+  <si>
+    <t>03201380</t>
+  </si>
+  <si>
+    <t>B6514134</t>
+  </si>
+  <si>
+    <t>Melange De M</t>
+  </si>
+  <si>
+    <t>37284.00₸</t>
+  </si>
+  <si>
+    <t>Свеча «Эклат Доранж»;D=12,H=12см</t>
+  </si>
+  <si>
+    <t>03201381</t>
+  </si>
+  <si>
+    <t>B6514118</t>
+  </si>
+  <si>
+    <t>Eclat D`oran</t>
+  </si>
+  <si>
+    <t>37592.00₸</t>
+  </si>
+  <si>
+    <t>Свеча «Столбик»;D=4,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03201385</t>
+  </si>
+  <si>
+    <t>332.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Экселенси»;фарфор;,H=38,L=170,B=86мм;белый</t>
+  </si>
+  <si>
+    <t>03202007</t>
+  </si>
+  <si>
+    <t>EXL9412</t>
+  </si>
+  <si>
+    <t>Excellency</t>
+  </si>
+  <si>
+    <t>7523.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Изабелл»;фарфор;,H=38,L=170,B=86мм;белый</t>
+  </si>
+  <si>
+    <t>03202008</t>
+  </si>
+  <si>
+    <t>ISB9412</t>
+  </si>
+  <si>
+    <t>Isabell</t>
+  </si>
+  <si>
+    <t>7508.00₸</t>
+  </si>
+  <si>
+    <t>Лампа настольная «Астрэо» LED 3ватт;пластик;D=15,H=27,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03202010</t>
+  </si>
+  <si>
+    <t>LAST000GA861275</t>
+  </si>
+  <si>
+    <t>Astreo</t>
+  </si>
+  <si>
+    <t>40432.00₸</t>
+  </si>
+  <si>
+    <t>Лампа настольная «Астрэо» LED 3ватт;пластик;D=15,H=27,5см;медный</t>
+  </si>
+  <si>
+    <t>03202011</t>
+  </si>
+  <si>
+    <t>LAST000RM861275</t>
+  </si>
+  <si>
+    <t>Лампа настольная «Астрэо» LED 3ватт;пластик;D=15,H=27,5см;белый</t>
+  </si>
+  <si>
+    <t>03202012</t>
+  </si>
+  <si>
+    <t>LAST000BI861275</t>
+  </si>
+  <si>
+    <t>Лампа настольная «Этэре» LED;алюмин.;D=13,H=38см;белый</t>
+  </si>
+  <si>
+    <t>03202013</t>
+  </si>
+  <si>
+    <t>LETE000BI863380</t>
+  </si>
+  <si>
+    <t>Etere</t>
+  </si>
+  <si>
+    <t>68430.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Лампа настольная «Этэре» LED;алюмин.;D=13,H=38см;медный</t>
+  </si>
+  <si>
+    <t>03202014</t>
+  </si>
+  <si>
+    <t>LETE000CT863380</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Лампа настольная «Этэре» LED;алюмин.;D=13,H=38см;черный</t>
+  </si>
+  <si>
+    <t>03202015</t>
+  </si>
+  <si>
+    <t>LETE000NE863380</t>
+  </si>
+  <si>
+    <t>65450.00₸</t>
+  </si>
+  <si>
+    <t>Ящик декоративный;дуб;,H=80,L=105,B=105мм;деревян.</t>
+  </si>
+  <si>
+    <t>04091357</t>
+  </si>
+  <si>
+    <t>Q649O-00N</t>
+  </si>
+  <si>
+    <t>PPwood</t>
+  </si>
+  <si>
+    <t>13414.00₸</t>
+  </si>
+  <si>
+    <t>Баллончик масляный тип 40M (60ч);пластик;D=45,H=135мм;белый</t>
+  </si>
+  <si>
+    <t>04140503</t>
+  </si>
+  <si>
+    <t>40М</t>
+  </si>
+  <si>
+    <t>Баллончики для светильников</t>
+  </si>
+  <si>
+    <t>3369.00₸</t>
+  </si>
+  <si>
+    <t>Баллончик масляный тип L 80 часов;пластик;D=58,H=126мм;белый</t>
+  </si>
+  <si>
+    <t>04140504</t>
+  </si>
+  <si>
+    <t>10L</t>
+  </si>
+  <si>
+    <t>4551.00₸</t>
+  </si>
+  <si>
+    <t>Баллончик масляный тип H 120ч;пластик;D=58,H=163мм;белый</t>
+  </si>
+  <si>
+    <t>04140510</t>
+  </si>
+  <si>
+    <t>00H</t>
+  </si>
+  <si>
+    <t>6384.00₸</t>
+  </si>
+  <si>
+    <t>Баллончик масляный тип 60А (40ч);пластик;D=45,H=110мм;белый,красный</t>
+  </si>
+  <si>
+    <t>04140511</t>
+  </si>
+  <si>
+    <t>60A</t>
+  </si>
+  <si>
+    <t>2834.00₸</t>
+  </si>
+  <si>
+    <t>Баллончик масляный тип S 60ч;пластик;D=45,H=135мм;белый,красный</t>
+  </si>
+  <si>
+    <t>04140512</t>
+  </si>
+  <si>
+    <t>55S</t>
+  </si>
+  <si>
+    <t>4420.00₸</t>
+  </si>
+  <si>
+    <t>Колпачок тип М;сталь;D=43,H=122мм</t>
+  </si>
+  <si>
+    <t>04140601</t>
+  </si>
+  <si>
+    <t>400M</t>
+  </si>
+  <si>
+    <t>Колпачки для светильников</t>
+  </si>
+  <si>
+    <t>3704.00₸</t>
+  </si>
+  <si>
+    <t>Колпачок тип А;сталь;D=48,H=98мм;белый</t>
+  </si>
+  <si>
+    <t>04140603</t>
+  </si>
+  <si>
+    <t>600A</t>
+  </si>
+  <si>
+    <t>3373.00₸</t>
+  </si>
+  <si>
+    <t>Кубик светящ. б/батарейки (батар.CR1620 2шт.)[2шт];пластик;,H=35,L=30,B=30мм;прозр.</t>
+  </si>
+  <si>
+    <t>06070217</t>
+  </si>
+  <si>
+    <t>Ims</t>
+  </si>
+  <si>
+    <t>2642.00₸</t>
+  </si>
+  <si>
+    <t>Звонок;сталь;D=84,H=60мм;черный</t>
+  </si>
+  <si>
+    <t>08020107</t>
+  </si>
+  <si>
+    <t>41390-00</t>
+  </si>
+  <si>
+    <t>Звонки</t>
+  </si>
+  <si>
+    <t>8409.00₸</t>
+  </si>
+  <si>
+    <t>Звонок;хром;D=84,H=60мм;черный</t>
+  </si>
+  <si>
+    <t>08020108</t>
+  </si>
+  <si>
+    <t>8344.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
-    <t>Ваза для цветов «Ботаника»;стекло;D=80,H=265мм;прозр.</t>
-[...3034 lines deleted...]
-  <si>
     <t>Звонок;сталь хромир.,дерево;D=92,H=68мм</t>
   </si>
   <si>
     <t>08020110</t>
   </si>
   <si>
     <t>010570</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>12736.00₸</t>
   </si>
   <si>
     <t>Зеркало;стекло,металл;D=50,H=5см</t>
   </si>
   <si>
     <t>08081301</t>
   </si>
   <si>
     <t>B7216829</t>
   </si>
   <si>
     <t>102418.00₸</t>
@@ -3750,50 +3729,62 @@
     <t>Q648O-00N</t>
   </si>
   <si>
     <t>22869.00₸</t>
   </si>
   <si>
     <t>Ваза для цветов «Магия»;стекло;D=10,5,H=19см;прозр.</t>
   </si>
   <si>
     <t>03142103</t>
   </si>
   <si>
     <t>1833.00₸</t>
   </si>
   <si>
     <t>Ваза для цветов «Магия» в индивидуальной упаковке;стекло;D=10,5,H=19см;прозр.</t>
   </si>
   <si>
     <t>03142104</t>
   </si>
   <si>
     <t>24с2395 У</t>
   </si>
   <si>
     <t>2210.00₸</t>
+  </si>
+  <si>
+    <t>Лампа настольная «Мерле» электрическая;металл;D=11,H=30,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03202018</t>
+  </si>
+  <si>
+    <t>Merle</t>
+  </si>
+  <si>
+    <t>62594.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -3808,51 +3799,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DEB-424E-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD4B-424D-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460C4-424E-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC84-4251-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C03D1222-424B-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044647-424C-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF4911FE-E63A-11EF-BC4E-00505692C4477.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF4915FD-E63A-11EF-BC4E-00505692C4478.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1CF3-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56DB00D7-424C-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56DB00D8-424C-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C3A0F00-4251-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D546198B-E63A-11EF-BC4E-00505692C44713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20777DDE-424C-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AE9D0A0-424C-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF491526-E63A-11EF-BC4E-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D0357B1-424D-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF491128-E63A-11EF-BC4E-00505692C44718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C67E65C-21BA-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE40F-424D-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBDC-E3C7-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD91-424D-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C661-424D-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBDF-E3C7-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373CA-424E-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD9FC4A2-EA59-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BACFA539-6637-11EB-BBE2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBD9-E3C7-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/656CE408-E3C7-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBDD-E3C7-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ECA24D4-01A0-11EC-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/656CE407-E3C7-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBD7-E3C7-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBDB-E3C7-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F0A6-E3C7-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBE1-E3C7-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F8E2EA2-918F-11EF-BC4E-00505692C44737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F8E2DBA-918F-11EF-BC4E-00505692C44738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56CD-424E-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBD8-E3C7-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AA256D-00EB-11EF-BC46-00505692C44741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F67F53-0DB6-11ED-BBFC-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D54618B5-E63A-11EF-BC4E-00505692C44743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/298C205D-918F-11EF-BC4E-00505692C44744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B89A05B-E3C7-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B89A05C-E3C7-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B89A05D-E3C7-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C67E84E-21BA-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B89A061-E3C7-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B89A062-E3C7-11EB-BBF2-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F0A0-E3C7-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F0A1-E3C7-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F0A2-E3C7-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F0A5-E3C7-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F0A4-E3C7-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD82-424D-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD83-424D-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD84-424D-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F09D-E3C7-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F09B-E3C7-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B66-424E-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B67-424E-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F09F-E3C7-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F0A3-E3C7-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515BF2EB-424F-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F09E-E3C7-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F09C-E3C7-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628391A0-21BA-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59C4-4252-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09DF9C02-8149-11E9-BBBA-005056921CC470.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09DF9C03-8149-11E9-BBBA-005056921CC471.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787A5B73-4253-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EFE9CB6-814A-11E9-BBBA-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C57C303-F3D8-11EC-BBFA-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F8E2F8A-918F-11EF-BC4E-00505692C44775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CB970B1-4255-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564CA367-21BA-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978B679C-5268-11EA-BBCE-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1DF9F95-FAF5-11E9-BBC6-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD8FD2BE-FAF5-11E9-BBC6-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989D6B59-01A0-11EC-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989D6B5B-01A0-11EC-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989D6B5A-01A0-11EC-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989D6B5C-01A0-11EC-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989D6B5D-01A0-11EC-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111919-4250-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C67E70E-21BA-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C67E8EE-21BA-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111939-4250-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF4912D4-E63A-11EF-BC4E-00505692C44790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB6-4251-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB7-4251-11E8-A155-00259035BB6792.gif"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB8-4251-11E8-A155-00259035BB6793.gif"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D26E-4252-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6C0-4252-11E8-A155-00259035BB6795.gif"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62839444-21BA-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628390EE-21BA-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62839392-21BA-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628392E0-21BA-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F8E3072-918F-11EF-BC4E-00505692C447100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7CA0-4253-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5002-4253-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48B8-4254-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/340276C2-3086-11ED-BBFC-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48BA-4254-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48BB-4254-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48BC-4254-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564CA187-21BA-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF24170A-8149-11E9-BBBA-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D95A4048-FAF5-11E9-BBC6-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A008BB9-0D98-11EC-BBF2-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFC4D1C2-1516-11EA-BBC6-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE3B3D79-3484-11EF-BC57-00505692E049113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/749543C4-21BA-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564CA227-21BA-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D00E190C-7BA4-11EC-BBF7-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B46BF9FD-104B-11EA-BBC6-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564C9F95-21BA-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B89A060-E3C7-11EB-BBF2-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74954324-21BA-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978CCD1-21BA-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F7885F7-21BA-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978CC31-21BA-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978CB91-21BA-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F788737-21BA-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F7887D7-21BA-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F788697-21BA-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F788877-21BA-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76D3BE22-814A-11E9-BBBA-005056921CC4129.gif"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978CAF1-21BA-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978CA51-21BA-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6409234-814A-11E9-BBBA-005056921CC4132.gif"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6409235-814A-11E9-BBBA-005056921CC4133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6409236-814A-11E9-BBBA-005056921CC4134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6409237-814A-11E9-BBBA-005056921CC4135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6409238-814A-11E9-BBBA-005056921CC4136.gif"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40D5C-F4B0-11ED-BC09-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40CBC-F4B0-11ED-BC09-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40C1C-F4B0-11ED-BC09-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355C3183-053D-11EE-BC09-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355C30E3-053D-11EE-BC09-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C5FD-21BF-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C87D-21BF-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C69D-21BF-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C73D-21BF-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36FC725C-424E-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B4496-424E-11E8-A155-00259035BB67147.gif"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D608F-4251-11E8-A155-00259035BB67148.gif"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFE66-21BF-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFDB4-21BF-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D8B-424B-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D8C-424B-11E8-A155-00259035BB67152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D8D-424B-11E8-A155-00259035BB67153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590B0058-21BF-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037C-424B-11E8-A155-00259035BB67155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037D-424B-11E8-A155-00259035BB67156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037E-424B-11E8-A155-00259035BB67157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037F-424B-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFFB8-21BF-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFF18-21BF-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F082176-21BF-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA81636-E3D9-11EF-BC4E-00505692C447162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E5D-424D-11E8-A155-00259035BB67163.gif"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA81521-E3D9-11EF-BC4E-00505692C447164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB0E-424C-11E8-A155-00259035BB67165.gif"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB0F-424C-11E8-A155-00259035BB67166.gif"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB10-424C-11E8-A155-00259035BB67167.gif"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB11-424C-11E8-A155-00259035BB67168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB12-424C-11E8-A155-00259035BB67169.gif"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB13-424C-11E8-A155-00259035BB67170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5236-424D-11E8-A155-00259035BB67171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD135-21BF-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC279A68-21BF-11EE-BC0D-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5234-424D-11E8-A155-00259035BB67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5235-424D-11E8-A155-00259035BB67175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB14-424C-11E8-A155-00259035BB67176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB15-424C-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB16-424C-11E8-A155-00259035BB67178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB17-424C-11E8-A155-00259035BB67179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB18-424C-11E8-A155-00259035BB67180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD455-21BF-11EE-BC0D-005056921CC4181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA48-424C-11E8-A155-00259035BB67182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB19-424C-11E8-A155-00259035BB67183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C921-424D-11E8-A155-00259035BB67184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C922-424D-11E8-A155-00259035BB67185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FD4-F161-11EB-BBF2-005056921CC4186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56DB00F7-424C-11E8-A155-00259035BB67187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC2799C8-21BF-11EE-BC0D-005056921CC4188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FEC-424D-11E8-A155-00259035BB67189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FED-424D-11E8-A155-00259035BB67190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FEE-424D-11E8-A155-00259035BB67191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD3B5-21BF-11EE-BC0D-005056921CC4192.jpg"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FF0-424D-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FF1-424D-11E8-A155-00259035BB67194.gif"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C923-424D-11E8-A155-00259035BB67195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33692AF6-EA57-11EB-BBF2-005056921CC4196.jpg"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373D0-424E-11E8-A155-00259035BB67197.gif"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62C6848B-21C0-11EE-BC0D-005056921CC4198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA81403-E3D9-11EF-BC4E-00505692C447199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D53EA419-E3D3-11EB-BBF2-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02460544-21C0-11EE-BC0D-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B6E-E3D3-11EB-BBF2-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024604A4-21C0-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024605E4-21C0-11EE-BC0D-005056921CC4204.jpg"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCCA-424B-11E8-A155-00259035BB67205.gif"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD6-E3D3-11EB-BBF2-005056921CC4206.jpg"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CF5-424B-11E8-A155-00259035BB67207.gif"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE6B-424B-11E8-A155-00259035BB67208.gif"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B6C-E3D3-11EB-BBF2-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F0824A8-21BF-11EE-BC0D-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F082408-21BF-11EE-BC0D-005056921CC4211.jpg"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF083-424B-11E8-A155-00259035BB67212.gif"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD3-E3D3-11EB-BBF2-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD2-E3D3-11EB-BBF2-005056921CC4214.jpg"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D15-424C-11E8-A155-00259035BB67215.gif"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B70-E3D3-11EB-BBF2-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD5-E3D3-11EB-BBF2-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD4-E3D3-11EB-BBF2-005056921CC4218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D1B-424C-11E8-A155-00259035BB67219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D8-E3D3-11EB-BBF2-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02460724-21C0-11EE-BC0D-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D9-E3D3-11EB-BBF2-005056921CC4222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59041204-424D-11E8-A155-00259035BB67223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D6-E3D3-11EB-BBF2-005056921CC4224.jpg"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C3A0F2D-4251-11E8-A155-00259035BB67225.gif"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FD2-F161-11EB-BBF2-005056921CC4226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575E4-4251-11E8-A155-00259035BB67227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243438-4252-11E8-A155-00259035BB67228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F01817B8-21BF-11EE-BC0D-005056921CC4229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD628-4252-11E8-A155-00259035BB67230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588E511F-EA58-11EB-BBF2-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588E511E-EA58-11EB-BBF2-005056921CC4232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB63B-4253-11E8-A155-00259035BB67233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C344E-E3D3-11EB-BBF2-005056921CC4234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96E5-4253-11E8-A155-00259035BB67235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD797F77-4768-11EA-BBCE-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FAC9B9E-5A44-11EA-BBCE-005056921CC4237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA843-424E-11E8-A155-00259035BB67238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34192-424F-11E8-A155-00259035BB67239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/720961B1-4250-11E8-A155-00259035BB67240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3754FAA-E568-11EF-BC53-00505692E2D0241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD1D5-21BF-11EE-BC0D-005056921CC4242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AC3-4251-11E8-A155-00259035BB67243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40330F81-4252-11E8-A155-00259035BB67244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C344A-E3D3-11EB-BBF2-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD5A7-21BF-11EE-BC0D-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD647-21BF-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC279928-21BF-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC2797E8-21BF-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC279888-21BF-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD4F5-21BF-11EE-BC0D-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0376926D-4769-11EA-BBCE-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92C20-21BF-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92CC0-21BF-11EE-BC0D-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92B80-21BF-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92AE0-21BF-11EE-BC0D-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92D60-21BF-11EE-BC0D-005056921CC4257.jpg"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B76-424E-11E8-A155-00259035BB67258.gif"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E5AB0-F161-11EB-BBF2-005056921CC4259.jpg"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDFD7E97-424F-11E8-A155-00259035BB67260.gif"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A807694D-4250-11E8-A155-00259035BB67261.jpg"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03B07DFC-8149-11E9-BBBA-005056921CC4262.gif"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F082368-21BF-11EE-BC0D-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B69-E3D3-11EB-BBF2-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437821D0-3246-11EE-BC0D-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334C83BC-1431-11EE-BC09-005056921CC4266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F102-C783-11EE-BC3E-0050569297EB267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F1B4-C783-11EE-BC3E-0050569297EB268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F25D-C783-11EE-BC3E-0050569297EB269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85EB8-3484-11EF-BC57-00505692E049270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85DE8-3484-11EF-BC57-00505692E049271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1AAF9EA-3484-11EF-BC57-00505692E049272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE6893E-A759-11EF-BC4E-00505692C447273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021E7CA2-E3D7-11EB-BBF2-005056921CC4274.jpg"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEB78-424B-11E8-A155-00259035BB67275.gif"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B83F-21C9-11EE-BC0D-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021E7CA1-E3D7-11EB-BBF2-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884301B2-F163-11EB-BBF2-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A36-E3D5-11EB-BBF2-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85E97-21C8-11EE-BC0D-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6022552A-2224-11EE-BC0D-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D590F96E-2230-11EE-BC0D-005056921CC4282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B60-424E-11E8-A155-00259035BB67283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB93BFF7-2230-11EE-BC0D-005056921CC4284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A7CA-2796-11F0-BC58-00505692E049285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89FC2D6-2796-11F0-BC58-00505692E049286.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DEB-424E-11E8-A155-00259035BB671.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD4B-424D-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250460C4-424E-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C22CEC84-4251-11E8-A155-00259035BB674.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C03D1222-424B-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99044647-424C-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF4911FE-E63A-11EF-BC4E-00505692C4477.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF4915FD-E63A-11EF-BC4E-00505692C4478.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE3F1CF3-424B-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56DB00D7-424C-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56DB00D8-424C-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C3A0F00-4251-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D546198B-E63A-11EF-BC4E-00505692C44713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20777DDE-424C-11E8-A155-00259035BB6714.gif"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7AE9D0A0-424C-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF491526-E63A-11EF-BC4E-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D0357B1-424D-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF491128-E63A-11EF-BC4E-00505692C44718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C67E65C-21BA-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E90BE40F-424D-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBDC-E3C7-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD91-424D-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FB07C661-424D-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBDF-E3C7-11EB-BBF2-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373CA-424E-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AD9FC4A2-EA59-11EB-BBF2-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BACFA539-6637-11EB-BBE2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBD9-E3C7-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/656CE408-E3C7-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBDD-E3C7-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ECA24D4-01A0-11EC-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/656CE407-E3C7-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBD7-E3C7-11EB-BBF2-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBDB-E3C7-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F0A6-E3C7-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBE1-E3C7-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F8E2EA2-918F-11EF-BC4E-00505692C44737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F8E2DBA-918F-11EF-BC4E-00505692C44738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850F56CD-424E-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F25BBD8-E3C7-11EB-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7AA256D-00EB-11EF-BC46-00505692C44741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57F67F53-0DB6-11ED-BBFC-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D54618B5-E63A-11EF-BC4E-00505692C44743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/298C205D-918F-11EF-BC4E-00505692C44744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B89A05B-E3C7-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B89A05C-E3C7-11EB-BBF2-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B89A05D-E3C7-11EB-BBF2-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C67E84E-21BA-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B89A061-E3C7-11EB-BBF2-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B89A062-E3C7-11EB-BBF2-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F0A0-E3C7-11EB-BBF2-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F0A1-E3C7-11EB-BBF2-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F0A2-E3C7-11EB-BBF2-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F0A5-E3C7-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F0A4-E3C7-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD82-424D-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD83-424D-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F508BD84-424D-11E8-A155-00259035BB6758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F09D-E3C7-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F09B-E3C7-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B66-424E-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B67-424E-11E8-A155-00259035BB6762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F09F-E3C7-11EB-BBF2-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F0A3-E3C7-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/515BF2EB-424F-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F09E-E3C7-11EB-BBF2-005056921CC466.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58C4F09C-E3C7-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628391A0-21BA-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59C4-4252-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09DF9C02-8149-11E9-BBBA-005056921CC470.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09DF9C03-8149-11E9-BBBA-005056921CC471.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787A5B73-4253-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EFE9CB6-814A-11E9-BBBA-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8C57C303-F3D8-11EC-BBFA-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F8E2F8A-918F-11EF-BC4E-00505692C44775.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1CB970B1-4255-11E8-A155-00259035BB6776.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564CA367-21BA-11EE-BC0D-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978B679C-5268-11EA-BBCE-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1DF9F95-FAF5-11E9-BBC6-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CD8FD2BE-FAF5-11E9-BBC6-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989D6B59-01A0-11EC-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989D6B5B-01A0-11EC-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989D6B5A-01A0-11EC-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989D6B5C-01A0-11EC-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989D6B5D-01A0-11EC-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111919-4250-11E8-A155-00259035BB6786.gif"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C67E70E-21BA-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C67E8EE-21BA-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111939-4250-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF4912D4-E63A-11EF-BC4E-00505692C44790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB6-4251-11E8-A155-00259035BB6791.gif"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB7-4251-11E8-A155-00259035BB6792.gif"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443A2AB8-4251-11E8-A155-00259035BB6793.gif"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D26E-4252-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8E35C6C0-4252-11E8-A155-00259035BB6795.gif"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62839444-21BA-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628390EE-21BA-11EE-BC0D-005056921CC497.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62839392-21BA-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628392E0-21BA-11EE-BC0D-005056921CC499.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2F8E3072-918F-11EF-BC4E-00505692C447100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9C7E7CA0-4253-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC7F5002-4253-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48B8-4254-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/340276C2-3086-11ED-BBFC-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48BA-4254-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48BB-4254-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0E8B48BC-4254-11E8-A155-00259035BB67107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564CA187-21BA-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FF24170A-8149-11E9-BBBA-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D95A4048-FAF5-11E9-BBC6-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A008BB9-0D98-11EC-BBF2-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CFC4D1C2-1516-11EA-BBC6-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FE3B3D79-3484-11EF-BC57-00505692E049113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/749543C4-21BA-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564CA227-21BA-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D00E190C-7BA4-11EC-BBF7-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B46BF9FD-104B-11EA-BBC6-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564C9F95-21BA-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6B89A060-E3C7-11EB-BBF2-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74954324-21BA-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978CCD1-21BA-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F7885F7-21BA-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978CC31-21BA-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978CB91-21BA-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F788737-21BA-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F7887D7-21BA-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F788697-21BA-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1F788877-21BA-11EE-BC0D-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76D3BE22-814A-11E9-BBBA-005056921CC4129.gif"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978CAF1-21BA-11EE-BC0D-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1978CA51-21BA-11EE-BC0D-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6409234-814A-11E9-BBBA-005056921CC4132.gif"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6409235-814A-11E9-BBBA-005056921CC4133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6409236-814A-11E9-BBBA-005056921CC4134.gif"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6409237-814A-11E9-BBBA-005056921CC4135.gif"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6409238-814A-11E9-BBBA-005056921CC4136.gif"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40D5C-F4B0-11ED-BC09-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40CBC-F4B0-11ED-BC09-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40C1C-F4B0-11ED-BC09-005056921CC4139.jpg"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355C3183-053D-11EE-BC09-005056921CC4140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355C30E3-053D-11EE-BC09-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C5FD-21BF-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C87D-21BF-11EE-BC0D-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C69D-21BF-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C73D-21BF-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36FC725C-424E-11E8-A155-00259035BB67146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B4496-424E-11E8-A155-00259035BB67147.gif"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D608F-4251-11E8-A155-00259035BB67148.gif"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFE66-21BF-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFDB4-21BF-11EE-BC0D-005056921CC4150.jpg"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D8B-424B-11E8-A155-00259035BB67151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D8C-424B-11E8-A155-00259035BB67152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D8D-424B-11E8-A155-00259035BB67153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590B0058-21BF-11EE-BC0D-005056921CC4154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037C-424B-11E8-A155-00259035BB67155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037D-424B-11E8-A155-00259035BB67156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037E-424B-11E8-A155-00259035BB67157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037F-424B-11E8-A155-00259035BB67158.jpg"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFFB8-21BF-11EE-BC0D-005056921CC4159.jpg"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFF18-21BF-11EE-BC0D-005056921CC4160.jpg"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F082176-21BF-11EE-BC0D-005056921CC4161.jpg"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA81636-E3D9-11EF-BC4E-00505692C447162.jpg"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA81521-E3D9-11EF-BC4E-00505692C447163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB0E-424C-11E8-A155-00259035BB67164.gif"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB0F-424C-11E8-A155-00259035BB67165.gif"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB10-424C-11E8-A155-00259035BB67166.gif"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB11-424C-11E8-A155-00259035BB67167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB12-424C-11E8-A155-00259035BB67168.gif"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB13-424C-11E8-A155-00259035BB67169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5236-424D-11E8-A155-00259035BB67170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD135-21BF-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC279A68-21BF-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5234-424D-11E8-A155-00259035BB67173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5235-424D-11E8-A155-00259035BB67174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB14-424C-11E8-A155-00259035BB67175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB15-424C-11E8-A155-00259035BB67176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB16-424C-11E8-A155-00259035BB67177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB17-424C-11E8-A155-00259035BB67178.jpg"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB18-424C-11E8-A155-00259035BB67179.jpg"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD455-21BF-11EE-BC0D-005056921CC4180.jpg"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA48-424C-11E8-A155-00259035BB67181.jpg"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB19-424C-11E8-A155-00259035BB67182.jpg"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C921-424D-11E8-A155-00259035BB67183.jpg"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C922-424D-11E8-A155-00259035BB67184.jpg"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FD4-F161-11EB-BBF2-005056921CC4185.jpg"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56DB00F7-424C-11E8-A155-00259035BB67186.jpg"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC2799C8-21BF-11EE-BC0D-005056921CC4187.jpg"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FEC-424D-11E8-A155-00259035BB67188.jpg"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FED-424D-11E8-A155-00259035BB67189.jpg"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FEE-424D-11E8-A155-00259035BB67190.jpg"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD3B5-21BF-11EE-BC0D-005056921CC4191.jpg"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FF0-424D-11E8-A155-00259035BB67192.gif"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FF1-424D-11E8-A155-00259035BB67193.gif"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C923-424D-11E8-A155-00259035BB67194.jpg"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33692AF6-EA57-11EB-BBF2-005056921CC4195.jpg"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373D0-424E-11E8-A155-00259035BB67196.gif"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62C6848B-21C0-11EE-BC0D-005056921CC4197.jpg"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA81403-E3D9-11EF-BC4E-00505692C447198.jpg"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D53EA419-E3D3-11EB-BBF2-005056921CC4199.jpg"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02460544-21C0-11EE-BC0D-005056921CC4200.jpg"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B6E-E3D3-11EB-BBF2-005056921CC4201.jpg"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024604A4-21C0-11EE-BC0D-005056921CC4202.jpg"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024605E4-21C0-11EE-BC0D-005056921CC4203.jpg"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCCA-424B-11E8-A155-00259035BB67204.gif"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD6-E3D3-11EB-BBF2-005056921CC4205.jpg"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CF5-424B-11E8-A155-00259035BB67206.gif"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE6B-424B-11E8-A155-00259035BB67207.gif"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B6C-E3D3-11EB-BBF2-005056921CC4208.jpg"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F0824A8-21BF-11EE-BC0D-005056921CC4209.jpg"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F082408-21BF-11EE-BC0D-005056921CC4210.jpg"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF083-424B-11E8-A155-00259035BB67211.gif"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD3-E3D3-11EB-BBF2-005056921CC4212.jpg"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD2-E3D3-11EB-BBF2-005056921CC4213.jpg"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D15-424C-11E8-A155-00259035BB67214.gif"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B70-E3D3-11EB-BBF2-005056921CC4215.jpg"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD5-E3D3-11EB-BBF2-005056921CC4216.jpg"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD4-E3D3-11EB-BBF2-005056921CC4217.jpg"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D1B-424C-11E8-A155-00259035BB67218.jpg"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D8-E3D3-11EB-BBF2-005056921CC4219.jpg"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02460724-21C0-11EE-BC0D-005056921CC4220.jpg"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D9-E3D3-11EB-BBF2-005056921CC4221.jpg"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59041204-424D-11E8-A155-00259035BB67222.jpg"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D6-E3D3-11EB-BBF2-005056921CC4223.jpg"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C3A0F2D-4251-11E8-A155-00259035BB67224.gif"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FD2-F161-11EB-BBF2-005056921CC4225.jpg"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575E4-4251-11E8-A155-00259035BB67226.jpg"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243438-4252-11E8-A155-00259035BB67227.jpg"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F01817B8-21BF-11EE-BC0D-005056921CC4228.jpg"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD628-4252-11E8-A155-00259035BB67229.jpg"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588E511F-EA58-11EB-BBF2-005056921CC4230.jpg"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588E511E-EA58-11EB-BBF2-005056921CC4231.jpg"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB63B-4253-11E8-A155-00259035BB67232.jpg"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C344E-E3D3-11EB-BBF2-005056921CC4233.jpg"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96E5-4253-11E8-A155-00259035BB67234.jpg"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD797F77-4768-11EA-BBCE-005056921CC4235.jpg"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FAC9B9E-5A44-11EA-BBCE-005056921CC4236.jpg"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA843-424E-11E8-A155-00259035BB67237.jpg"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34192-424F-11E8-A155-00259035BB67238.jpg"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/720961B1-4250-11E8-A155-00259035BB67239.jpg"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3754FAA-E568-11EF-BC53-00505692E2D0240.jpg"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD1D5-21BF-11EE-BC0D-005056921CC4241.jpg"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AC3-4251-11E8-A155-00259035BB67242.jpg"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40330F81-4252-11E8-A155-00259035BB67243.jpg"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C344A-E3D3-11EB-BBF2-005056921CC4244.jpg"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD5A7-21BF-11EE-BC0D-005056921CC4245.jpg"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD647-21BF-11EE-BC0D-005056921CC4246.jpg"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC279928-21BF-11EE-BC0D-005056921CC4247.jpg"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC2797E8-21BF-11EE-BC0D-005056921CC4248.jpg"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC279888-21BF-11EE-BC0D-005056921CC4249.jpg"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD4F5-21BF-11EE-BC0D-005056921CC4250.jpg"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0376926D-4769-11EA-BBCE-005056921CC4251.jpg"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92C20-21BF-11EE-BC0D-005056921CC4252.jpg"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92CC0-21BF-11EE-BC0D-005056921CC4253.jpg"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92B80-21BF-11EE-BC0D-005056921CC4254.jpg"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92AE0-21BF-11EE-BC0D-005056921CC4255.jpg"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92D60-21BF-11EE-BC0D-005056921CC4256.jpg"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B76-424E-11E8-A155-00259035BB67257.gif"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E5AB0-F161-11EB-BBF2-005056921CC4258.jpg"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDFD7E97-424F-11E8-A155-00259035BB67259.gif"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A807694D-4250-11E8-A155-00259035BB67260.jpg"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03B07DFC-8149-11E9-BBBA-005056921CC4261.gif"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F082368-21BF-11EE-BC0D-005056921CC4262.jpg"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B69-E3D3-11EB-BBF2-005056921CC4263.jpg"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437821D0-3246-11EE-BC0D-005056921CC4264.jpg"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334C83BC-1431-11EE-BC09-005056921CC4265.jpg"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F102-C783-11EE-BC3E-0050569297EB266.jpg"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F1B4-C783-11EE-BC3E-0050569297EB267.jpg"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F25D-C783-11EE-BC3E-0050569297EB268.jpg"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85EB8-3484-11EF-BC57-00505692E049269.jpg"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85DE8-3484-11EF-BC57-00505692E049270.jpg"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1AAF9EA-3484-11EF-BC57-00505692E049271.jpg"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EE6893E-A759-11EF-BC4E-00505692C447272.jpg"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021E7CA2-E3D7-11EB-BBF2-005056921CC4273.jpg"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEB78-424B-11E8-A155-00259035BB67274.gif"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B83F-21C9-11EE-BC0D-005056921CC4275.jpg"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021E7CA1-E3D7-11EB-BBF2-005056921CC4276.jpg"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884301B2-F163-11EB-BBF2-005056921CC4277.jpg"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A36-E3D5-11EB-BBF2-005056921CC4278.jpg"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85E97-21C8-11EE-BC0D-005056921CC4279.jpg"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6022552A-2224-11EE-BC0D-005056921CC4280.jpg"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D590F96E-2230-11EE-BC0D-005056921CC4281.jpg"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B60-424E-11E8-A155-00259035BB67282.jpg"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DB93BFF7-2230-11EE-BC0D-005056921CC4283.jpg"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C289A7CA-2796-11F0-BC58-00505692E049284.jpg"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89FC2D6-2796-11F0-BC58-00505692E049285.jpg"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9C2534A-C7F0-11F0-BC5A-00505692E2D0286.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -12307,51 +12298,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="283" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId283"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>285</xdr:row>
+      <xdr:row>287</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="284" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId284"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -12682,51 +12673,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-gazet-paderno-02122911/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080101/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080102/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-lubiana-03080106/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-lubiana-03080108/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080109/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080110/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-lubiana-03080111/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-g-benedikt-karlovy-vary-03080113/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-g-benedikt-karlovy-vary-03080114/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-g-benedikt-karlovy-vary-03080115/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-bauscher-03080116/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-tognana-03080119/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-tognana-03080120/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080127/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080128/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-lilien-austria-03080131/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080132/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080141/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekorizdelie-neman-03080146/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080147/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080148/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-lubiana-03080149/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-lubiana-03080150/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-lux-03080152/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-bormioli-rocco-03080157/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080159/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080162/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-kosoy-srez-neman-03080163/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080164/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-kosoy-srez-neman-03080165/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080166/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080167/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080168/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080169/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080170/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080171/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080172/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-03080175/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080176/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080178/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080181/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080183/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080188/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-kvadr-neman-03080193/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-kvadr-neman-03080194/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-kvadr-neman-03080195/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-g-benedikt-karlovy-vary-03080196/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-servirovki-s-kryshkoy-neman-03080294/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-servirovki-s-kryshkoy-neman-03080295/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-neman-03080401/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-neman-03080402/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-neman-03080403/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-neman-03080404/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-neman-03080405/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-libbey-03080406/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-neman-03080407/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-libbey-03080408/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-neman-03080410/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-neman-03080411/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-pasabahce-03080412/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-pasabahce-03080413/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-kosoy-srez-neman-03080414/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-neman-03080416/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-neman-03080417/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-kosoy-srez-neman-03080421/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-neman-03080423/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080430/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080433/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-cvetov-serax-03080440/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-cvetov-serax-03080441/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-neman-03080442/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080450/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-nude-03080452/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080455/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-dobrushskiy-farforovyy-zavod-03080456/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-cristal-darques-03080458/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-cristal-darques-03080459/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-kosoy-srez-neman-03080463/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-kosoy-srez-neman-03080464/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080465/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080466/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080467/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080468/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080469/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080801/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-bormioli-rocco-03080802/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-bormioli-rocco-03080803/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-bormioli-rocco-03080804/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-bauscher-03080805/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-stoelzle-03080806/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-stoelzle-03080807/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-stoelzle-03080808/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080809/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080816/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080817/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080818/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080820/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080821/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080823/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dekorativnaya-serax-03080825/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080826/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-na-nozhke-neman-03080830/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-na-nozhke-neman-03080831/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-na-nozhke-neman-03080832/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-na-nozhke-neman-03080833/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080834/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080841/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-sandra-rich-03080843/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080850/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-bauscher-03080852/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080854/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-dobrushskiy-farforovyy-zavod-03080855/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-nude-03080856/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-nude-03080857/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080859/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080860/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-nude-03081213/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-serax-03081215/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-servirovki-s-kryshkoy-neman-03081302/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-nude-03081401/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081501/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081502/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081503/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081504/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081505/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081506/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081507/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081508/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-nude-03081512/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-nude-03081513/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-nude-03081514/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kaktus-dekorativnyy-s-serax-03081601/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kaktus-dekorativnyy-m-serax-03081602/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kaktus-dekorativnyy-xl-serax-03081603/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kaktus-dekorativnyy-l-serax-03081604/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kaktus-dekorativnyy-mini-serax-03081605/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-vidivi-03081714/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-vidivi-03081715/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-vidivi-03081716/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-le-coq-03081723/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-le-coq-03081724/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200351/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200352/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200354/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200357/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200369/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-hck-03200370/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-hck-03200371/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-hck-03200387/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-hck-03200388/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-svechey-d-torta-papstar-03200389/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-1-papstar-03200390/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200391/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200392/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200393/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200394/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200395/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200396/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200397/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200398/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-0-papstar-03200400/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lubiana-03200401/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-s-blyudcem-libbey-03200404/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lubiana-03200409/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200417/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200418/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200419/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200420/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200421/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200422/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200430/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-san-miguel-03200433/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-2sht-aps-03200434/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200436/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200437/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200439/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200440/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200441/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200442/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200443/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bormioli-rocco-03200449/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-libbey-03200455/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200457/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200458/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200459/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-s-plafonom-aps-03200460/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03200467/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-arcoroc-03200472/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200487/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200488/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200489/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200490/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200491/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200492/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200493/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bormioli-rocco-03200494/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200499/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-podsvechnikov-paderno-03200501/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03200503/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-d-podsvechnika-3016-aps-03200505/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200508/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200509/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200511/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200512/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200513/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200514/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-arcoroc-03200515/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200516/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200517/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200518/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200519/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200523/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200525/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200526/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200527/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200529/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200530/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200531/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200532/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200533/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-d-svetil-materchatyy-candol-03200534/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200537/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-tip-l-h-tonirovanyy-candol-03200539/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-tip-a-matovyy-candol-03200540/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bauscher-03200546/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-osz-03200547/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-frabosk-03200549/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-svecha-aps-03200551/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lsa-03200552/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200553/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-plameobraznaya-paderno-03200555/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-plameobraznaya-paderno-03200556/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200558/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-pasabahce-03200559/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-vidivi-03200560/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-na-7svechey-sambonet-03200570/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-cosy-and-trendy-03200571/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201103/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03201104/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201105/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bauscher-03201106/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201108/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201109/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201110/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-pasabahce-03201112/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201113/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201114/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201115/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201116/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201117/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201118/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-dlya-3-h-svechey-sambonet-03201119/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201310/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201311/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201313/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201314/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201317/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-antichnye-hck-03201358/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-antichnye-hck-03201360/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-stolbik-hck-03201371/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-muzykalnaya3dopsvechi-papstar-03201372/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-serax-03201380/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-serax-03201381/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-hck-03201385/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03202007/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03202008/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202010/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202011/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202012/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202013/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202014/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202015/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dekorativnyy-ppwood-04091357/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-maslyanyy-candol-04140503/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-maslyanyy-candol-04140504/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-masltip-h-120ch-candol-04140510/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-maslyanyy-candol-04140511/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-masltip-s-60ch-candol-04140512/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-tip-m-candol-04140601/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-tip-a-candol-04140603/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kubik-svetyasch-b-batareyki-ims-06070217/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zvonok-paderno-08020107/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zvonok-aps-08020108/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zvonok-matfer-08020110/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zerkalo-serax-08081301/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dekorativnyy-ppwood-04091213/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-osz-03142103/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-osz-03142104/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-gazet-paderno-02122911/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080101/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080102/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-lubiana-03080106/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-lubiana-03080108/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080109/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080110/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-lubiana-03080111/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-g-benedikt-karlovy-vary-03080113/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-g-benedikt-karlovy-vary-03080114/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-g-benedikt-karlovy-vary-03080115/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-bauscher-03080116/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-tognana-03080119/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-tognana-03080120/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080127/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080128/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-lilien-austria-03080131/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080132/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080141/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekorizdelie-neman-03080146/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080147/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080148/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-lubiana-03080149/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-lubiana-03080150/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-lux-03080152/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-bormioli-rocco-03080157/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080159/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080162/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-kosoy-srez-neman-03080163/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080164/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-kosoy-srez-neman-03080165/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080166/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080167/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080168/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080169/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080170/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080171/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080172/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-03080175/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080176/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080178/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080181/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080183/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080188/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-kvadr-neman-03080193/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-kvadr-neman-03080194/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-kvadr-neman-03080195/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-g-benedikt-karlovy-vary-03080196/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-servirovki-s-kryshkoy-neman-03080294/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-servirovki-s-kryshkoy-neman-03080295/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-neman-03080401/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-neman-03080402/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-neman-03080403/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-neman-03080404/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-neman-03080405/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-libbey-03080406/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-neman-03080407/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-libbey-03080408/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-neman-03080410/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-neman-03080411/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-pasabahce-03080412/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-pasabahce-03080413/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-kosoy-srez-neman-03080414/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-bokal-neman-03080416/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-neman-03080417/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-kosoy-srez-neman-03080421/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-neman-03080423/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080430/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080433/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-cvetov-serax-03080440/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/emkost-dlya-cvetov-serax-03080441/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-neman-03080442/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080450/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-nude-03080452/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080455/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-dobrushskiy-farforovyy-zavod-03080456/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-cristal-darques-03080458/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-cristal-darques-03080459/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-shar-kosoy-srez-neman-03080463/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-kosoy-srez-neman-03080464/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080465/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080466/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080467/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080468/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080469/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080801/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-bormioli-rocco-03080802/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-bormioli-rocco-03080803/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-bormioli-rocco-03080804/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-bauscher-03080805/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-stoelzle-03080806/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-stoelzle-03080807/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-stoelzle-03080808/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080809/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080816/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080817/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080818/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080820/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080821/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-steelite-03080823/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dekorativnaya-serax-03080825/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-pasabahce-03080826/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-na-nozhke-neman-03080830/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-na-nozhke-neman-03080831/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-na-nozhke-neman-03080832/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-cvetov-na-nozhke-neman-03080833/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080834/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080841/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-sandra-rich-03080843/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080850/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-bauscher-03080852/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080854/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-dobrushskiy-farforovyy-zavod-03080855/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-nude-03080856/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-nude-03080857/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080859/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-neman-03080860/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-nude-03081213/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-serax-03081215/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-d-servirovki-s-kryshkoy-neman-03081302/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-nude-03081401/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081501/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081502/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081503/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081504/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081505/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081506/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081507/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-san-miguel-03081508/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-nude-03081512/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-nude-03081513/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/dekor-dlya-stola-nude-03081514/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kaktus-dekorativnyy-s-serax-03081601/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kaktus-dekorativnyy-m-serax-03081602/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kaktus-dekorativnyy-xl-serax-03081603/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kaktus-dekorativnyy-l-serax-03081604/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kaktus-dekorativnyy-mini-serax-03081605/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-vidivi-03081714/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-vidivi-03081715/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-vidivi-03081716/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-le-coq-03081723/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-le-coq-03081724/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200351/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200352/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200354/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200357/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200369/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-hck-03200370/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-hck-03200371/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-hck-03200387/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-hck-03200388/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-svechey-d-torta-papstar-03200389/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-1-papstar-03200390/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200391/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200392/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200393/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200394/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200395/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200396/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200397/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200398/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-0-papstar-03200400/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lubiana-03200401/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lubiana-03200409/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200417/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200418/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200419/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200420/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200421/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200422/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200430/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-san-miguel-03200433/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-2sht-aps-03200434/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200436/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200437/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200439/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200440/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200441/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200442/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200443/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bormioli-rocco-03200449/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-libbey-03200455/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200457/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200458/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200459/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-s-plafonom-aps-03200460/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03200467/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-arcoroc-03200472/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200487/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200488/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200489/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200490/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200491/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200492/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200493/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bormioli-rocco-03200494/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200499/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-podsvechnikov-paderno-03200501/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03200503/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-d-podsvechnika-3016-aps-03200505/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200508/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200509/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200511/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200512/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200513/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200514/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-arcoroc-03200515/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200516/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200517/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200518/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200519/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200523/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200525/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200526/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200527/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200529/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200530/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200531/" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200532/" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200533/" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-d-svetil-materchatyy-candol-03200534/" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200537/" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-tip-l-h-tonirovanyy-candol-03200539/" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-tip-a-matovyy-candol-03200540/" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bauscher-03200546/" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-osz-03200547/" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-frabosk-03200549/" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-svecha-aps-03200551/" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lsa-03200552/" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200553/" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-plameobraznaya-paderno-03200555/" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-plameobraznaya-paderno-03200556/" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200558/" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-pasabahce-03200559/" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-vidivi-03200560/" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-na-7svechey-sambonet-03200570/" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-cosy-and-trendy-03200571/" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201103/" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03201104/" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201105/" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bauscher-03201106/" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201108/" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201109/" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201110/" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-pasabahce-03201112/" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201113/" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201114/" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201115/" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201116/" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201117/" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201118/" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-dlya-3-h-svechey-sambonet-03201119/" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201310/" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201311/" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201313/" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201314/" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201317/" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-antichnye-hck-03201358/" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-antichnye-hck-03201360/" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-stolbik-hck-03201371/" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-muzykalnaya3dopsvechi-papstar-03201372/" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-serax-03201380/" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-serax-03201381/" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-hck-03201385/" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03202007/" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03202008/" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202010/" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202011/" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202012/" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202013/" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202014/" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202015/" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dekorativnyy-ppwood-04091357/" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-maslyanyy-candol-04140503/" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-maslyanyy-candol-04140504/" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-masltip-h-120ch-candol-04140510/" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-maslyanyy-candol-04140511/" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-masltip-s-60ch-candol-04140512/" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-tip-m-candol-04140601/" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-tip-a-candol-04140603/" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kubik-svetyasch-b-batareyki-ims-06070217/" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zvonok-paderno-08020107/" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zvonok-aps-08020108/" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zvonok-matfer-08020110/" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zerkalo-serax-08081301/" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-dekorativnyy-ppwood-04091213/" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-osz-03142103/" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vaza-dlya-cvetov-osz-03142104/" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-aps-03202018/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L290"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I290" sqref="I290"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -13388,117 +13379,117 @@
         <v>118</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>120</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>121</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>122</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>123</v>
+        <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="D21" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="D21" s="0" t="s">
+      <c r="E21" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="E21" s="0" t="s">
+      <c r="F21" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="F21" s="0" t="s">
+      <c r="G21" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="G21" s="0" t="s">
+      <c r="H21" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H21" s="0" t="s">
+      <c r="I21" s="1" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="D22" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="D22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>33</v>
+        <v>136</v>
       </c>
       <c r="L22" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>139</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>140</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>25</v>
       </c>
@@ -13522,8762 +13513,8762 @@
         <v>142</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>145</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>146</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>147</v>
+        <v>131</v>
       </c>
       <c r="L24" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>148</v>
       </c>
-      <c r="C25" s="0" t="s">
+      <c r="D25" s="0" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>145</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L25" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="D26" s="0">
         <v>3703</v>
       </c>
       <c r="E26" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="F26" s="0" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>157</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="D27" s="0" t="s">
+      <c r="E27" s="0" t="s">
         <v>159</v>
       </c>
-      <c r="E27" s="0" t="s">
+      <c r="F27" s="0" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="D28" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="D29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E29" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>174</v>
       </c>
-      <c r="D30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="C31" s="0" t="s">
+      <c r="D31" s="0" t="s">
         <v>178</v>
       </c>
-      <c r="D31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="D32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>88</v>
       </c>
       <c r="L32" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="D33" s="0">
         <v>8495</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="C34" s="0" t="s">
+      <c r="D34" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="D34" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E34" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="C35" s="0" t="s">
+      <c r="D35" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="D35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>33</v>
+        <v>194</v>
       </c>
       <c r="L35" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>197</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>198</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>199</v>
       </c>
       <c r="L36" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>200</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>201</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>202</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>203</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>204</v>
       </c>
       <c r="L37" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
         <v>205</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>206</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>207</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>208</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>209</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>211</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>212</v>
+        <v>194</v>
       </c>
       <c r="L38" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>213</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>208</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>209</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>217</v>
+        <v>194</v>
       </c>
       <c r="L39" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
       <c r="E40" s="0"/>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="C41" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E41" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L41" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>227</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="D43" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="C43" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E43" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>236</v>
+        <v>33</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="L44" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="L45" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="L47" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>123</v>
+        <v>259</v>
       </c>
       <c r="L48" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="L49" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H50" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H50" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I50" s="1" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>271</v>
       </c>
-      <c r="C51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H51" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H51" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I51" s="1" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>275</v>
+        <v>166</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H52" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H52" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I52" s="1" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H53" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H53" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I53" s="1" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="C54" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E54" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H54" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H54" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I54" s="1" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>33</v>
+        <v>194</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="C55" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E55" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H55" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H55" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I55" s="1" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>292</v>
+        <v>254</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H56" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H56" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I56" s="1" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>236</v>
+        <v>166</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="D57" s="0">
         <v>1721361</v>
       </c>
       <c r="E57" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="G57" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>299</v>
-      </c>
-[...10 lines deleted...]
-        <v>302</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H58" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H58" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I58" s="1" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>217</v>
+        <v>33</v>
       </c>
       <c r="L58" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="D59" s="0">
         <v>3403</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>19</v>
+        <v>245</v>
       </c>
       <c r="L59" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H60" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H60" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I60" s="1" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H61" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H61" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I61" s="1" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>208</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>212</v>
+        <v>194</v>
       </c>
       <c r="L62" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>208</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>329</v>
+        <v>194</v>
       </c>
       <c r="L63" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H64" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H64" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I64" s="1" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>99</v>
+        <v>330</v>
       </c>
       <c r="L64" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H65" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I65" s="1" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>199</v>
+        <v>33</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H66" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H66" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I66" s="1" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L66" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H67" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H67" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I67" s="1" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H68" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I68" s="1" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>292</v>
+        <v>312</v>
       </c>
       <c r="L68" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>208</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>209</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>208</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>209</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="E71" s="0" t="s">
         <v>359</v>
-      </c>
-[...7 lines deleted...]
-        <v>362</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="0"/>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="0"/>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>370</v>
+        <v>367</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H73" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H73" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I73" s="1" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>372</v>
+        <v>99</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="D75" s="0">
         <v>20787</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="0"/>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>208</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>209</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>248</v>
+        <v>33</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L77" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="E78" s="0" t="s">
+        <v>391</v>
+      </c>
+      <c r="F78" s="0" t="s">
         <v>392</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="G78" s="0" t="s">
         <v>393</v>
-      </c>
-[...10 lines deleted...]
-        <v>397</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H80" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H80" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I80" s="1" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>257</v>
+        <v>403</v>
       </c>
       <c r="L80" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>404</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="E81" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="F81" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="C81" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G81" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>123</v>
+        <v>19</v>
       </c>
       <c r="L81" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="L82" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>421</v>
+        <v>99</v>
       </c>
       <c r="L83" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L84" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>430</v>
+        <v>33</v>
       </c>
       <c r="L85" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="L86" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L87" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="D88" s="0">
         <v>2.28013</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L88" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L89" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L90" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>78</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L91" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="D92" s="0">
         <v>4150076</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="D93" s="0">
         <v>4140076</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="D94" s="0">
         <v>4160076</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L94" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>33</v>
       </c>
       <c r="L95" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>208</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>209</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L96" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>208</v>
       </c>
       <c r="F97" s="0" t="s">
         <v>209</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L97" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>208</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>209</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="L98" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>208</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>209</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>217</v>
+        <v>194</v>
       </c>
       <c r="L99" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>208</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>209</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L100" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L101" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L102" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>208</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>209</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>507</v>
+        <v>382</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>217</v>
+        <v>194</v>
       </c>
       <c r="L103" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>88</v>
+        <v>480</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L105" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>292</v>
+        <v>65</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>522</v>
+        <v>516</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>523</v>
+        <v>517</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L107" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>524</v>
+        <v>518</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L108" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L109" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L110" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>105</v>
+        <v>535</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>78</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L112" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="B113" s="0" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L113" s="0"/>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>555</v>
+        <v>259</v>
       </c>
       <c r="L114" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
       <c r="D115" s="0">
         <v>28810</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>123</v>
+        <v>19</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
       <c r="D116" s="0">
         <v>28811</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>564</v>
+        <v>558</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>566</v>
+        <v>560</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
-        <v>105</v>
+        <v>330</v>
       </c>
       <c r="L118" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="D119" s="0">
         <v>28812</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L119" s="0"/>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>577</v>
+        <v>571</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L120" s="0"/>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="H121" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="H121" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I121" s="1" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>292</v>
+        <v>131</v>
       </c>
       <c r="L121" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="D122" s="0">
         <v>15557</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L122" s="0"/>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>589</v>
+        <v>583</v>
       </c>
       <c r="D123" s="0">
         <v>5862</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>594</v>
+        <v>166</v>
       </c>
       <c r="L123" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>595</v>
+        <v>588</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>596</v>
+        <v>589</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="F124" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="G124" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="H124" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="I124" s="1" t="s">
         <v>591</v>
-      </c>
-[...7 lines deleted...]
-        <v>598</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="L124" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>599</v>
+        <v>592</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>600</v>
+        <v>593</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="F125" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="G125" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="H125" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="I125" s="1" t="s">
         <v>591</v>
-      </c>
-[...7 lines deleted...]
-        <v>598</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>275</v>
+        <v>595</v>
       </c>
       <c r="L125" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="F126" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="G126" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="H126" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="I126" s="1" t="s">
         <v>591</v>
-      </c>
-[...7 lines deleted...]
-        <v>598</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="L126" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="D127" s="0">
         <v>5133</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>19</v>
+        <v>595</v>
       </c>
       <c r="L127" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="D128" s="0">
         <v>5134</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>132</v>
+        <v>605</v>
       </c>
       <c r="L128" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>612</v>
+        <v>607</v>
       </c>
       <c r="D129" s="0">
         <v>5863</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="L129" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>617</v>
+        <v>612</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>123</v>
+        <v>88</v>
       </c>
       <c r="L130" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>618</v>
+        <v>613</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
       <c r="D131" s="0">
         <v>28416</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>620</v>
+        <v>615</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>621</v>
+        <v>616</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L131" s="0"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
       <c r="D132" s="0">
         <v>28460</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>620</v>
+        <v>615</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>624</v>
+        <v>619</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L132" s="0"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>625</v>
+        <v>620</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>626</v>
+        <v>621</v>
       </c>
       <c r="D133" s="0">
         <v>28460</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>620</v>
+        <v>615</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>624</v>
+        <v>619</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L133" s="0"/>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>627</v>
+        <v>622</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>630</v>
+        <v>625</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>632</v>
+        <v>627</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>633</v>
+        <v>628</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>634</v>
+        <v>629</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>637</v>
+        <v>632</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>638</v>
+        <v>633</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L136" s="0"/>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>639</v>
+        <v>634</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>640</v>
+        <v>635</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>641</v>
+        <v>636</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>646</v>
+        <v>641</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L138" s="0"/>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>648</v>
+        <v>643</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>649</v>
+        <v>644</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="G139" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>248</v>
+        <v>312</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>654</v>
+        <v>649</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>655</v>
+        <v>650</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>656</v>
+        <v>651</v>
       </c>
       <c r="G140" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
-        <v>217</v>
+        <v>194</v>
       </c>
       <c r="L140" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>658</v>
+        <v>653</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>659</v>
+        <v>654</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>660</v>
+        <v>655</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>661</v>
+        <v>656</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>657</v>
+        <v>652</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>662</v>
+        <v>657</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>663</v>
+        <v>658</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>664</v>
+        <v>659</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>666</v>
+        <v>661</v>
       </c>
       <c r="G142" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L142" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>668</v>
+        <v>663</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>666</v>
+        <v>661</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
-        <v>132</v>
+        <v>605</v>
       </c>
       <c r="L143" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="D144" s="0">
         <v>17965</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L144" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
       <c r="D145" s="0">
         <v>17966</v>
       </c>
       <c r="E145" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L145" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="D146" s="0">
         <v>17960</v>
       </c>
       <c r="E146" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L146" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>683</v>
+        <v>678</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>684</v>
+        <v>679</v>
       </c>
       <c r="D147" s="0">
         <v>17969</v>
       </c>
       <c r="E147" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L147" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="D148" s="0">
         <v>13804</v>
       </c>
       <c r="E148" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L148" s="0">
         <v>380</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="D149" s="0">
         <v>30677</v>
       </c>
       <c r="E149" s="0" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="L149" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
       <c r="D150" s="0"/>
       <c r="E150" s="0" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L150" s="0">
         <v>3</v>
       </c>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="D151" s="0">
         <v>52754</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>698</v>
+        <v>693</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
-        <v>132</v>
+        <v>605</v>
       </c>
       <c r="L151" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>700</v>
+        <v>695</v>
       </c>
       <c r="D152" s="0"/>
       <c r="E152" s="0" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>701</v>
+        <v>696</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="L152" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>702</v>
+        <v>697</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
       <c r="D153" s="0">
         <v>12730</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L153" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>706</v>
+        <v>701</v>
       </c>
       <c r="D154" s="0">
         <v>19301</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L154" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>708</v>
+        <v>703</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>709</v>
+        <v>704</v>
       </c>
       <c r="D155" s="0">
         <v>19302</v>
       </c>
       <c r="E155" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>710</v>
+        <v>705</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L155" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="D156" s="0">
         <v>19303</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L156" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>713</v>
+        <v>708</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>714</v>
+        <v>709</v>
       </c>
       <c r="D157" s="0">
         <v>19304</v>
       </c>
       <c r="E157" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>715</v>
+        <v>710</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L157" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>716</v>
+        <v>711</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>717</v>
+        <v>712</v>
       </c>
       <c r="D158" s="0">
         <v>19305</v>
       </c>
       <c r="E158" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H158" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>123</v>
+        <v>19</v>
       </c>
       <c r="L158" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
       <c r="D159" s="0">
         <v>19306</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>720</v>
+        <v>715</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L159" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="D160" s="0">
         <v>19307</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L160" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
       <c r="D161" s="0">
         <v>19308</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I161" s="1" t="s">
-        <v>726</v>
+        <v>721</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L161" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>727</v>
+        <v>722</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
       <c r="D162" s="0">
         <v>19309</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L162" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="D163" s="0">
         <v>19300</v>
       </c>
       <c r="E163" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H163" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L163" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F164" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G164" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
-        <v>275</v>
+        <v>595</v>
       </c>
       <c r="L164" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>738</v>
+        <v>733</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>739</v>
+        <v>734</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>299</v>
+        <v>36</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>740</v>
+        <v>735</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>741</v>
+        <v>37</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>742</v>
+        <v>736</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
-        <v>204</v>
+        <v>737</v>
       </c>
       <c r="L165" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>744</v>
-[...2 lines deleted...]
-        <v>745</v>
+        <v>739</v>
+      </c>
+      <c r="D166" s="0">
+        <v>610124</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>36</v>
+        <v>740</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
-        <v>748</v>
+        <v>19</v>
       </c>
       <c r="L166" s="0">
-        <v>36</v>
+        <v>72</v>
       </c>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>749</v>
+        <v>743</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>750</v>
+        <v>744</v>
       </c>
       <c r="D167" s="0">
-        <v>610124</v>
+        <v>610125</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>752</v>
+        <v>154</v>
       </c>
       <c r="G167" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>753</v>
+        <v>745</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L167" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>754</v>
+        <v>746</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>755</v>
+        <v>747</v>
       </c>
       <c r="D168" s="0">
-        <v>610125</v>
+        <v>6101262</v>
       </c>
       <c r="E168" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F168" s="0" t="s">
-        <v>155</v>
+        <v>748</v>
       </c>
       <c r="G168" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L168" s="0">
-        <v>72</v>
+        <v>48</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>757</v>
+        <v>750</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>758</v>
+        <v>751</v>
       </c>
       <c r="D169" s="0">
-        <v>6101262</v>
+        <v>6101263</v>
       </c>
       <c r="E169" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="G169" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>760</v>
+        <v>752</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L169" s="0">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>761</v>
+        <v>753</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>762</v>
+        <v>754</v>
       </c>
       <c r="D170" s="0">
-        <v>6101263</v>
+        <v>6101265</v>
       </c>
       <c r="E170" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="G170" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>763</v>
+        <v>755</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L170" s="0">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>764</v>
+        <v>756</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="D171" s="0">
-        <v>6101265</v>
+        <v>610181</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="G171" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>766</v>
+        <v>758</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L171" s="0">
-        <v>48</v>
+        <v>84</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="A172" s="0"/>
       <c r="B172" s="0" t="s">
-        <v>767</v>
+        <v>759</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>768</v>
+        <v>760</v>
       </c>
       <c r="D172" s="0">
-        <v>610181</v>
+        <v>610913</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F172" s="0" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="G172" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I172" s="1" t="s">
-        <v>769</v>
+        <v>761</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L172" s="0">
-        <v>84</v>
+        <v>80</v>
       </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="A173" s="0"/>
       <c r="B173" s="0" t="s">
-        <v>770</v>
+        <v>762</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>610913</v>
+        <v>763</v>
+      </c>
+      <c r="D173" s="0" t="s">
+        <v>764</v>
       </c>
       <c r="E173" s="0" t="s">
-        <v>751</v>
+        <v>584</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>63</v>
+        <v>586</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I173" s="1" t="s">
-        <v>772</v>
+        <v>766</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L173" s="0">
-        <v>80</v>
+        <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
-        <v>773</v>
+        <v>767</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>774</v>
+        <v>768</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>775</v>
+        <v>769</v>
       </c>
       <c r="E174" s="0" t="s">
-        <v>590</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
-        <v>592</v>
+        <v>219</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I174" s="1" t="s">
-        <v>777</v>
+        <v>771</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L174" s="0">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="A175" s="0"/>
       <c r="B175" s="0" t="s">
-        <v>778</v>
+        <v>772</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>779</v>
-[...2 lines deleted...]
-        <v>780</v>
+        <v>773</v>
+      </c>
+      <c r="D175" s="0">
+        <v>610908</v>
       </c>
       <c r="E175" s="0" t="s">
-        <v>781</v>
-[...1 lines deleted...]
-      <c r="F175" s="0"/>
+        <v>740</v>
+      </c>
+      <c r="F175" s="0" t="s">
+        <v>748</v>
+      </c>
       <c r="G175" s="0" t="s">
-        <v>221</v>
+        <v>63</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I175" s="1" t="s">
-        <v>782</v>
+        <v>774</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
-        <v>783</v>
+        <v>19</v>
       </c>
       <c r="L175" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
-        <v>784</v>
+        <v>775</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>785</v>
+        <v>776</v>
       </c>
       <c r="D176" s="0">
-        <v>610908</v>
+        <v>610909</v>
       </c>
       <c r="E176" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F176" s="0" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="G176" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I176" s="1" t="s">
-        <v>786</v>
+        <v>761</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L176" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="A177" s="0"/>
       <c r="B177" s="0" t="s">
-        <v>787</v>
+        <v>777</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>788</v>
+        <v>778</v>
       </c>
       <c r="D177" s="0">
-        <v>610909</v>
+        <v>6103003</v>
       </c>
       <c r="E177" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>759</v>
+        <v>779</v>
       </c>
       <c r="G177" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I177" s="1" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L177" s="0">
-        <v>1</v>
+        <v>72</v>
       </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
-        <v>789</v>
+        <v>781</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>790</v>
+        <v>782</v>
       </c>
       <c r="D178" s="0">
-        <v>6103003</v>
+        <v>6103007</v>
       </c>
       <c r="E178" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>791</v>
+        <v>779</v>
       </c>
       <c r="G178" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I178" s="1" t="s">
-        <v>792</v>
+        <v>783</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
-        <v>19</v>
+        <v>784</v>
       </c>
       <c r="L178" s="0">
-        <v>72</v>
+        <v>5</v>
       </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
-        <v>793</v>
+        <v>785</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>794</v>
+        <v>786</v>
       </c>
       <c r="D179" s="0">
-        <v>6103007</v>
+        <v>610901</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>791</v>
+        <v>748</v>
       </c>
       <c r="G179" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I179" s="1" t="s">
-        <v>795</v>
+        <v>787</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
-        <v>796</v>
+        <v>105</v>
       </c>
       <c r="L179" s="0">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
-        <v>797</v>
+        <v>788</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>798</v>
+        <v>789</v>
       </c>
       <c r="D180" s="0">
-        <v>610901</v>
+        <v>610903</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="G180" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H180" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I180" s="1" t="s">
-        <v>799</v>
+        <v>790</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
-        <v>315</v>
+        <v>19</v>
       </c>
       <c r="L180" s="0">
         <v>84</v>
       </c>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
-        <v>800</v>
+        <v>791</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>801</v>
+        <v>792</v>
       </c>
       <c r="D181" s="0">
-        <v>610903</v>
+        <v>610904</v>
       </c>
       <c r="E181" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="G181" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I181" s="1" t="s">
-        <v>802</v>
+        <v>793</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
-        <v>123</v>
+        <v>65</v>
       </c>
       <c r="L181" s="0">
-        <v>84</v>
+        <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
-        <v>803</v>
+        <v>794</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-        <v>610904</v>
+        <v>795</v>
+      </c>
+      <c r="D182" s="0" t="s">
+        <v>796</v>
       </c>
       <c r="E182" s="0" t="s">
-        <v>751</v>
+        <v>159</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>759</v>
+        <v>797</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I182" s="1" t="s">
-        <v>805</v>
+        <v>798</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>65</v>
+        <v>254</v>
       </c>
       <c r="L182" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
-        <v>806</v>
+        <v>799</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>807</v>
+        <v>800</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>808</v>
+        <v>801</v>
       </c>
       <c r="E183" s="0" t="s">
-        <v>160</v>
+        <v>296</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>809</v>
+        <v>802</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>16</v>
+        <v>803</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I183" s="1" t="s">
-        <v>810</v>
+        <v>804</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
-        <v>236</v>
+        <v>19</v>
       </c>
       <c r="L183" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="184" spans="1:12" customHeight="1" ht="80">
       <c r="A184" s="0"/>
       <c r="B184" s="0" t="s">
-        <v>811</v>
+        <v>805</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>812</v>
-[...2 lines deleted...]
-        <v>813</v>
+        <v>806</v>
+      </c>
+      <c r="D184" s="0">
+        <v>610912</v>
       </c>
       <c r="E184" s="0" t="s">
-        <v>299</v>
+        <v>740</v>
       </c>
       <c r="F184" s="0" t="s">
-        <v>814</v>
+        <v>748</v>
       </c>
       <c r="G184" s="0" t="s">
-        <v>741</v>
+        <v>63</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I184" s="1" t="s">
-        <v>815</v>
+        <v>807</v>
       </c>
       <c r="J184" s="0"/>
       <c r="K184" s="0" t="s">
-        <v>19</v>
+        <v>254</v>
       </c>
       <c r="L184" s="0">
-        <v>24</v>
+        <v>84</v>
       </c>
     </row>
     <row r="185" spans="1:12" customHeight="1" ht="80">
       <c r="A185" s="0"/>
       <c r="B185" s="0" t="s">
-        <v>816</v>
+        <v>808</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-        <v>610912</v>
+        <v>809</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>810</v>
       </c>
       <c r="E185" s="0" t="s">
-        <v>751</v>
+        <v>153</v>
       </c>
       <c r="F185" s="0" t="s">
-        <v>759</v>
+        <v>811</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I185" s="1" t="s">
-        <v>818</v>
+        <v>812</v>
       </c>
       <c r="J185" s="0"/>
       <c r="K185" s="0" t="s">
-        <v>783</v>
+        <v>737</v>
       </c>
       <c r="L185" s="0">
-        <v>84</v>
+        <v>6</v>
       </c>
     </row>
     <row r="186" spans="1:12" customHeight="1" ht="80">
       <c r="A186" s="0"/>
       <c r="B186" s="0" t="s">
-        <v>819</v>
+        <v>813</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>820</v>
+        <v>814</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>821</v>
+        <v>815</v>
       </c>
       <c r="E186" s="0" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F186" s="0" t="s">
-        <v>822</v>
+        <v>816</v>
       </c>
       <c r="G186" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H186" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I186" s="1" t="s">
-        <v>823</v>
+        <v>812</v>
       </c>
       <c r="J186" s="0"/>
       <c r="K186" s="0" t="s">
-        <v>748</v>
+        <v>33</v>
       </c>
       <c r="L186" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="187" spans="1:12" customHeight="1" ht="80">
       <c r="A187" s="0"/>
       <c r="B187" s="0" t="s">
-        <v>824</v>
+        <v>817</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>825</v>
+        <v>818</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>826</v>
+        <v>819</v>
       </c>
       <c r="E187" s="0" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="F187" s="0"/>
       <c r="G187" s="0" t="s">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I187" s="1" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="J187" s="0"/>
       <c r="K187" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L187" s="0">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="188" spans="1:12" customHeight="1" ht="80">
       <c r="A188" s="0"/>
       <c r="B188" s="0" t="s">
-        <v>828</v>
+        <v>821</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>829</v>
+        <v>822</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="E188" s="0" t="s">
-        <v>781</v>
-[...1 lines deleted...]
-      <c r="F188" s="0"/>
+        <v>61</v>
+      </c>
+      <c r="F188" s="0" t="s">
+        <v>69</v>
+      </c>
       <c r="G188" s="0" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="H188" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I188" s="1" t="s">
-        <v>831</v>
+        <v>824</v>
       </c>
       <c r="J188" s="0"/>
       <c r="K188" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L188" s="0">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="189" spans="1:12" customHeight="1" ht="80">
       <c r="A189" s="0"/>
       <c r="B189" s="0" t="s">
-        <v>832</v>
+        <v>825</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-        <v>834</v>
+        <v>826</v>
+      </c>
+      <c r="D189" s="0">
+        <v>71158</v>
       </c>
       <c r="E189" s="0" t="s">
-        <v>61</v>
+        <v>827</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>69</v>
+        <v>828</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>63</v>
+        <v>393</v>
       </c>
       <c r="H189" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I189" s="1" t="s">
-        <v>835</v>
+        <v>829</v>
       </c>
       <c r="J189" s="0"/>
       <c r="K189" s="0" t="s">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="L189" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="190" spans="1:12" customHeight="1" ht="80">
       <c r="A190" s="0"/>
       <c r="B190" s="0" t="s">
-        <v>836</v>
+        <v>830</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>837</v>
+        <v>831</v>
       </c>
       <c r="D190" s="0">
-        <v>71158</v>
+        <v>610920</v>
       </c>
       <c r="E190" s="0" t="s">
-        <v>838</v>
+        <v>740</v>
       </c>
       <c r="F190" s="0" t="s">
-        <v>839</v>
+        <v>748</v>
       </c>
       <c r="G190" s="0" t="s">
-        <v>397</v>
+        <v>63</v>
       </c>
       <c r="H190" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I190" s="1" t="s">
-        <v>840</v>
+        <v>832</v>
       </c>
       <c r="J190" s="0"/>
       <c r="K190" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L190" s="0">
-        <v>24</v>
+        <v>84</v>
       </c>
     </row>
     <row r="191" spans="1:12" customHeight="1" ht="80">
       <c r="A191" s="0"/>
       <c r="B191" s="0" t="s">
-        <v>841</v>
+        <v>833</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>842</v>
+        <v>834</v>
       </c>
       <c r="D191" s="0">
-        <v>610920</v>
+        <v>610921</v>
       </c>
       <c r="E191" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="G191" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I191" s="1" t="s">
-        <v>843</v>
+        <v>122</v>
       </c>
       <c r="J191" s="0"/>
       <c r="K191" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L191" s="0">
         <v>84</v>
       </c>
     </row>
     <row r="192" spans="1:12" customHeight="1" ht="80">
       <c r="A192" s="0"/>
       <c r="B192" s="0" t="s">
-        <v>844</v>
+        <v>835</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>845</v>
+        <v>836</v>
       </c>
       <c r="D192" s="0">
-        <v>610921</v>
+        <v>610922</v>
       </c>
       <c r="E192" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F192" s="0" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="G192" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I192" s="1" t="s">
-        <v>122</v>
+        <v>837</v>
       </c>
       <c r="J192" s="0"/>
       <c r="K192" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L192" s="0">
         <v>84</v>
       </c>
     </row>
     <row r="193" spans="1:12" customHeight="1" ht="80">
       <c r="A193" s="0"/>
       <c r="B193" s="0" t="s">
-        <v>846</v>
+        <v>838</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>847</v>
+        <v>839</v>
       </c>
       <c r="D193" s="0">
-        <v>610922</v>
+        <v>630312</v>
       </c>
       <c r="E193" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F193" s="0" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="G193" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I193" s="1" t="s">
-        <v>848</v>
+        <v>840</v>
       </c>
       <c r="J193" s="0"/>
       <c r="K193" s="0" t="s">
-        <v>19</v>
+        <v>480</v>
       </c>
       <c r="L193" s="0">
-        <v>84</v>
+        <v>6</v>
       </c>
     </row>
     <row r="194" spans="1:12" customHeight="1" ht="80">
       <c r="A194" s="0"/>
       <c r="B194" s="0" t="s">
-        <v>849</v>
+        <v>841</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>850</v>
+        <v>842</v>
       </c>
       <c r="D194" s="0">
-        <v>630312</v>
+        <v>630317</v>
       </c>
       <c r="E194" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="G194" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I194" s="1" t="s">
-        <v>851</v>
+        <v>843</v>
       </c>
       <c r="J194" s="0"/>
       <c r="K194" s="0" t="s">
-        <v>485</v>
+        <v>19</v>
       </c>
       <c r="L194" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="195" spans="1:12" customHeight="1" ht="80">
       <c r="A195" s="0"/>
       <c r="B195" s="0" t="s">
-        <v>852</v>
+        <v>844</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>853</v>
+        <v>845</v>
       </c>
       <c r="D195" s="0">
-        <v>630317</v>
+        <v>630319</v>
       </c>
       <c r="E195" s="0" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>759</v>
+        <v>748</v>
       </c>
       <c r="G195" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I195" s="1" t="s">
-        <v>854</v>
+        <v>846</v>
       </c>
       <c r="J195" s="0"/>
       <c r="K195" s="0" t="s">
-        <v>19</v>
+        <v>847</v>
       </c>
       <c r="L195" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="196" spans="1:12" customHeight="1" ht="80">
       <c r="A196" s="0"/>
       <c r="B196" s="0" t="s">
-        <v>855</v>
+        <v>848</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>856</v>
-[...2 lines deleted...]
-        <v>630319</v>
+        <v>849</v>
+      </c>
+      <c r="D196" s="0" t="s">
+        <v>850</v>
       </c>
       <c r="E196" s="0" t="s">
-        <v>751</v>
+        <v>153</v>
       </c>
       <c r="F196" s="0" t="s">
-        <v>759</v>
+        <v>851</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I196" s="1" t="s">
-        <v>857</v>
+        <v>812</v>
       </c>
       <c r="J196" s="0"/>
       <c r="K196" s="0" t="s">
-        <v>594</v>
+        <v>33</v>
       </c>
       <c r="L196" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="197" spans="1:12" customHeight="1" ht="80">
       <c r="A197" s="0"/>
       <c r="B197" s="0" t="s">
-        <v>858</v>
+        <v>852</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>859</v>
-[...2 lines deleted...]
-        <v>860</v>
+        <v>853</v>
+      </c>
+      <c r="D197" s="0">
+        <v>7.0002</v>
       </c>
       <c r="E197" s="0" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="F197" s="0" t="s">
-        <v>861</v>
+        <v>854</v>
       </c>
       <c r="G197" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I197" s="1" t="s">
-        <v>823</v>
+        <v>855</v>
       </c>
       <c r="J197" s="0"/>
       <c r="K197" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L197" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:12" customHeight="1" ht="80">
       <c r="A198" s="0"/>
       <c r="B198" s="0" t="s">
-        <v>862</v>
+        <v>856</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>863</v>
+        <v>857</v>
       </c>
       <c r="D198" s="0">
-        <v>7.0002</v>
+        <v>8175</v>
       </c>
       <c r="E198" s="0" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>864</v>
+        <v>154</v>
       </c>
       <c r="G198" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I198" s="1" t="s">
-        <v>865</v>
+        <v>858</v>
       </c>
       <c r="J198" s="0"/>
       <c r="K198" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L198" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="199" spans="1:12" customHeight="1" ht="80">
       <c r="A199" s="0"/>
       <c r="B199" s="0" t="s">
-        <v>866</v>
+        <v>859</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>867</v>
-[...2 lines deleted...]
-        <v>8175</v>
+        <v>860</v>
+      </c>
+      <c r="D199" s="0" t="s">
+        <v>861</v>
       </c>
       <c r="E199" s="0" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="F199" s="0"/>
       <c r="G199" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H199" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I199" s="1" t="s">
-        <v>868</v>
+        <v>862</v>
       </c>
       <c r="J199" s="0"/>
       <c r="K199" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L199" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:12" customHeight="1" ht="80">
       <c r="A200" s="0"/>
       <c r="B200" s="0" t="s">
-        <v>869</v>
+        <v>863</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>870</v>
+        <v>864</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>871</v>
+        <v>865</v>
       </c>
       <c r="E200" s="0" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="F200" s="0"/>
+        <v>61</v>
+      </c>
+      <c r="F200" s="0" t="s">
+        <v>866</v>
+      </c>
       <c r="G200" s="0" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I200" s="1" t="s">
-        <v>872</v>
+        <v>867</v>
       </c>
       <c r="J200" s="0"/>
       <c r="K200" s="0" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="L200" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:12" customHeight="1" ht="80">
       <c r="A201" s="0"/>
       <c r="B201" s="0" t="s">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>874</v>
+        <v>869</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>875</v>
+        <v>870</v>
       </c>
       <c r="E201" s="0" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="F201" s="0"/>
       <c r="G201" s="0" t="s">
-        <v>63</v>
+        <v>80</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>735</v>
+        <v>871</v>
       </c>
       <c r="I201" s="1" t="s">
-        <v>877</v>
+        <v>471</v>
       </c>
       <c r="J201" s="0"/>
       <c r="K201" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L201" s="0">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="202" spans="1:12" customHeight="1" ht="80">
       <c r="A202" s="0"/>
       <c r="B202" s="0" t="s">
-        <v>878</v>
+        <v>872</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>879</v>
+        <v>873</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>880</v>
+        <v>874</v>
       </c>
       <c r="E202" s="0" t="s">
-        <v>781</v>
-[...1 lines deleted...]
-      <c r="F202" s="0"/>
+        <v>875</v>
+      </c>
+      <c r="F202" s="0" t="s">
+        <v>876</v>
+      </c>
       <c r="G202" s="0" t="s">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="I202" s="1" t="s">
-        <v>476</v>
+        <v>877</v>
       </c>
       <c r="J202" s="0"/>
       <c r="K202" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L202" s="0">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="203" spans="1:12" customHeight="1" ht="80">
       <c r="A203" s="0"/>
       <c r="B203" s="0" t="s">
-        <v>882</v>
+        <v>878</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>883</v>
+        <v>879</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>884</v>
+        <v>880</v>
       </c>
       <c r="E203" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F203" s="0" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
       <c r="G203" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="I203" s="1" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="J203" s="0"/>
       <c r="K203" s="0" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="L203" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="204" spans="1:12" customHeight="1" ht="80">
       <c r="A204" s="0"/>
       <c r="B204" s="0" t="s">
-        <v>888</v>
+        <v>884</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>889</v>
+        <v>885</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>890</v>
+        <v>886</v>
       </c>
       <c r="E204" s="0" t="s">
-        <v>885</v>
-[...3 lines deleted...]
-      </c>
+        <v>875</v>
+      </c>
+      <c r="F204" s="0"/>
       <c r="G204" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H204" s="0" t="s">
-        <v>892</v>
+        <v>871</v>
       </c>
       <c r="I204" s="1" t="s">
-        <v>893</v>
+        <v>887</v>
       </c>
       <c r="J204" s="0"/>
       <c r="K204" s="0" t="s">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="L204" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="205" spans="1:12" customHeight="1" ht="80">
       <c r="A205" s="0"/>
       <c r="B205" s="0" t="s">
-        <v>894</v>
+        <v>888</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>895</v>
+        <v>889</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>896</v>
+        <v>890</v>
       </c>
       <c r="E205" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F205" s="0"/>
       <c r="G205" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="I205" s="1" t="s">
-        <v>897</v>
+        <v>891</v>
       </c>
       <c r="J205" s="0"/>
       <c r="K205" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L205" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="206" spans="1:12" customHeight="1" ht="80">
       <c r="A206" s="0"/>
       <c r="B206" s="0" t="s">
-        <v>898</v>
+        <v>892</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>899</v>
+        <v>893</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>900</v>
+        <v>894</v>
       </c>
       <c r="E206" s="0" t="s">
-        <v>885</v>
-[...1 lines deleted...]
-      <c r="F206" s="0"/>
+        <v>875</v>
+      </c>
+      <c r="F206" s="0" t="s">
+        <v>881</v>
+      </c>
       <c r="G206" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H206" s="0" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="I206" s="1" t="s">
-        <v>901</v>
+        <v>677</v>
       </c>
       <c r="J206" s="0"/>
       <c r="K206" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L206" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:12" customHeight="1" ht="80">
       <c r="A207" s="0"/>
       <c r="B207" s="0" t="s">
-        <v>902</v>
+        <v>895</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>903</v>
+        <v>896</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>904</v>
+        <v>897</v>
       </c>
       <c r="E207" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F207" s="0" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="G207" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I207" s="1" t="s">
-        <v>682</v>
+        <v>899</v>
       </c>
       <c r="J207" s="0"/>
       <c r="K207" s="0" t="s">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="L207" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:12" customHeight="1" ht="80">
       <c r="A208" s="0"/>
       <c r="B208" s="0" t="s">
-        <v>905</v>
+        <v>900</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>906</v>
-[...2 lines deleted...]
-        <v>907</v>
+        <v>901</v>
+      </c>
+      <c r="D208" s="0">
+        <v>41906</v>
       </c>
       <c r="E208" s="0" t="s">
-        <v>885</v>
+        <v>827</v>
       </c>
       <c r="F208" s="0" t="s">
-        <v>908</v>
+        <v>902</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>111</v>
+        <v>393</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I208" s="1" t="s">
-        <v>909</v>
+        <v>903</v>
       </c>
       <c r="J208" s="0"/>
       <c r="K208" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L208" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="209" spans="1:12" customHeight="1" ht="80">
       <c r="A209" s="0"/>
       <c r="B209" s="0" t="s">
-        <v>910</v>
+        <v>904</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-        <v>41906</v>
+        <v>905</v>
+      </c>
+      <c r="D209" s="0" t="s">
+        <v>906</v>
       </c>
       <c r="E209" s="0" t="s">
-        <v>838</v>
+        <v>875</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>912</v>
+        <v>876</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>397</v>
+        <v>111</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I209" s="1" t="s">
-        <v>913</v>
+        <v>907</v>
       </c>
       <c r="J209" s="0"/>
       <c r="K209" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L209" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:12" customHeight="1" ht="80">
       <c r="A210" s="0"/>
       <c r="B210" s="0" t="s">
-        <v>914</v>
+        <v>908</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>915</v>
+        <v>909</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>916</v>
+        <v>910</v>
       </c>
       <c r="E210" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>886</v>
+        <v>911</v>
       </c>
       <c r="G210" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H210" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I210" s="1" t="s">
-        <v>917</v>
+        <v>912</v>
       </c>
       <c r="J210" s="0"/>
       <c r="K210" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L210" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="211" spans="1:12" customHeight="1" ht="80">
       <c r="A211" s="0"/>
       <c r="B211" s="0" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>919</v>
+        <v>914</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>920</v>
+        <v>915</v>
       </c>
       <c r="E211" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>921</v>
+        <v>916</v>
       </c>
       <c r="G211" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H211" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I211" s="1" t="s">
-        <v>922</v>
+        <v>917</v>
       </c>
       <c r="J211" s="0"/>
       <c r="K211" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L211" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:12" customHeight="1" ht="80">
       <c r="A212" s="0"/>
       <c r="B212" s="0" t="s">
-        <v>923</v>
+        <v>918</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>924</v>
+        <v>919</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>925</v>
+        <v>920</v>
       </c>
       <c r="E212" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F212" s="0" t="s">
-        <v>926</v>
+        <v>911</v>
       </c>
       <c r="G212" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H212" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I212" s="1" t="s">
-        <v>927</v>
+        <v>921</v>
       </c>
       <c r="J212" s="0"/>
       <c r="K212" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L212" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:12" customHeight="1" ht="80">
       <c r="A213" s="0"/>
       <c r="B213" s="0" t="s">
-        <v>928</v>
+        <v>922</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>929</v>
+        <v>923</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>930</v>
+        <v>924</v>
       </c>
       <c r="E213" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>921</v>
+        <v>881</v>
       </c>
       <c r="G213" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I213" s="1" t="s">
-        <v>931</v>
+        <v>925</v>
       </c>
       <c r="J213" s="0"/>
       <c r="K213" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L213" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="214" spans="1:12" customHeight="1" ht="80">
       <c r="A214" s="0"/>
       <c r="B214" s="0" t="s">
-        <v>932</v>
+        <v>926</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>933</v>
+        <v>927</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>934</v>
+        <v>928</v>
       </c>
       <c r="E214" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>891</v>
+        <v>929</v>
       </c>
       <c r="G214" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I214" s="1" t="s">
-        <v>935</v>
+        <v>930</v>
       </c>
       <c r="J214" s="0"/>
       <c r="K214" s="0" t="s">
-        <v>19</v>
+        <v>931</v>
       </c>
       <c r="L214" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="215" spans="1:12" customHeight="1" ht="80">
       <c r="A215" s="0"/>
       <c r="B215" s="0" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>937</v>
+        <v>933</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>938</v>
+        <v>934</v>
       </c>
       <c r="E215" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>939</v>
+        <v>929</v>
       </c>
       <c r="G215" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H215" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I215" s="1" t="s">
-        <v>940</v>
+        <v>935</v>
       </c>
       <c r="J215" s="0"/>
       <c r="K215" s="0" t="s">
-        <v>167</v>
+        <v>19</v>
       </c>
       <c r="L215" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="216" spans="1:12" customHeight="1" ht="80">
       <c r="A216" s="0"/>
       <c r="B216" s="0" t="s">
-        <v>941</v>
+        <v>936</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>942</v>
+        <v>937</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>943</v>
+        <v>938</v>
       </c>
       <c r="E216" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F216" s="0" t="s">
-        <v>939</v>
+        <v>929</v>
       </c>
       <c r="G216" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H216" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I216" s="1" t="s">
-        <v>944</v>
+        <v>939</v>
       </c>
       <c r="J216" s="0"/>
       <c r="K216" s="0" t="s">
-        <v>123</v>
+        <v>19</v>
       </c>
       <c r="L216" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:12" customHeight="1" ht="80">
       <c r="A217" s="0"/>
       <c r="B217" s="0" t="s">
-        <v>945</v>
+        <v>940</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>946</v>
+        <v>941</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>947</v>
+        <v>942</v>
       </c>
       <c r="E217" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F217" s="0" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="G217" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I217" s="1" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c r="J217" s="0"/>
       <c r="K217" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L217" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:12" customHeight="1" ht="80">
       <c r="A218" s="0"/>
       <c r="B218" s="0" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="E218" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F218" s="0" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
       <c r="G218" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I218" s="1" t="s">
-        <v>953</v>
+        <v>949</v>
       </c>
       <c r="J218" s="0"/>
       <c r="K218" s="0" t="s">
-        <v>19</v>
+        <v>131</v>
       </c>
       <c r="L218" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:12" customHeight="1" ht="80">
       <c r="A219" s="0"/>
       <c r="B219" s="0" t="s">
-        <v>954</v>
+        <v>950</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>956</v>
+        <v>952</v>
       </c>
       <c r="E219" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F219" s="0" t="s">
-        <v>957</v>
+        <v>948</v>
       </c>
       <c r="G219" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I219" s="1" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
       <c r="J219" s="0"/>
       <c r="K219" s="0" t="s">
-        <v>123</v>
+        <v>19</v>
       </c>
       <c r="L219" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:12" customHeight="1" ht="80">
       <c r="A220" s="0"/>
       <c r="B220" s="0" t="s">
-        <v>959</v>
+        <v>954</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>960</v>
+        <v>955</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>961</v>
+        <v>956</v>
       </c>
       <c r="E220" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F220" s="0" t="s">
-        <v>957</v>
+        <v>929</v>
       </c>
       <c r="G220" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H220" s="0" t="s">
-        <v>892</v>
+        <v>871</v>
       </c>
       <c r="I220" s="1" t="s">
-        <v>962</v>
+        <v>957</v>
       </c>
       <c r="J220" s="0"/>
       <c r="K220" s="0" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="L220" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="221" spans="1:12" customHeight="1" ht="80">
       <c r="A221" s="0"/>
       <c r="B221" s="0" t="s">
-        <v>963</v>
+        <v>958</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>964</v>
+        <v>959</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>965</v>
+        <v>960</v>
       </c>
       <c r="E221" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F221" s="0" t="s">
-        <v>939</v>
+        <v>929</v>
       </c>
       <c r="G221" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H221" s="0" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="I221" s="1" t="s">
-        <v>966</v>
+        <v>961</v>
       </c>
       <c r="J221" s="0"/>
       <c r="K221" s="0" t="s">
-        <v>33</v>
+        <v>962</v>
       </c>
       <c r="L221" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="222" spans="1:12" customHeight="1" ht="80">
       <c r="A222" s="0"/>
       <c r="B222" s="0" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>969</v>
+        <v>965</v>
       </c>
       <c r="E222" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F222" s="0" t="s">
-        <v>939</v>
+        <v>948</v>
       </c>
       <c r="G222" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="I222" s="1" t="s">
-        <v>970</v>
+        <v>966</v>
       </c>
       <c r="J222" s="0"/>
       <c r="K222" s="0" t="s">
-        <v>971</v>
+        <v>19</v>
       </c>
       <c r="L222" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="223" spans="1:12" customHeight="1" ht="80">
       <c r="A223" s="0"/>
       <c r="B223" s="0" t="s">
-        <v>972</v>
+        <v>967</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>973</v>
+        <v>968</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="E223" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F223" s="0" t="s">
-        <v>957</v>
+        <v>948</v>
       </c>
       <c r="G223" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H223" s="0" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="I223" s="1" t="s">
-        <v>975</v>
+        <v>970</v>
       </c>
       <c r="J223" s="0"/>
       <c r="K223" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L223" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="224" spans="1:12" customHeight="1" ht="80">
       <c r="A224" s="0"/>
       <c r="B224" s="0" t="s">
-        <v>976</v>
+        <v>971</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>977</v>
+        <v>972</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>978</v>
+        <v>973</v>
       </c>
       <c r="E224" s="0" t="s">
-        <v>885</v>
-[...3 lines deleted...]
-      </c>
+        <v>875</v>
+      </c>
+      <c r="F224" s="0"/>
       <c r="G224" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="I224" s="1" t="s">
-        <v>979</v>
+        <v>974</v>
       </c>
       <c r="J224" s="0"/>
       <c r="K224" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L224" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="225" spans="1:12" customHeight="1" ht="80">
       <c r="A225" s="0"/>
       <c r="B225" s="0" t="s">
-        <v>980</v>
+        <v>975</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>981</v>
+        <v>976</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>982</v>
+        <v>977</v>
       </c>
       <c r="E225" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F225" s="0"/>
       <c r="G225" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="I225" s="1" t="s">
-        <v>983</v>
+        <v>978</v>
       </c>
       <c r="J225" s="0"/>
       <c r="K225" s="0" t="s">
-        <v>19</v>
+        <v>535</v>
       </c>
       <c r="L225" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="226" spans="1:12" customHeight="1" ht="80">
       <c r="A226" s="0"/>
       <c r="B226" s="0" t="s">
-        <v>984</v>
+        <v>979</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>985</v>
+        <v>980</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>986</v>
+        <v>981</v>
       </c>
       <c r="E226" s="0" t="s">
-        <v>885</v>
-[...1 lines deleted...]
-      <c r="F226" s="0"/>
+        <v>78</v>
+      </c>
+      <c r="F226" s="0" t="s">
+        <v>452</v>
+      </c>
       <c r="G226" s="0" t="s">
-        <v>111</v>
+        <v>80</v>
       </c>
       <c r="H226" s="0" t="s">
-        <v>881</v>
+        <v>730</v>
       </c>
       <c r="I226" s="1" t="s">
-        <v>987</v>
+        <v>285</v>
       </c>
       <c r="J226" s="0"/>
       <c r="K226" s="0" t="s">
-        <v>416</v>
+        <v>982</v>
       </c>
       <c r="L226" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="227" spans="1:12" customHeight="1" ht="80">
       <c r="A227" s="0"/>
       <c r="B227" s="0" t="s">
-        <v>988</v>
+        <v>983</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-        <v>990</v>
+        <v>984</v>
+      </c>
+      <c r="D227" s="0">
+        <v>1185</v>
       </c>
       <c r="E227" s="0" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>985</v>
+      </c>
+      <c r="F227" s="0"/>
       <c r="G227" s="0" t="s">
-        <v>80</v>
+        <v>210</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I227" s="1" t="s">
-        <v>287</v>
+        <v>986</v>
       </c>
       <c r="J227" s="0"/>
       <c r="K227" s="0" t="s">
-        <v>172</v>
+        <v>19</v>
       </c>
       <c r="L227" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="228" spans="1:12" customHeight="1" ht="80">
       <c r="A228" s="0"/>
       <c r="B228" s="0" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>992</v>
-[...2 lines deleted...]
-        <v>1185</v>
+        <v>988</v>
+      </c>
+      <c r="D228" s="0" t="s">
+        <v>989</v>
       </c>
       <c r="E228" s="0" t="s">
-        <v>993</v>
+        <v>990</v>
       </c>
       <c r="F228" s="0"/>
       <c r="G228" s="0" t="s">
-        <v>210</v>
+        <v>16</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I228" s="1" t="s">
-        <v>994</v>
+        <v>991</v>
       </c>
       <c r="J228" s="0"/>
       <c r="K228" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L228" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="229" spans="1:12" customHeight="1" ht="80">
       <c r="A229" s="0"/>
       <c r="B229" s="0" t="s">
-        <v>995</v>
+        <v>992</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>996</v>
+        <v>993</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>997</v>
+        <v>994</v>
       </c>
       <c r="E229" s="0" t="s">
-        <v>998</v>
+        <v>770</v>
       </c>
       <c r="F229" s="0"/>
       <c r="G229" s="0" t="s">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I229" s="1" t="s">
-        <v>999</v>
+        <v>995</v>
       </c>
       <c r="J229" s="0"/>
       <c r="K229" s="0" t="s">
-        <v>19</v>
+        <v>131</v>
       </c>
       <c r="L229" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="230" spans="1:12" customHeight="1" ht="80">
       <c r="A230" s="0"/>
       <c r="B230" s="0" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>1001</v>
+        <v>997</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>1002</v>
+        <v>998</v>
       </c>
       <c r="E230" s="0" t="s">
-        <v>781</v>
+        <v>999</v>
       </c>
       <c r="F230" s="0"/>
       <c r="G230" s="0" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I230" s="1" t="s">
-        <v>1003</v>
+        <v>1000</v>
       </c>
       <c r="J230" s="0"/>
       <c r="K230" s="0" t="s">
-        <v>123</v>
+        <v>1001</v>
       </c>
       <c r="L230" s="0">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="231" spans="1:12" customHeight="1" ht="80">
       <c r="A231" s="0"/>
       <c r="B231" s="0" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D231" s="0" t="s">
         <v>1004</v>
       </c>
-      <c r="C231" s="0" t="s">
+      <c r="E231" s="0" t="s">
+        <v>875</v>
+      </c>
+      <c r="F231" s="0" t="s">
+        <v>948</v>
+      </c>
+      <c r="G231" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="H231" s="0" t="s">
+        <v>871</v>
+      </c>
+      <c r="I231" s="1" t="s">
         <v>1005</v>
-      </c>
-[...14 lines deleted...]
-        <v>1008</v>
       </c>
       <c r="J231" s="0"/>
       <c r="K231" s="0" t="s">
-        <v>1009</v>
+        <v>19</v>
       </c>
       <c r="L231" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="232" spans="1:12" customHeight="1" ht="80">
       <c r="A232" s="0"/>
       <c r="B232" s="0" t="s">
-        <v>1010</v>
+        <v>1006</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>1011</v>
+        <v>1007</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>1012</v>
+        <v>1008</v>
       </c>
       <c r="E232" s="0" t="s">
-        <v>885</v>
-[...3 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="F232" s="0"/>
       <c r="G232" s="0" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="H232" s="0" t="s">
-        <v>881</v>
+        <v>730</v>
       </c>
       <c r="I232" s="1" t="s">
-        <v>1013</v>
+        <v>1009</v>
       </c>
       <c r="J232" s="0"/>
       <c r="K232" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L232" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L232" s="0"/>
     </row>
     <row r="233" spans="1:12" customHeight="1" ht="80">
       <c r="A233" s="0"/>
       <c r="B233" s="0" t="s">
-        <v>1014</v>
+        <v>1010</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>1015</v>
+        <v>1011</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="E233" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F233" s="0"/>
       <c r="G233" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H233" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I233" s="1" t="s">
-        <v>1017</v>
+        <v>1013</v>
       </c>
       <c r="J233" s="0"/>
       <c r="K233" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L233" s="0"/>
     </row>
     <row r="234" spans="1:12" customHeight="1" ht="80">
       <c r="A234" s="0"/>
       <c r="B234" s="0" t="s">
-        <v>1018</v>
+        <v>1014</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>1019</v>
+        <v>1015</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
       <c r="E234" s="0" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="F234" s="0"/>
+        <v>875</v>
+      </c>
+      <c r="F234" s="0" t="s">
+        <v>948</v>
+      </c>
       <c r="G234" s="0" t="s">
-        <v>16</v>
+        <v>111</v>
       </c>
       <c r="H234" s="0" t="s">
-        <v>735</v>
+        <v>882</v>
       </c>
       <c r="I234" s="1" t="s">
-        <v>1021</v>
+        <v>953</v>
       </c>
       <c r="J234" s="0"/>
       <c r="K234" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L234" s="0"/>
+        <v>131</v>
+      </c>
+      <c r="L234" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="235" spans="1:12" customHeight="1" ht="80">
       <c r="A235" s="0"/>
       <c r="B235" s="0" t="s">
-        <v>1022</v>
+        <v>1017</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>1023</v>
+        <v>1018</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>1024</v>
+        <v>1019</v>
       </c>
       <c r="E235" s="0" t="s">
-        <v>885</v>
+        <v>208</v>
       </c>
       <c r="F235" s="0" t="s">
-        <v>957</v>
+        <v>1020</v>
       </c>
       <c r="G235" s="0" t="s">
-        <v>111</v>
+        <v>210</v>
       </c>
       <c r="H235" s="0" t="s">
-        <v>892</v>
+        <v>730</v>
       </c>
       <c r="I235" s="1" t="s">
-        <v>962</v>
+        <v>1021</v>
       </c>
       <c r="J235" s="0"/>
       <c r="K235" s="0" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="L235" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="236" spans="1:12" customHeight="1" ht="80">
       <c r="A236" s="0"/>
       <c r="B236" s="0" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C236" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D236" s="0" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E236" s="0" t="s">
+        <v>645</v>
+      </c>
+      <c r="F236" s="0" t="s">
         <v>1025</v>
       </c>
-      <c r="C236" s="0" t="s">
+      <c r="G236" s="0" t="s">
         <v>1026</v>
       </c>
-      <c r="D236" s="0" t="s">
+      <c r="H236" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="I236" s="1" t="s">
         <v>1027</v>
-      </c>
-[...13 lines deleted...]
-        <v>1029</v>
       </c>
       <c r="J236" s="0"/>
       <c r="K236" s="0" t="s">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="L236" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="237" spans="1:12" customHeight="1" ht="80">
       <c r="A237" s="0"/>
       <c r="B237" s="0" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C237" s="0" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D237" s="0" t="s">
         <v>1030</v>
       </c>
-      <c r="C237" s="0" t="s">
+      <c r="E237" s="0" t="s">
         <v>1031</v>
       </c>
-      <c r="D237" s="0" t="s">
+      <c r="F237" s="0" t="s">
         <v>1032</v>
       </c>
-      <c r="E237" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F237" s="0" t="s">
+      <c r="G237" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H237" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="I237" s="1" t="s">
         <v>1033</v>
-      </c>
-[...7 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="J237" s="0"/>
       <c r="K237" s="0" t="s">
-        <v>33</v>
+        <v>131</v>
       </c>
       <c r="L237" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:12" customHeight="1" ht="80">
       <c r="A238" s="0"/>
       <c r="B238" s="0" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C238" s="0" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D238" s="0">
+        <v>4645510</v>
+      </c>
+      <c r="E238" s="0" t="s">
         <v>1036</v>
       </c>
-      <c r="C238" s="0" t="s">
+      <c r="F238" s="0" t="s">
         <v>1037</v>
       </c>
-      <c r="D238" s="0" t="s">
+      <c r="G238" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="H238" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="I238" s="1" t="s">
         <v>1038</v>
-      </c>
-[...13 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="J238" s="0"/>
       <c r="K238" s="0" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L238" s="0"/>
     </row>
     <row r="239" spans="1:12" customHeight="1" ht="80">
       <c r="A239" s="0"/>
       <c r="B239" s="0" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C239" s="0" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D239" s="0" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E239" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="F239" s="0"/>
+      <c r="G239" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="H239" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="I239" s="1" t="s">
         <v>1042</v>
-      </c>
-[...19 lines deleted...]
-        <v>1046</v>
       </c>
       <c r="J239" s="0"/>
       <c r="K239" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L239" s="0"/>
+        <v>33</v>
+      </c>
+      <c r="L239" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="240" spans="1:12" customHeight="1" ht="80">
       <c r="A240" s="0"/>
       <c r="B240" s="0" t="s">
-        <v>1047</v>
+        <v>1043</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>1048</v>
-[...2 lines deleted...]
-        <v>1049</v>
+        <v>1044</v>
+      </c>
+      <c r="D240" s="0">
+        <v>610907</v>
       </c>
       <c r="E240" s="0" t="s">
-        <v>781</v>
-[...1 lines deleted...]
-      <c r="F240" s="0"/>
+        <v>740</v>
+      </c>
+      <c r="F240" s="0" t="s">
+        <v>748</v>
+      </c>
       <c r="G240" s="0" t="s">
-        <v>80</v>
+        <v>63</v>
       </c>
       <c r="H240" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I240" s="1" t="s">
-        <v>1050</v>
+        <v>1045</v>
       </c>
       <c r="J240" s="0"/>
       <c r="K240" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L240" s="0">
-        <v>36</v>
+        <v>84</v>
       </c>
     </row>
     <row r="241" spans="1:12" customHeight="1" ht="80">
       <c r="A241" s="0"/>
       <c r="B241" s="0" t="s">
-        <v>1051</v>
+        <v>1046</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>1052</v>
-[...2 lines deleted...]
-        <v>610907</v>
+        <v>1047</v>
+      </c>
+      <c r="D241" s="0" t="s">
+        <v>1048</v>
       </c>
       <c r="E241" s="0" t="s">
-        <v>751</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="F241" s="0"/>
       <c r="G241" s="0" t="s">
-        <v>63</v>
+        <v>219</v>
       </c>
       <c r="H241" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I241" s="1" t="s">
-        <v>1053</v>
+        <v>1049</v>
       </c>
       <c r="J241" s="0"/>
       <c r="K241" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L241" s="0">
-        <v>84</v>
+        <v>30</v>
       </c>
     </row>
     <row r="242" spans="1:12" customHeight="1" ht="80">
       <c r="A242" s="0"/>
       <c r="B242" s="0" t="s">
-        <v>1054</v>
+        <v>1050</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>1055</v>
+        <v>1051</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="E242" s="0" t="s">
-        <v>781</v>
-[...1 lines deleted...]
-      <c r="F242" s="0"/>
+        <v>78</v>
+      </c>
+      <c r="F242" s="0" t="s">
+        <v>79</v>
+      </c>
       <c r="G242" s="0" t="s">
-        <v>221</v>
+        <v>80</v>
       </c>
       <c r="H242" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I242" s="1" t="s">
-        <v>1057</v>
+        <v>1053</v>
       </c>
       <c r="J242" s="0"/>
       <c r="K242" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L242" s="0">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:12" customHeight="1" ht="80">
       <c r="A243" s="0"/>
       <c r="B243" s="0" t="s">
-        <v>1058</v>
+        <v>1054</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>1059</v>
+        <v>1055</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>1060</v>
+        <v>1056</v>
       </c>
       <c r="E243" s="0" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="F243" s="0"/>
       <c r="G243" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H243" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I243" s="1" t="s">
-        <v>1061</v>
+        <v>1057</v>
       </c>
       <c r="J243" s="0"/>
       <c r="K243" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L243" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:12" customHeight="1" ht="80">
       <c r="A244" s="0"/>
       <c r="B244" s="0" t="s">
-        <v>1062</v>
+        <v>1058</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>1063</v>
+        <v>1059</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>1064</v>
+        <v>1060</v>
       </c>
       <c r="E244" s="0" t="s">
-        <v>781</v>
+        <v>770</v>
       </c>
       <c r="F244" s="0"/>
       <c r="G244" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H244" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I244" s="1" t="s">
-        <v>1065</v>
+        <v>1061</v>
       </c>
       <c r="J244" s="0"/>
       <c r="K244" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L244" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="245" spans="1:12" customHeight="1" ht="80">
       <c r="A245" s="0"/>
       <c r="B245" s="0" t="s">
-        <v>1066</v>
+        <v>1062</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>1067</v>
+        <v>1063</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>1068</v>
+        <v>1064</v>
       </c>
       <c r="E245" s="0" t="s">
-        <v>781</v>
+        <v>770</v>
       </c>
       <c r="F245" s="0"/>
       <c r="G245" s="0" t="s">
-        <v>80</v>
+        <v>219</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I245" s="1" t="s">
-        <v>1069</v>
+        <v>1065</v>
       </c>
       <c r="J245" s="0"/>
       <c r="K245" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L245" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="246" spans="1:12" customHeight="1" ht="80">
       <c r="A246" s="0"/>
       <c r="B246" s="0" t="s">
-        <v>1070</v>
+        <v>1066</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>1071</v>
+        <v>1067</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>1072</v>
+        <v>1068</v>
       </c>
       <c r="E246" s="0" t="s">
-        <v>781</v>
+        <v>208</v>
       </c>
       <c r="F246" s="0"/>
       <c r="G246" s="0" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="H246" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I246" s="1" t="s">
-        <v>1073</v>
+        <v>1069</v>
       </c>
       <c r="J246" s="0"/>
       <c r="K246" s="0" t="s">
-        <v>19</v>
+        <v>1070</v>
       </c>
       <c r="L246" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="247" spans="1:12" customHeight="1" ht="80">
       <c r="A247" s="0"/>
       <c r="B247" s="0" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C247" s="0" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D247" s="0" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E247" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="F247" s="0" t="s">
         <v>1074</v>
       </c>
-      <c r="C247" s="0" t="s">
+      <c r="G247" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="H247" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="I247" s="1" t="s">
         <v>1075</v>
-      </c>
-[...14 lines deleted...]
-        <v>1077</v>
       </c>
       <c r="J247" s="0"/>
       <c r="K247" s="0" t="s">
-        <v>212</v>
+        <v>33</v>
       </c>
       <c r="L247" s="0">
-        <v>24</v>
+        <v>2</v>
       </c>
     </row>
     <row r="248" spans="1:12" customHeight="1" ht="80">
       <c r="A248" s="0"/>
       <c r="B248" s="0" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C248" s="0" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D248" s="0" t="s">
         <v>1078</v>
       </c>
-      <c r="C248" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E248" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="F248" s="0" t="s">
-        <v>1081</v>
+        <v>1074</v>
       </c>
       <c r="G248" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H248" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I248" s="1" t="s">
-        <v>1082</v>
+        <v>299</v>
       </c>
       <c r="J248" s="0"/>
       <c r="K248" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L248" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="249" spans="1:12" customHeight="1" ht="80">
       <c r="A249" s="0"/>
       <c r="B249" s="0" t="s">
-        <v>1083</v>
+        <v>1079</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>1084</v>
+        <v>1080</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>1085</v>
+        <v>1081</v>
       </c>
       <c r="E249" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="F249" s="0" t="s">
-        <v>1081</v>
+        <v>1074</v>
       </c>
       <c r="G249" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H249" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I249" s="1" t="s">
-        <v>302</v>
+        <v>1082</v>
       </c>
       <c r="J249" s="0"/>
       <c r="K249" s="0" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="L249" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="250" spans="1:12" customHeight="1" ht="80">
       <c r="A250" s="0"/>
       <c r="B250" s="0" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>1087</v>
+        <v>1084</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>1088</v>
+        <v>1085</v>
       </c>
       <c r="E250" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="F250" s="0" t="s">
-        <v>1081</v>
+        <v>1074</v>
       </c>
       <c r="G250" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H250" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I250" s="1" t="s">
-        <v>1089</v>
+        <v>299</v>
       </c>
       <c r="J250" s="0"/>
       <c r="K250" s="0" t="s">
-        <v>19</v>
+        <v>131</v>
       </c>
       <c r="L250" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="251" spans="1:12" customHeight="1" ht="80">
       <c r="A251" s="0"/>
       <c r="B251" s="0" t="s">
-        <v>1090</v>
+        <v>1086</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
       <c r="E251" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="F251" s="0" t="s">
-        <v>1081</v>
+        <v>1074</v>
       </c>
       <c r="G251" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H251" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I251" s="1" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="J251" s="0"/>
       <c r="K251" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L251" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="252" spans="1:12" customHeight="1" ht="80">
       <c r="A252" s="0"/>
       <c r="B252" s="0" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>1094</v>
+        <v>1090</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>1095</v>
+        <v>1091</v>
       </c>
       <c r="E252" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="F252" s="0" t="s">
-        <v>1081</v>
+        <v>1074</v>
       </c>
       <c r="G252" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="H252" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I252" s="1" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="J252" s="0"/>
       <c r="K252" s="0" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="L252" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="253" spans="1:12" customHeight="1" ht="80">
       <c r="A253" s="0"/>
       <c r="B253" s="0" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C253" s="0" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D253" s="0" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E253" s="0" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F253" s="0" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G253" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="H253" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="I253" s="1" t="s">
         <v>1096</v>
-      </c>
-[...19 lines deleted...]
-        <v>302</v>
       </c>
       <c r="J253" s="0"/>
       <c r="K253" s="0" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L253" s="0"/>
     </row>
     <row r="254" spans="1:12" customHeight="1" ht="80">
       <c r="A254" s="0"/>
       <c r="B254" s="0" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C254" s="0" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D254" s="0">
+        <v>17983</v>
+      </c>
+      <c r="E254" s="0" t="s">
+        <v>669</v>
+      </c>
+      <c r="F254" s="0"/>
+      <c r="G254" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="H254" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="I254" s="1" t="s">
         <v>1099</v>
-      </c>
-[...19 lines deleted...]
-        <v>1103</v>
       </c>
       <c r="J254" s="0"/>
       <c r="K254" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L254" s="0"/>
+      <c r="L254" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="255" spans="1:12" customHeight="1" ht="80">
       <c r="A255" s="0"/>
       <c r="B255" s="0" t="s">
-        <v>1104</v>
+        <v>1100</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>1105</v>
+        <v>1101</v>
       </c>
       <c r="D255" s="0">
-        <v>17983</v>
+        <v>17984</v>
       </c>
       <c r="E255" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F255" s="0"/>
       <c r="G255" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H255" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I255" s="1" t="s">
-        <v>1106</v>
+        <v>1102</v>
       </c>
       <c r="J255" s="0"/>
       <c r="K255" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L255" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="256" spans="1:12" customHeight="1" ht="80">
       <c r="A256" s="0"/>
       <c r="B256" s="0" t="s">
-        <v>1107</v>
+        <v>1103</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>1108</v>
+        <v>1104</v>
       </c>
       <c r="D256" s="0">
-        <v>17984</v>
+        <v>17986</v>
       </c>
       <c r="E256" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F256" s="0"/>
       <c r="G256" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H256" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I256" s="1" t="s">
-        <v>1109</v>
+        <v>1105</v>
       </c>
       <c r="J256" s="0"/>
       <c r="K256" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L256" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="257" spans="1:12" customHeight="1" ht="80">
       <c r="A257" s="0"/>
       <c r="B257" s="0" t="s">
-        <v>1110</v>
+        <v>1106</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>1111</v>
+        <v>1107</v>
       </c>
       <c r="D257" s="0">
-        <v>17986</v>
+        <v>17987</v>
       </c>
       <c r="E257" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F257" s="0"/>
       <c r="G257" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H257" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I257" s="1" t="s">
-        <v>1112</v>
+        <v>1105</v>
       </c>
       <c r="J257" s="0"/>
       <c r="K257" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L257" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="258" spans="1:12" customHeight="1" ht="80">
       <c r="A258" s="0"/>
       <c r="B258" s="0" t="s">
-        <v>1113</v>
+        <v>1108</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>1114</v>
+        <v>1109</v>
       </c>
       <c r="D258" s="0">
-        <v>17987</v>
+        <v>17993</v>
       </c>
       <c r="E258" s="0" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F258" s="0"/>
       <c r="G258" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H258" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I258" s="1" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="J258" s="0"/>
       <c r="K258" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L258" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="259" spans="1:12" customHeight="1" ht="80">
       <c r="A259" s="0"/>
       <c r="B259" s="0" t="s">
-        <v>1115</v>
+        <v>1111</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>1116</v>
+        <v>1112</v>
       </c>
       <c r="D259" s="0">
-        <v>17993</v>
+        <v>30264</v>
       </c>
       <c r="E259" s="0" t="s">
-        <v>674</v>
+        <v>686</v>
       </c>
       <c r="F259" s="0"/>
       <c r="G259" s="0" t="s">
-        <v>80</v>
+        <v>210</v>
       </c>
       <c r="H259" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I259" s="1" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
       <c r="J259" s="0"/>
       <c r="K259" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L259" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="260" spans="1:12" customHeight="1" ht="80">
       <c r="A260" s="0"/>
       <c r="B260" s="0" t="s">
-        <v>1118</v>
+        <v>1114</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>1119</v>
-[...3 lines deleted...]
-      </c>
+        <v>1115</v>
+      </c>
+      <c r="D260" s="0"/>
       <c r="E260" s="0" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="F260" s="0"/>
       <c r="G260" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H260" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I260" s="1" t="s">
-        <v>1120</v>
+        <v>1116</v>
       </c>
       <c r="J260" s="0"/>
       <c r="K260" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L260" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="261" spans="1:12" customHeight="1" ht="80">
       <c r="A261" s="0"/>
       <c r="B261" s="0" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>1122</v>
+        <v>1118</v>
       </c>
       <c r="D261" s="0"/>
       <c r="E261" s="0" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="F261" s="0"/>
       <c r="G261" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H261" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I261" s="1" t="s">
-        <v>1123</v>
+        <v>338</v>
       </c>
       <c r="J261" s="0"/>
       <c r="K261" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L261" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="262" spans="1:12" customHeight="1" ht="80">
       <c r="A262" s="0"/>
       <c r="B262" s="0" t="s">
-        <v>1124</v>
+        <v>1119</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>1125</v>
-[...1 lines deleted...]
-      <c r="D262" s="0"/>
+        <v>1120</v>
+      </c>
+      <c r="D262" s="0">
+        <v>19420</v>
+      </c>
       <c r="E262" s="0" t="s">
-        <v>691</v>
+        <v>669</v>
       </c>
       <c r="F262" s="0"/>
       <c r="G262" s="0" t="s">
-        <v>210</v>
+        <v>80</v>
       </c>
       <c r="H262" s="0" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="I262" s="1" t="s">
-        <v>341</v>
+        <v>1121</v>
       </c>
       <c r="J262" s="0"/>
       <c r="K262" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L262" s="0">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="263" spans="1:12" customHeight="1" ht="80">
       <c r="A263" s="0"/>
       <c r="B263" s="0" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C263" s="0" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D263" s="0" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E263" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="F263" s="0" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G263" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="H263" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="I263" s="1" t="s">
         <v>1126</v>
-      </c>
-[...17 lines deleted...]
-        <v>1128</v>
       </c>
       <c r="J263" s="0"/>
       <c r="K263" s="0" t="s">
-        <v>19</v>
+        <v>204</v>
       </c>
       <c r="L263" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:12" customHeight="1" ht="80">
       <c r="A264" s="0"/>
       <c r="B264" s="0" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C264" s="0" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D264" s="0" t="s">
         <v>1129</v>
       </c>
-      <c r="C264" s="0" t="s">
+      <c r="E264" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="F264" s="0" t="s">
         <v>1130</v>
       </c>
-      <c r="D264" s="0" t="s">
+      <c r="G264" s="0" t="s">
+        <v>572</v>
+      </c>
+      <c r="H264" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="I264" s="1" t="s">
         <v>1131</v>
-      </c>
-[...13 lines deleted...]
-        <v>1133</v>
       </c>
       <c r="J264" s="0"/>
       <c r="K264" s="0" t="s">
-        <v>204</v>
+        <v>65</v>
       </c>
       <c r="L264" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="265" spans="1:12" customHeight="1" ht="80">
       <c r="A265" s="0"/>
       <c r="B265" s="0" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C265" s="0" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D265" s="0"/>
+      <c r="E265" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="F265" s="0"/>
+      <c r="G265" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H265" s="0" t="s">
+        <v>670</v>
+      </c>
+      <c r="I265" s="1" t="s">
         <v>1134</v>
-      </c>
-[...19 lines deleted...]
-        <v>1138</v>
       </c>
       <c r="J265" s="0"/>
       <c r="K265" s="0" t="s">
-        <v>65</v>
+        <v>194</v>
       </c>
       <c r="L265" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="266" spans="1:12" customHeight="1" ht="80">
       <c r="A266" s="0"/>
       <c r="B266" s="0" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C266" s="0" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D266" s="0" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E266" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="F266" s="0" t="s">
+        <v>1138</v>
+      </c>
+      <c r="G266" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="H266" s="0" t="s">
+        <v>730</v>
+      </c>
+      <c r="I266" s="1" t="s">
         <v>1139</v>
-      </c>
-[...15 lines deleted...]
-        <v>1141</v>
       </c>
       <c r="J266" s="0"/>
       <c r="K266" s="0" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L266" s="0"/>
     </row>
     <row r="267" spans="1:12" customHeight="1" ht="80">
       <c r="A267" s="0"/>
       <c r="B267" s="0" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C267" s="0" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D267" s="0" t="s">
         <v>1142</v>
-      </c>
-[...4 lines deleted...]
-        <v>1144</v>
       </c>
       <c r="E267" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F267" s="0" t="s">
-        <v>1145</v>
+        <v>1143</v>
       </c>
       <c r="G267" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H267" s="0" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="I267" s="1" t="s">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="J267" s="0"/>
       <c r="K267" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L267" s="0"/>
+      <c r="L267" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="268" spans="1:12" customHeight="1" ht="80">
       <c r="A268" s="0"/>
       <c r="B268" s="0" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C268" s="0" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D268" s="0" t="s">
         <v>1147</v>
       </c>
-      <c r="C268" s="0" t="s">
+      <c r="E268" s="0" t="s">
+        <v>660</v>
+      </c>
+      <c r="F268" s="0" t="s">
         <v>1148</v>
       </c>
-      <c r="D268" s="0" t="s">
+      <c r="G268" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="H268" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="I268" s="1" t="s">
         <v>1149</v>
-      </c>
-[...13 lines deleted...]
-        <v>1151</v>
       </c>
       <c r="J268" s="0"/>
       <c r="K268" s="0" t="s">
-        <v>19</v>
+        <v>131</v>
       </c>
       <c r="L268" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="269" spans="1:12" customHeight="1" ht="80">
       <c r="A269" s="0"/>
       <c r="B269" s="0" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C269" s="0" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D269" s="0" t="s">
         <v>1152</v>
       </c>
-      <c r="C269" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E269" s="0" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="F269" s="0" t="s">
-        <v>1155</v>
+        <v>1148</v>
       </c>
       <c r="G269" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="H269" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I269" s="1" t="s">
-        <v>1156</v>
+        <v>1149</v>
       </c>
       <c r="J269" s="0"/>
       <c r="K269" s="0" t="s">
-        <v>123</v>
+        <v>245</v>
       </c>
       <c r="L269" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="270" spans="1:12" customHeight="1" ht="80">
       <c r="A270" s="0"/>
       <c r="B270" s="0" t="s">
-        <v>1157</v>
+        <v>1153</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>1158</v>
+        <v>1154</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>1159</v>
+        <v>1155</v>
       </c>
       <c r="E270" s="0" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="F270" s="0" t="s">
-        <v>1155</v>
+        <v>1148</v>
       </c>
       <c r="G270" s="0" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="H270" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I270" s="1" t="s">
-        <v>1156</v>
+        <v>1149</v>
       </c>
       <c r="J270" s="0"/>
       <c r="K270" s="0" t="s">
-        <v>1160</v>
+        <v>131</v>
       </c>
       <c r="L270" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="271" spans="1:12" customHeight="1" ht="80">
       <c r="A271" s="0"/>
       <c r="B271" s="0" t="s">
-        <v>1161</v>
+        <v>1156</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>1162</v>
+        <v>1157</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>1163</v>
+        <v>1158</v>
       </c>
       <c r="E271" s="0" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="F271" s="0" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="G271" s="0" t="s">
-        <v>221</v>
+        <v>16</v>
       </c>
       <c r="H271" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I271" s="1" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="J271" s="0"/>
       <c r="K271" s="0" t="s">
-        <v>123</v>
+        <v>1161</v>
       </c>
       <c r="L271" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="272" spans="1:12" customHeight="1" ht="80">
       <c r="A272" s="0"/>
       <c r="B272" s="0" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C272" s="0" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D272" s="0" t="s">
         <v>1164</v>
       </c>
-      <c r="C272" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E272" s="0" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="F272" s="0" t="s">
-        <v>1167</v>
+        <v>1159</v>
       </c>
       <c r="G272" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H272" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I272" s="1" t="s">
-        <v>1168</v>
+        <v>1160</v>
       </c>
       <c r="J272" s="0"/>
       <c r="K272" s="0" t="s">
-        <v>315</v>
+        <v>1165</v>
       </c>
       <c r="L272" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="273" spans="1:12" customHeight="1" ht="80">
       <c r="A273" s="0"/>
       <c r="B273" s="0" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>1171</v>
+        <v>1168</v>
       </c>
       <c r="E273" s="0" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="F273" s="0" t="s">
-        <v>1167</v>
+        <v>1159</v>
       </c>
       <c r="G273" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H273" s="0" t="s">
-        <v>892</v>
+        <v>882</v>
       </c>
       <c r="I273" s="1" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="J273" s="0"/>
       <c r="K273" s="0" t="s">
-        <v>236</v>
+        <v>171</v>
       </c>
       <c r="L273" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="274" spans="1:12" customHeight="1" ht="80">
       <c r="A274" s="0"/>
       <c r="B274" s="0" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C274" s="0" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D274" s="0" t="s">
         <v>1172</v>
       </c>
-      <c r="C274" s="0" t="s">
+      <c r="E274" s="0" t="s">
         <v>1173</v>
       </c>
-      <c r="D274" s="0" t="s">
+      <c r="F274" s="0"/>
+      <c r="G274" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="H274" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I274" s="1" t="s">
         <v>1174</v>
-      </c>
-[...13 lines deleted...]
-        <v>1175</v>
       </c>
       <c r="J274" s="0"/>
       <c r="K274" s="0" t="s">
-        <v>1176</v>
+        <v>595</v>
       </c>
       <c r="L274" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="275" spans="1:12" customHeight="1" ht="80">
       <c r="A275" s="0"/>
       <c r="B275" s="0" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C275" s="0" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D275" s="0" t="s">
         <v>1177</v>
       </c>
-      <c r="C275" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E275" s="0" t="s">
-        <v>1180</v>
+        <v>875</v>
       </c>
       <c r="F275" s="0"/>
       <c r="G275" s="0" t="s">
-        <v>210</v>
+        <v>111</v>
       </c>
       <c r="H275" s="0" t="s">
-        <v>17</v>
+        <v>1178</v>
       </c>
       <c r="I275" s="1" t="s">
-        <v>1181</v>
+        <v>1179</v>
       </c>
       <c r="J275" s="0"/>
       <c r="K275" s="0" t="s">
-        <v>275</v>
+        <v>19</v>
       </c>
       <c r="L275" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="276" spans="1:12" customHeight="1" ht="80">
       <c r="A276" s="0"/>
       <c r="B276" s="0" t="s">
+        <v>1180</v>
+      </c>
+      <c r="C276" s="0" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D276" s="0" t="s">
         <v>1182</v>
       </c>
-      <c r="C276" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E276" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F276" s="0"/>
       <c r="G276" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H276" s="0" t="s">
-        <v>1185</v>
+        <v>1178</v>
       </c>
       <c r="I276" s="1" t="s">
-        <v>1186</v>
+        <v>1183</v>
       </c>
       <c r="J276" s="0"/>
       <c r="K276" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L276" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="277" spans="1:12" customHeight="1" ht="80">
       <c r="A277" s="0"/>
       <c r="B277" s="0" t="s">
-        <v>1187</v>
+        <v>1184</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>1188</v>
+        <v>1185</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="E277" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F277" s="0"/>
       <c r="G277" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H277" s="0" t="s">
-        <v>1185</v>
+        <v>1178</v>
       </c>
       <c r="I277" s="1" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="J277" s="0"/>
       <c r="K277" s="0" t="s">
-        <v>19</v>
+        <v>171</v>
       </c>
       <c r="L277" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="278" spans="1:12" customHeight="1" ht="80">
       <c r="A278" s="0"/>
       <c r="B278" s="0" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>1192</v>
+        <v>1189</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="E278" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F278" s="0"/>
       <c r="G278" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H278" s="0" t="s">
-        <v>1185</v>
+        <v>1178</v>
       </c>
       <c r="I278" s="1" t="s">
-        <v>1194</v>
+        <v>1191</v>
       </c>
       <c r="J278" s="0"/>
       <c r="K278" s="0" t="s">
-        <v>1195</v>
+        <v>19</v>
       </c>
       <c r="L278" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="279" spans="1:12" customHeight="1" ht="80">
       <c r="A279" s="0"/>
       <c r="B279" s="0" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>1198</v>
+        <v>1194</v>
       </c>
       <c r="E279" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F279" s="0"/>
       <c r="G279" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H279" s="0" t="s">
-        <v>1185</v>
+        <v>1178</v>
       </c>
       <c r="I279" s="1" t="s">
-        <v>1199</v>
+        <v>1195</v>
       </c>
       <c r="J279" s="0"/>
       <c r="K279" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L279" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="280" spans="1:12" customHeight="1" ht="80">
       <c r="A280" s="0"/>
       <c r="B280" s="0" t="s">
-        <v>1200</v>
+        <v>1196</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>1201</v>
+        <v>1197</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>1202</v>
+        <v>1198</v>
       </c>
       <c r="E280" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F280" s="0"/>
       <c r="G280" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H280" s="0" t="s">
-        <v>1185</v>
+        <v>1199</v>
       </c>
       <c r="I280" s="1" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="J280" s="0"/>
       <c r="K280" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L280" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="281" spans="1:12" customHeight="1" ht="80">
       <c r="A281" s="0"/>
       <c r="B281" s="0" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>1206</v>
+        <v>1203</v>
       </c>
       <c r="E281" s="0" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="F281" s="0"/>
       <c r="G281" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H281" s="0" t="s">
-        <v>1207</v>
+        <v>1199</v>
       </c>
       <c r="I281" s="1" t="s">
-        <v>1208</v>
+        <v>1204</v>
       </c>
       <c r="J281" s="0"/>
       <c r="K281" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L281" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="282" spans="1:12" customHeight="1" ht="80">
       <c r="A282" s="0"/>
       <c r="B282" s="0" t="s">
-        <v>1209</v>
+        <v>1205</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>1210</v>
-[...2 lines deleted...]
-        <v>1211</v>
+        <v>1206</v>
+      </c>
+      <c r="D282" s="0">
+        <v>100066</v>
       </c>
       <c r="E282" s="0" t="s">
-        <v>885</v>
+        <v>1207</v>
       </c>
       <c r="F282" s="0"/>
       <c r="G282" s="0" t="s">
-        <v>111</v>
+        <v>80</v>
       </c>
       <c r="H282" s="0" t="s">
-        <v>1207</v>
+        <v>17</v>
       </c>
       <c r="I282" s="1" t="s">
-        <v>1212</v>
+        <v>1208</v>
       </c>
       <c r="J282" s="0"/>
       <c r="K282" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L282" s="0">
-        <v>1</v>
+        <v>288</v>
       </c>
     </row>
     <row r="283" spans="1:12" customHeight="1" ht="80">
       <c r="A283" s="0"/>
       <c r="B283" s="0" t="s">
-        <v>1213</v>
+        <v>1209</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>1214</v>
-[...2 lines deleted...]
-        <v>100066</v>
+        <v>1210</v>
+      </c>
+      <c r="D283" s="0" t="s">
+        <v>1211</v>
       </c>
       <c r="E283" s="0" t="s">
-        <v>1215</v>
+        <v>15</v>
       </c>
       <c r="F283" s="0"/>
       <c r="G283" s="0" t="s">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="H283" s="0" t="s">
-        <v>17</v>
+        <v>1212</v>
       </c>
       <c r="I283" s="1" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="J283" s="0"/>
       <c r="K283" s="0" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="L283" s="0">
-        <v>288</v>
+        <v>20</v>
       </c>
     </row>
     <row r="284" spans="1:12" customHeight="1" ht="80">
       <c r="A284" s="0"/>
       <c r="B284" s="0" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>1218</v>
-[...2 lines deleted...]
-        <v>1219</v>
+        <v>1215</v>
+      </c>
+      <c r="D284" s="0">
+        <v>71400</v>
       </c>
       <c r="E284" s="0" t="s">
-        <v>15</v>
+        <v>770</v>
       </c>
       <c r="F284" s="0"/>
       <c r="G284" s="0" t="s">
-        <v>16</v>
+        <v>219</v>
       </c>
       <c r="H284" s="0" t="s">
-        <v>1220</v>
+        <v>1212</v>
       </c>
       <c r="I284" s="1" t="s">
-        <v>1221</v>
+        <v>1216</v>
       </c>
       <c r="J284" s="0"/>
       <c r="K284" s="0" t="s">
-        <v>275</v>
+        <v>1217</v>
       </c>
       <c r="L284" s="0">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="285" spans="1:12" customHeight="1" ht="80">
       <c r="A285" s="0"/>
       <c r="B285" s="0" t="s">
-        <v>1222</v>
+        <v>1218</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>1223</v>
-[...2 lines deleted...]
-        <v>71400</v>
+        <v>1219</v>
+      </c>
+      <c r="D285" s="0" t="s">
+        <v>1220</v>
       </c>
       <c r="E285" s="0" t="s">
-        <v>781</v>
+        <v>1221</v>
       </c>
       <c r="F285" s="0"/>
       <c r="G285" s="0" t="s">
-        <v>221</v>
+        <v>393</v>
       </c>
       <c r="H285" s="0" t="s">
-        <v>1220</v>
+        <v>1212</v>
       </c>
       <c r="I285" s="1" t="s">
-        <v>1224</v>
+        <v>1222</v>
       </c>
       <c r="J285" s="0"/>
       <c r="K285" s="0" t="s">
-        <v>212</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L285" s="0"/>
     </row>
     <row r="286" spans="1:12" customHeight="1" ht="80">
-      <c r="A286" s="0"/>
       <c r="B286" s="0" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C286" s="0" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D286" s="0" t="s">
         <v>1225</v>
       </c>
-      <c r="C286" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E286" s="0" t="s">
-        <v>1228</v>
+        <v>359</v>
       </c>
       <c r="F286" s="0"/>
       <c r="G286" s="0" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="H286" s="0" t="s">
-        <v>1220</v>
+        <v>17</v>
       </c>
       <c r="I286" s="1" t="s">
-        <v>1229</v>
+        <v>1226</v>
       </c>
       <c r="J286" s="0"/>
       <c r="K286" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L286" s="0"/>
     </row>
     <row r="287" spans="1:12" customHeight="1" ht="80">
       <c r="B287" s="0" t="s">
-        <v>1230</v>
+        <v>1227</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>1231</v>
+        <v>1228</v>
       </c>
       <c r="D287" s="0" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="E287" s="0" t="s">
-        <v>362</v>
+        <v>1173</v>
       </c>
       <c r="F287" s="0"/>
       <c r="G287" s="0" t="s">
-        <v>397</v>
+        <v>210</v>
       </c>
       <c r="H287" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I287" s="1" t="s">
-        <v>1233</v>
+        <v>1230</v>
       </c>
       <c r="J287" s="0"/>
       <c r="K287" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L287" s="0"/>
+      <c r="L287" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="288" spans="1:12" customHeight="1" ht="80">
+      <c r="A288" s="0"/>
       <c r="B288" s="0" t="s">
-        <v>1234</v>
+        <v>1231</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>1235</v>
-[...2 lines deleted...]
-        <v>1236</v>
+        <v>1232</v>
+      </c>
+      <c r="D288" s="0">
+        <v>2395</v>
       </c>
       <c r="E288" s="0" t="s">
-        <v>1180</v>
+        <v>985</v>
       </c>
       <c r="F288" s="0"/>
       <c r="G288" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H288" s="0" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I288" s="1" t="s">
-        <v>1237</v>
+        <v>1233</v>
       </c>
       <c r="J288" s="0"/>
       <c r="K288" s="0" t="s">
-        <v>19</v>
+        <v>131</v>
       </c>
       <c r="L288" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="289" spans="1:12" customHeight="1" ht="80">
       <c r="A289" s="0"/>
       <c r="B289" s="0" t="s">
-        <v>1238</v>
+        <v>1234</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>1239</v>
-[...2 lines deleted...]
-        <v>2395</v>
+        <v>1235</v>
+      </c>
+      <c r="D289" s="0" t="s">
+        <v>1236</v>
       </c>
       <c r="E289" s="0" t="s">
-        <v>993</v>
+        <v>985</v>
       </c>
       <c r="F289" s="0"/>
       <c r="G289" s="0" t="s">
         <v>210</v>
       </c>
       <c r="H289" s="0" t="s">
         <v>26</v>
       </c>
       <c r="I289" s="1" t="s">
-        <v>1240</v>
+        <v>1237</v>
       </c>
       <c r="J289" s="0"/>
       <c r="K289" s="0" t="s">
-        <v>217</v>
+        <v>19</v>
       </c>
       <c r="L289" s="0"/>
     </row>
     <row r="290" spans="1:12" customHeight="1" ht="80">
       <c r="A290" s="0"/>
       <c r="B290" s="0" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C290" s="0" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D290" s="0">
+        <v>17000</v>
+      </c>
+      <c r="E290" s="0" t="s">
+        <v>770</v>
+      </c>
+      <c r="F290" s="0" t="s">
+        <v>1240</v>
+      </c>
+      <c r="G290" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="H290" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="I290" s="1" t="s">
         <v>1241</v>
-      </c>
-[...17 lines deleted...]
-        <v>1244</v>
       </c>
       <c r="J290" s="0"/>
       <c r="K290" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L290" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>