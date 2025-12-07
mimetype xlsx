--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -71,51 +71,51 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Подставка для тарелок;сталь нерж.;D=19,H=30см;синий</t>
   </si>
   <si>
     <t>04150140</t>
   </si>
   <si>
     <t>44047-19</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Подставки для тарелок</t>
   </si>
   <si>
-    <t>54024.00₸</t>
+    <t>67861.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Подставка для тарелок;сталь нерж.;D=22,H=30см;синий</t>
   </si>
   <si>
     <t>04150141</t>
   </si>
   <si>
     <t>44047-22</t>
   </si>
   <si>
     <t>55864.00₸</t>
   </si>
   <si>
     <t>Подставка для тарелок;сталь нерж.;D=25,H=30см;синий</t>
   </si>
   <si>
     <t>04150142</t>
   </si>
   <si>
     <t>44047-25</t>
   </si>