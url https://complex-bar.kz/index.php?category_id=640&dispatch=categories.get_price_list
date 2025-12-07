--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="698">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="705">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -251,1247 +251,1253 @@
   <si>
     <t>Бланк для счета «Бар,кухня» двухслойный "Клубника";самокопир.;,H=7,L=200,B=100мм;разноцветн.</t>
   </si>
   <si>
     <t>02122013</t>
   </si>
   <si>
     <t>СЦ-2</t>
   </si>
   <si>
     <t>840.00₸</t>
   </si>
   <si>
     <t>Бланк для счета «Бар,кухня» двухслойный "Коктейль";самокопир.;,H=8,L=200,B=100мм;разноцветн.</t>
   </si>
   <si>
     <t>02122014</t>
   </si>
   <si>
     <t>СЦ-1</t>
   </si>
   <si>
     <t>1148.00₸</t>
   </si>
   <si>
+    <t>Бланк для счета «Эконом»</t>
+  </si>
+  <si>
+    <t>02122017</t>
+  </si>
+  <si>
+    <t>948.00₸</t>
+  </si>
+  <si>
+    <t>Накалыватель для чеков;металл,пластик;D=6,H=13,B=6см;металлич.,прозр.</t>
+  </si>
+  <si>
+    <t>02122910</t>
+  </si>
+  <si>
+    <t>TABL</t>
+  </si>
+  <si>
+    <t>1925.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Накалыватель для чеков «Проотель»;сталь нерж.;D=85,H=235мм;металлич.</t>
+  </si>
+  <si>
+    <t>02122912</t>
+  </si>
+  <si>
+    <t>BSP924</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>ИНДИЯ</t>
+  </si>
+  <si>
+    <t>1715.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Накалыватель для чеков;сталь нерж.;D=90,H=200,L=227мм;металлич.</t>
+  </si>
+  <si>
+    <t>02122913</t>
+  </si>
+  <si>
+    <t>12504-20</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>19374.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Ведро д/чеков;сталь оцинк.;D=82,H=82мм;металлич.</t>
+  </si>
+  <si>
+    <t>02122915</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>3673.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Держатель для чеков;алюмин.;,L=61,B=5см;металлич.</t>
+  </si>
+  <si>
+    <t>02122916</t>
+  </si>
+  <si>
+    <t>21098.00₸</t>
+  </si>
+  <si>
+    <t>Ценникодержатель;пластик;,H=15,B=10,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02122917</t>
+  </si>
+  <si>
+    <t>Ценникодержатели</t>
+  </si>
+  <si>
+    <t>847.00₸</t>
+  </si>
+  <si>
+    <t>Ценникодержатель;пластик;,H=105,L=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>02122918</t>
+  </si>
+  <si>
+    <t>462.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Подставка-ценник настольная «Базальт»;фарфор;,H=57,L=56,B=30мм;черный</t>
+  </si>
+  <si>
+    <t>02122919</t>
+  </si>
+  <si>
+    <t>Revol</t>
+  </si>
+  <si>
+    <t>Basalt</t>
+  </si>
+  <si>
+    <t>Таблички информационные</t>
+  </si>
+  <si>
+    <t>5183.00₸</t>
+  </si>
+  <si>
+    <t>Накалыватель для чеков «Проотель» основание-спираль;сталь нерж.;,H=15см</t>
+  </si>
+  <si>
+    <t>02122957</t>
+  </si>
+  <si>
+    <t>BHW15</t>
+  </si>
+  <si>
+    <t>1680.00₸</t>
+  </si>
+  <si>
+    <t>Накалыватель для чеков «Проотель»;сталь нерж.;,H=23см</t>
+  </si>
+  <si>
+    <t>02122958</t>
+  </si>
+  <si>
+    <t>BHT23</t>
+  </si>
+  <si>
+    <t>2324.00₸</t>
+  </si>
+  <si>
+    <t>Ценникодержатель;пластик;,H=12,B=6см</t>
+  </si>
+  <si>
+    <t>02122960</t>
+  </si>
+  <si>
+    <t>362.00₸</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/карт;пластик;,H=15,L=14,B=8см;черный</t>
+  </si>
+  <si>
+    <t>02130100</t>
+  </si>
+  <si>
+    <t>(№6)</t>
+  </si>
+  <si>
+    <t>Подставки для меню и карточек</t>
+  </si>
+  <si>
+    <t>841.00₸</t>
+  </si>
+  <si>
+    <t>Подставка настольная для меню А4 белое основание;пластик;,H=310,L=215,B=95мм;прозр.,белый</t>
+  </si>
+  <si>
+    <t>02130101</t>
+  </si>
+  <si>
+    <t>(№3)</t>
+  </si>
+  <si>
+    <t>3773.00₸</t>
+  </si>
+  <si>
+    <t>Подставка д/карточек резерв.;пластик;,H=100,L=150,B=95мм;прозр.,белый</t>
+  </si>
+  <si>
+    <t>02130102</t>
+  </si>
+  <si>
+    <t>(№5)</t>
+  </si>
+  <si>
+    <t>1410.00₸</t>
+  </si>
+  <si>
+    <t>44 шт.</t>
+  </si>
+  <si>
+    <t>Подставка настольная для меню А5 белое основание;пластик;,H=220,L=155,B=95мм;прозр.,белый</t>
+  </si>
+  <si>
+    <t>02130103</t>
+  </si>
+  <si>
+    <t>(№1)</t>
+  </si>
+  <si>
+    <t>2503.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Ценникодержатель;пластик;,H=4,L=6,B=2см;прозр.</t>
+  </si>
+  <si>
+    <t>02130104</t>
+  </si>
+  <si>
+    <t>170.00₸</t>
+  </si>
+  <si>
+    <t>более 500 шт.</t>
+  </si>
+  <si>
+    <t>Ценникодержатель;пластик;,H=8,L=6,B=4см;прозр.</t>
+  </si>
+  <si>
+    <t>02130105</t>
+  </si>
+  <si>
+    <t>239.00₸</t>
+  </si>
+  <si>
+    <t>Ценникодержатель;пластик;,H=6,L=8см;прозр.</t>
+  </si>
+  <si>
+    <t>02130106</t>
+  </si>
+  <si>
+    <t>247.00₸</t>
+  </si>
+  <si>
+    <t>Ценникодержатель;пластик;,H=6,L=11,B=3см;прозр.</t>
+  </si>
+  <si>
+    <t>02130107</t>
+  </si>
+  <si>
+    <t>347.00₸</t>
+  </si>
+  <si>
+    <t>Табличка «Открыто-Закрыто»;пластик;,L=30,B=12см;белый,синий</t>
+  </si>
+  <si>
+    <t>02130108</t>
+  </si>
+  <si>
+    <t>2780.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Табличка «Резерв»[2шт];металл;,H=5,L=5,B=5см;металлич.</t>
+  </si>
+  <si>
+    <t>02130109</t>
+  </si>
+  <si>
+    <t>00017</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>5782.00₸</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню A3 белое осн.;пластик;,H=43,L=30,B=9см;прозр.,белый</t>
+  </si>
+  <si>
+    <t>02130111</t>
+  </si>
+  <si>
+    <t>5891.00₸</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А5 синее осн.;пластик;,H=220,L=155,B=95мм;прозр.,синий</t>
+  </si>
+  <si>
+    <t>02130113</t>
+  </si>
+  <si>
+    <t>(№2)</t>
+  </si>
+  <si>
+    <t>2399.00₸</t>
+  </si>
+  <si>
+    <t>Подставка настольная для меню А4 синее основание;пластик;,H=310,L=215,B=95мм;прозр.,синий</t>
+  </si>
+  <si>
+    <t>02130114</t>
+  </si>
+  <si>
+    <t>(№4)</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Подставка д/карточек резерв.;пластик;,H=11,L=8,B=8см;прозр.</t>
+  </si>
+  <si>
+    <t>02130115</t>
+  </si>
+  <si>
+    <t>(№7)</t>
+  </si>
+  <si>
+    <t>763.00₸</t>
+  </si>
+  <si>
+    <t>Подставка д/карточек резерв.;пластик;,H=150,L=105,B=80мм;прозр.</t>
+  </si>
+  <si>
+    <t>02130116</t>
+  </si>
+  <si>
+    <t>(№10)</t>
+  </si>
+  <si>
+    <t>1078.00₸</t>
+  </si>
+  <si>
+    <t>Подставка настольная для меню А5 черное основание;пластик;,H=220,L=155,B=95мм;прозр.,черный</t>
+  </si>
+  <si>
+    <t>02130117</t>
+  </si>
+  <si>
+    <t>(№1ч.)</t>
+  </si>
+  <si>
+    <t>2464.00₸</t>
+  </si>
+  <si>
+    <t>Подставка настольная для меню А4 черное основание;пластик;,H=310,L=215,B=95мм;прозр.,черный</t>
+  </si>
+  <si>
+    <t>02130118</t>
+  </si>
+  <si>
+    <t>(№3ч.)</t>
+  </si>
+  <si>
+    <t>3465.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Держатель для карточек;металл;D=65,H=50,B=65мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130119</t>
+  </si>
+  <si>
+    <t>TW-III-U</t>
+  </si>
+  <si>
+    <t>466.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для карточек;сталь нерж.;,H=40,L=60,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130121</t>
+  </si>
+  <si>
+    <t>00036</t>
+  </si>
+  <si>
+    <t>3192.00₸</t>
+  </si>
+  <si>
+    <t>Подставка «Резерв»;кожа;,H=75,L=210,B=70мм;коричнев.</t>
+  </si>
+  <si>
+    <t>02130128</t>
+  </si>
+  <si>
+    <t>LK</t>
+  </si>
+  <si>
+    <t>8586.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Табличка д/резервир.стола[2шт];металл;,H=40,L=60,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130129</t>
+  </si>
+  <si>
+    <t>0133W020IVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>5044.00₸</t>
+  </si>
+  <si>
+    <t>Набор наклеек д/таблички «Не курить»[10шт];резина;,L=24,B=9см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>02130130</t>
+  </si>
+  <si>
+    <t>0133S000V</t>
+  </si>
+  <si>
+    <t>11882.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Держатель для карточек 4шт.+20 карточек;сталь нерж.;D=40,H=105,L=40,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130131</t>
+  </si>
+  <si>
+    <t>00070</t>
+  </si>
+  <si>
+    <t>32094.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для чеков с пружинами;сталь;,L=62,B=9см;металлич.</t>
+  </si>
+  <si>
+    <t>02130138</t>
+  </si>
+  <si>
+    <t>42509-60</t>
+  </si>
+  <si>
+    <t>54717.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для чеков с шариками;сталь;,L=250,B=75мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130140</t>
+  </si>
+  <si>
+    <t>42509-25</t>
+  </si>
+  <si>
+    <t>22338.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для чеков;сталь нерж.;,L=50,B=9см;металлич.</t>
+  </si>
+  <si>
+    <t>02130141</t>
+  </si>
+  <si>
+    <t>42509-50</t>
+  </si>
+  <si>
+    <t>31871.00₸</t>
+  </si>
+  <si>
+    <t>Табличка;акрил;,H=15,L=10см;оранжев.</t>
+  </si>
+  <si>
+    <t>02130144</t>
+  </si>
+  <si>
+    <t>1494.00₸</t>
+  </si>
+  <si>
+    <t>Табличка «Резерв»;кожезам.,металл;,H=8,L=16,B=9см;бордо,золотой</t>
+  </si>
+  <si>
+    <t>02130157</t>
+  </si>
+  <si>
+    <t>980.00₸</t>
+  </si>
+  <si>
+    <t>Подставка д/меню;металл;,H=2,L=8,B=8см;металлич.</t>
+  </si>
+  <si>
+    <t>02130164</t>
+  </si>
+  <si>
+    <t>42951-08</t>
+  </si>
+  <si>
+    <t>10580.00₸</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню A4 наклонная;пластик;,H=30,L=21,B=15,5см;прозр.,белый</t>
+  </si>
+  <si>
+    <t>02130165</t>
+  </si>
+  <si>
+    <t>4505.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А5 наклонная;пластик;,H=21,L=15,B=10,5см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>02130166</t>
+  </si>
+  <si>
+    <t>2889.00₸</t>
+  </si>
+  <si>
+    <t>Табличка «Не курить»;сталь нерж.;,H=45,L=54,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130167</t>
+  </si>
+  <si>
+    <t>42951-57</t>
+  </si>
+  <si>
+    <t>5329.00₸</t>
+  </si>
+  <si>
+    <t>Табличка «Резерв»[2шт];сталь нерж.;,H=45,L=55,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130168</t>
+  </si>
+  <si>
+    <t>00013</t>
+  </si>
+  <si>
+    <t>5537.00₸</t>
+  </si>
+  <si>
+    <t>Подставка д/меню «Звездочка»;пластик;,H=15,L=8см;прозр.</t>
+  </si>
+  <si>
+    <t>02130169</t>
+  </si>
+  <si>
+    <t>2033.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А5 «Экспресс»;пластик;,H=230,L=150,B=75мм;прозр.,белый</t>
+  </si>
+  <si>
+    <t>02130170</t>
+  </si>
+  <si>
+    <t>2580.00₸</t>
+  </si>
+  <si>
+    <t>Табличка «Зарезервировано»;пластик;,H=95,L=200,B=100мм;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>02130171</t>
+  </si>
+  <si>
+    <t>3581.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Табличка «Зарезервировано»;пластик;,H=95,L=200,B=100мм;золотой,черный</t>
+  </si>
+  <si>
+    <t>02130172</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Табличка «Зарезервировано»;пластик;,H=95,L=200,B=100мм;белый,красный</t>
+  </si>
+  <si>
+    <t>02130173</t>
+  </si>
+  <si>
+    <t>2926.00₸</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А5 серебр.осн.;пластик;,H=220,L=155,B=95мм;прозр.,серебрист.</t>
+  </si>
+  <si>
+    <t>02130174</t>
+  </si>
+  <si>
+    <t>2541.00₸</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А5 золот.осн.;пластик;,H=220,L=155,B=95мм;прозр.,золотой</t>
+  </si>
+  <si>
+    <t>02130175</t>
+  </si>
+  <si>
+    <t>2618.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Ценникодержатель;пластик;,H=55,L=90,B=25мм;прозр.</t>
+  </si>
+  <si>
+    <t>02130176</t>
+  </si>
+  <si>
+    <t>Ценникодержатель д/бара «Топпинги»;пластик;,H=3,L=9,B=2см;прозр.</t>
+  </si>
+  <si>
+    <t>02130178</t>
+  </si>
+  <si>
+    <t>416.00₸</t>
+  </si>
+  <si>
     <t>3 шт.</t>
   </si>
   <si>
-    <t>Бланк для счета «Эконом»</t>
-[...167 lines deleted...]
-    <t>362.00₸</t>
+    <t>Подставка наст. д/меню А5 прозр.основан.;пластик;,H=220,L=155,B=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>02130183</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А4 прозр.основан.;пластик;,H=310,L=215,B=95мм;прозр.</t>
+  </si>
+  <si>
+    <t>02130184</t>
+  </si>
+  <si>
+    <t>3889.00₸</t>
+  </si>
+  <si>
+    <t>33 шт.</t>
+  </si>
+  <si>
+    <t>Табличка «Не курить»[2шт];металл;200мл;,H=35,L=50,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130185</t>
+  </si>
+  <si>
+    <t>00572</t>
+  </si>
+  <si>
+    <t>6168.00₸</t>
+  </si>
+  <si>
+    <t>Табличка «Можно курить»[2шт];металл;100мл;,H=37,L=50,B=50мм;металлич.,зелен.</t>
+  </si>
+  <si>
+    <t>02130186</t>
+  </si>
+  <si>
+    <t>00573</t>
+  </si>
+  <si>
+    <t>Подставка «Резерв»;кожа;,H=65,L=210,B=65мм;черный</t>
+  </si>
+  <si>
+    <t>02130188</t>
+  </si>
+  <si>
+    <t>7539.00₸</t>
+  </si>
+  <si>
+    <t>Подставка д/меню б/основания[3шт];пластик;,L=20,B=12см;прозр.</t>
+  </si>
+  <si>
+    <t>02130189</t>
+  </si>
+  <si>
+    <t>00363</t>
+  </si>
+  <si>
+    <t>8455.00₸</t>
+  </si>
+  <si>
+    <t>Подставка д/меню[2шт];дерево;,H=60,L=85,B=45мм;древесн.</t>
+  </si>
+  <si>
+    <t>02130190</t>
+  </si>
+  <si>
+    <t>00023</t>
+  </si>
+  <si>
+    <t>8246.00₸</t>
+  </si>
+  <si>
+    <t>Подставка д/меню[2шт];сталь нерж.;,H=40,L=85,B=40мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130191</t>
+  </si>
+  <si>
+    <t>00021</t>
+  </si>
+  <si>
+    <t>10996.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для чеков «Проотель»;сталь нерж.;,L=310,B=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130192</t>
+  </si>
+  <si>
+    <t>ORS12</t>
+  </si>
+  <si>
+    <t>5201.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для чеков «Проотель»;сталь нерж.;,L=610,B=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130193</t>
+  </si>
+  <si>
+    <t>ORS24</t>
+  </si>
+  <si>
+    <t>7819.00₸</t>
+  </si>
+  <si>
+    <t>Накалыватель для чеков нат.камень;,H=15,L=10,B=10см;металлич.,белый</t>
+  </si>
+  <si>
+    <t>02130194</t>
+  </si>
+  <si>
+    <t>APCOM</t>
+  </si>
+  <si>
+    <t>Zio Pepe</t>
+  </si>
+  <si>
+    <t>44645.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для чеков «Проотель»;сталь нерж.;,L=920,B=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130195</t>
+  </si>
+  <si>
+    <t>ORS36</t>
+  </si>
+  <si>
+    <t>11949.00₸</t>
+  </si>
+  <si>
+    <t>Буклетница А6;пластик;,H=15,L=11,B=3см;прозр.</t>
+  </si>
+  <si>
+    <t>02130196</t>
+  </si>
+  <si>
+    <t>1094.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для карточек  4шт.+20карточек;акрил;,H=12,L=3,B=3см;прозр.</t>
+  </si>
+  <si>
+    <t>02130199</t>
+  </si>
+  <si>
+    <t>00074</t>
+  </si>
+  <si>
+    <t>ТАЙВАНЬ (КИТАЙ)</t>
+  </si>
+  <si>
+    <t>14338.00₸</t>
+  </si>
+  <si>
+    <t>Подставка «Резерв»;кожезам.;,H=45,L=165/50,B=50мм;золотой</t>
+  </si>
+  <si>
+    <t>02130702</t>
+  </si>
+  <si>
+    <t>4928.00₸</t>
+  </si>
+  <si>
+    <t>Подставка «Резерв»;кожезам.;,H=45,L=165/50,B=50мм;коричнев.</t>
+  </si>
+  <si>
+    <t>02130703</t>
+  </si>
+  <si>
+    <t>5929.00₸</t>
+  </si>
+  <si>
+    <t>Табличка «Резерв»;сталь нерж.;,H=40,L=65,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130704</t>
+  </si>
+  <si>
+    <t>SBT9</t>
+  </si>
+  <si>
+    <t>1477.00₸</t>
+  </si>
+  <si>
+    <t>Табличка «Не курить»;сталь нерж.;,H=45,L=60,B=60мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130705</t>
+  </si>
+  <si>
+    <t>SBT8</t>
+  </si>
+  <si>
+    <t>1190.00₸</t>
+  </si>
+  <si>
+    <t>Табличка «Не курить»;поливинилхл.;,L=21,5,B=14см;черный,золотой</t>
+  </si>
+  <si>
+    <t>02130707</t>
+  </si>
+  <si>
+    <t>3542.00₸</t>
+  </si>
+  <si>
+    <t>Подставка д/меню;сталь нерж.;,H=2,L=8,B=7см;металлич.</t>
+  </si>
+  <si>
+    <t>02130709</t>
+  </si>
+  <si>
+    <t>00030</t>
+  </si>
+  <si>
+    <t>4690.00₸</t>
+  </si>
+  <si>
+    <t>Подставка д/меню б/основания[3шт];пластик;,L=16,5,B=11,5см;прозр.</t>
+  </si>
+  <si>
+    <t>02130710</t>
+  </si>
+  <si>
+    <t>00362</t>
+  </si>
+  <si>
+    <t>5475.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для меню;сталь нерж.;D=75,H=290мм</t>
+  </si>
+  <si>
+    <t>02130711</t>
+  </si>
+  <si>
+    <t>13482.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для карточек;сталь нерж.;,H=3,L=6,B=5см</t>
+  </si>
+  <si>
+    <t>02130713</t>
+  </si>
+  <si>
+    <t>42952-05</t>
+  </si>
+  <si>
+    <t>4359.00₸</t>
+  </si>
+  <si>
+    <t>Набор табличек д/нумерации столов 11-20;пластик;,H=10,B=7см;золотой,черный</t>
+  </si>
+  <si>
+    <t>02130717</t>
+  </si>
+  <si>
+    <t>11-20</t>
+  </si>
+  <si>
+    <t>24394.00₸</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А4 наклонная;пластик;,H=31,L=15,B=21см;прозр.,черный</t>
+  </si>
+  <si>
+    <t>02130719</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Табличка «Не курить»;сталь нерж.;D=16см;металлич.</t>
+  </si>
+  <si>
+    <t>02130720</t>
+  </si>
+  <si>
+    <t>42958-29</t>
+  </si>
+  <si>
+    <t>10727.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для меню;сталь нерж.;D=75,H=460мм</t>
+  </si>
+  <si>
+    <t>02130721</t>
+  </si>
+  <si>
+    <t>11250.00₸</t>
+  </si>
+  <si>
+    <t>Подставка на кольцах «Резерв»;кожа;,L=200,B=75мм;коричнев.</t>
+  </si>
+  <si>
+    <t>02130722</t>
+  </si>
+  <si>
+    <t>5082.00₸</t>
+  </si>
+  <si>
+    <t>Подставка наст.д/меню «Флэш»;пластик,алюмин.;,H=29,7,B=10,5см</t>
+  </si>
+  <si>
+    <t>02130725</t>
+  </si>
+  <si>
+    <t>2221.00₸</t>
+  </si>
+  <si>
+    <t>Табличка «Резерв»;поливинилхл.;,H=5,B=7см;черный</t>
+  </si>
+  <si>
+    <t>02130729</t>
+  </si>
+  <si>
+    <t>010376</t>
+  </si>
+  <si>
+    <t>2133.00₸</t>
+  </si>
+  <si>
+    <t>Ценникодержатель;пластик;,H=6,B=4см</t>
+  </si>
+  <si>
+    <t>02130732</t>
+  </si>
+  <si>
+    <t>147.00₸</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А5 дерев.основ.;пластик;,H=24,B=15см;прозр.,св. дерево</t>
+  </si>
+  <si>
+    <t>02130738</t>
+  </si>
+  <si>
+    <t>5506.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А4 дерев.осн.;пластик;,H=31,L=21,5см</t>
+  </si>
+  <si>
+    <t>02130739</t>
+  </si>
+  <si>
+    <t>5775.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А6;дуб,пластик;,H=18,L=10,5см</t>
+  </si>
+  <si>
+    <t>02130740</t>
+  </si>
+  <si>
+    <t>4913.00₸</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А6 дерев.основ.;пластик;,H=16,5,L=13,5см</t>
+  </si>
+  <si>
+    <t>02130741</t>
+  </si>
+  <si>
+    <t>5337.00₸</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А5;пластик;,H=220,L=155,B=95мм;прозр.,желт.</t>
+  </si>
+  <si>
+    <t>02130742</t>
+  </si>
+  <si>
+    <t>2310.00₸</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А5;пластик;,H=220,L=155,B=95мм;прозр.,зелен.</t>
+  </si>
+  <si>
+    <t>02130743</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А5;пластик;,H=220,L=155,B=95мм;прозр.,красный</t>
+  </si>
+  <si>
+    <t>02130744</t>
+  </si>
+  <si>
+    <t>2272.00₸</t>
+  </si>
+  <si>
+    <t>Меловой тейбл-тент А4 горизонтальный ,деревян.основание;,H=23,L=30,B=4см</t>
+  </si>
+  <si>
+    <t>02130745</t>
+  </si>
+  <si>
+    <t>3181.00₸</t>
   </si>
   <si>
     <t>34 шт.</t>
   </si>
   <si>
-    <t>Подставка наст. д/карт;пластик;,H=15,L=14,B=8см;черный</t>
-[...752 lines deleted...]
-    <t>02130719</t>
+    <t>Меловой тейбл-тент А5 деревян.основание;,H=240,L=150,B=45мм;черный,деревян.</t>
+  </si>
+  <si>
+    <t>02130746</t>
+  </si>
+  <si>
+    <t>Табличка-ценник деревян.основание;,H=75,L=105,B=75мм</t>
+  </si>
+  <si>
+    <t>02130747</t>
+  </si>
+  <si>
+    <t>TEX</t>
+  </si>
+  <si>
+    <t>1833.00₸</t>
+  </si>
+  <si>
+    <t>Табличка-ценник деревян.основание;,H=50,L=75,B=50мм</t>
+  </si>
+  <si>
+    <t>02130748</t>
+  </si>
+  <si>
+    <t>1379.00₸</t>
+  </si>
+  <si>
+    <t>Подставка-ценник настольная «Базальт»;керамика;,H=60,L=80,B=35мм;черный</t>
+  </si>
+  <si>
+    <t>02130750</t>
+  </si>
+  <si>
+    <t>7408.00₸</t>
+  </si>
+  <si>
+    <t>Меловой тейбл-тент А4 вертикальный ,дерев.основание;,H=32,8,B=21,2см</t>
+  </si>
+  <si>
+    <t>02130751</t>
+  </si>
+  <si>
+    <t>3850.00₸</t>
+  </si>
+  <si>
+    <t>Меловой ценник «Кружка»;,H=22,L=13см</t>
+  </si>
+  <si>
+    <t>02130756</t>
+  </si>
+  <si>
+    <t>2965.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Меловой ценник А5;,H=22,L=15см</t>
+  </si>
+  <si>
+    <t>02130757</t>
+  </si>
+  <si>
+    <t>3966.00₸</t>
+  </si>
+  <si>
+    <t>Подставка д/меню с зажимом;фанера;,L=33,B=25см</t>
+  </si>
+  <si>
+    <t>02130760</t>
+  </si>
+  <si>
+    <t>V902S-00T</t>
+  </si>
+  <si>
+    <t>PPwood</t>
+  </si>
+  <si>
+    <t>9179.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Табличка «Не курить»;сталь нерж.;D=16см;металлич.</t>
-[...65 lines deleted...]
-    <t>5506.00₸</t>
+    <t>Основание д/таблички арт.2130748;дерево;,H=5,L=7,B=3см</t>
+  </si>
+  <si>
+    <t>02130761</t>
+  </si>
+  <si>
+    <t>270.00₸</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А5;пластик,бук</t>
+  </si>
+  <si>
+    <t>02130762</t>
+  </si>
+  <si>
+    <t>6006.00₸</t>
+  </si>
+  <si>
+    <t>Подставка наст. д/меню А5 дерев.основ.;пластик,дерево;,H=22,L=15,5см</t>
+  </si>
+  <si>
+    <t>02130765</t>
+  </si>
+  <si>
+    <t>5483.00₸</t>
   </si>
   <si>
     <t>22 шт.</t>
   </si>
   <si>
-    <t>Подставка наст. д/меню А4 дерев.осн.;пластик;,H=31,L=21,5см</t>
-[...172 lines deleted...]
-  <si>
     <t>Планшет д/меню с зажимом;фанера,лак;,L=41,6,B=22см;болотн.</t>
   </si>
   <si>
     <t>02130766</t>
   </si>
   <si>
     <t>V907L-00G</t>
   </si>
   <si>
     <t>7015.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Планшет д/меню с зажимом;фанера,лак;,L=41,6,B=22см;коричнев.</t>
   </si>
   <si>
     <t>02130767</t>
   </si>
   <si>
     <t>V907L-00T</t>
   </si>
   <si>
     <t>6930.00₸</t>
   </si>
   <si>
     <t>Планшет д/меню с зажимом;фанера,лак;,L=41,6,B=22см;красный</t>
   </si>
   <si>
     <t>02130768</t>
   </si>
   <si>
     <t>V907L-00M</t>
   </si>
   <si>
     <t>7716.00₸</t>
   </si>
   <si>
     <t>Планшет д/меню с зажимом цвет ясень оливк.;шпон,фанера;,L=41,6,B=22см;олив.</t>
@@ -1694,90 +1700,90 @@
   <si>
     <t>02131310</t>
   </si>
   <si>
     <t>4767.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек «Прищепка» карт15/15 черн/бел[2шт];дерево;,L=10,B=4см;черный</t>
   </si>
   <si>
     <t>02131312</t>
   </si>
   <si>
     <t>13837.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек;бук;,H=47,L=50,B=47мм</t>
   </si>
   <si>
     <t>02131314</t>
   </si>
   <si>
     <t>F903O-06N</t>
   </si>
   <si>
-    <t>2896.00₸</t>
+    <t>3080.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек  4шт.+20карточек;акрил;прозр.</t>
   </si>
   <si>
     <t>02131315</t>
   </si>
   <si>
     <t>00078</t>
   </si>
   <si>
-    <t>7161.00₸</t>
+    <t>13799.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек[4шт];мрамор;D=3,H=10см;белый</t>
   </si>
   <si>
     <t>02131316</t>
   </si>
   <si>
     <t>17641.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек  4шт.+20карточек[4шт];сталь нерж.,полипроп.;D=50,H=105мм;черный</t>
   </si>
   <si>
     <t>02131320</t>
   </si>
   <si>
     <t>36321.00₸</t>
   </si>
   <si>
     <t>Держатель д/карточек +15 белых и 15 черный карточек[2шт];,L=10,B=80см</t>
   </si>
   <si>
     <t>02131322</t>
   </si>
   <si>
-    <t>8301.00₸</t>
+    <t>10881.00₸</t>
   </si>
   <si>
     <t>Карточки д/информации д/арт.71487-89[50шт];пластик;,L=10,B=8см</t>
   </si>
   <si>
     <t>02131501</t>
   </si>
   <si>
     <t>4074.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек;сталь нерж.,латунь;D=30,H=38мм;латун.</t>
   </si>
   <si>
     <t>02131505</t>
   </si>
   <si>
     <t>BU_LH002</t>
   </si>
   <si>
     <t>Craster</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
@@ -1853,51 +1859,51 @@
   <si>
     <t>518100-03</t>
   </si>
   <si>
     <t>Linden</t>
   </si>
   <si>
     <t>2401.00₸</t>
   </si>
   <si>
     <t>Поднос для денег с зажимом;кожа;,H=5,L=195,B=151мм;черный</t>
   </si>
   <si>
     <t>04080320</t>
   </si>
   <si>
     <t>8355.00₸</t>
   </si>
   <si>
     <t>Поднос для денег с зажимом;кожа;,H=5,L=19,B=15см;св.корич.</t>
   </si>
   <si>
     <t>04080322</t>
   </si>
   <si>
-    <t>8470.00₸</t>
+    <t>9933.00₸</t>
   </si>
   <si>
     <t>Поднос прямоугольный;полиэстер;,L=46,B=36см;зелен.,белый</t>
   </si>
   <si>
     <t>04080863</t>
   </si>
   <si>
     <t>19859.00₸</t>
   </si>
   <si>
     <t>Поднос для денег;сталь нерж.;,H=1,L=17,B=11см;металлич.</t>
   </si>
   <si>
     <t>04082527</t>
   </si>
   <si>
     <t>BT17</t>
   </si>
   <si>
     <t>2695.00₸</t>
   </si>
   <si>
     <t>Табличка д/маркировки сыра;фарфор;,L=55,B=40мм;белый</t>
   </si>
@@ -1976,117 +1982,111 @@
   <si>
     <t>27489.00₸</t>
   </si>
   <si>
     <t>Маркер перманентный</t>
   </si>
   <si>
     <t>08011420</t>
   </si>
   <si>
     <t>2903.00₸</t>
   </si>
   <si>
     <t>Лейбл «Фло»[10шт];поливинилхл.;,H=5,L=7см;белый</t>
   </si>
   <si>
     <t>08090403</t>
   </si>
   <si>
     <t>Flo</t>
   </si>
   <si>
     <t>4844.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Лейбл «Фло»[10шт];поливинилхл.;,H=7,L=10см;белый</t>
   </si>
   <si>
     <t>08090405</t>
   </si>
   <si>
     <t>7901.00₸</t>
   </si>
   <si>
     <t>Лейбл[10шт];поливинилхл.;,H=68,B=70мм;белый,золотой</t>
   </si>
   <si>
     <t>08090409</t>
   </si>
   <si>
     <t>16810.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
-[...2 lines deleted...]
-    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Понедельник»;,L=5,B=5см</t>
+    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Понедельник»[500шт];,L=5,B=5см</t>
   </si>
   <si>
     <t>08090420</t>
   </si>
   <si>
     <t>RU-RIDU2201R</t>
   </si>
   <si>
     <t>8008.00₸</t>
   </si>
   <si>
-    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Вторник»;,L=5,B=5см</t>
+    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Вторник»[500шт];,L=5,B=5см</t>
   </si>
   <si>
     <t>08090421</t>
   </si>
   <si>
-    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Среда»;,L=5,B=5см</t>
+    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Среда»[500шт];,L=5,B=5см</t>
   </si>
   <si>
     <t>08090422</t>
   </si>
   <si>
-    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Четверг»;,L=5,B=5см</t>
+    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Четверг»[500шт];,L=5,B=5см</t>
   </si>
   <si>
     <t>08090423</t>
   </si>
   <si>
-    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Пятница»;,L=5,B=5см</t>
+    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Пятница»[500шт];,L=5,B=5см</t>
   </si>
   <si>
     <t>08090424</t>
   </si>
   <si>
-    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Суббота»;,L=5,B=5см</t>
+    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Суббота»[500шт];,L=5,B=5см</t>
   </si>
   <si>
     <t>08090425</t>
   </si>
   <si>
-    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Воскресенье»;,L=5,B=5см</t>
+    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Воскресенье»[500шт];,L=5,B=5см</t>
   </si>
   <si>
     <t>08090426</t>
   </si>
   <si>
     <t>Набор бирок со шнурком</t>
   </si>
   <si>
     <t>08100110</t>
   </si>
   <si>
     <t>B5314003</t>
   </si>
   <si>
     <t>3835.00₸</t>
   </si>
   <si>
     <t>Держатель для чеков;алюмин.;,H=2,L=91,B=9см</t>
   </si>
   <si>
     <t>09100308</t>
   </si>
   <si>
     <t>21953.00₸</t>
   </si>
@@ -2109,50 +2109,71 @@
     <t>29246.00₸</t>
   </si>
   <si>
     <t>Подставка для таблички (указателя);пластик;D=185,H=50мм;черный</t>
   </si>
   <si>
     <t>09100809</t>
   </si>
   <si>
     <t>9137/RS-36BK</t>
   </si>
   <si>
     <t>78456.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек</t>
   </si>
   <si>
     <t>09101215</t>
   </si>
   <si>
     <t>Cal M</t>
   </si>
   <si>
     <t>3720.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для чеков;сталь нерж.;,H=2,L=40,B=8см;металлич.</t>
+  </si>
+  <si>
+    <t>02130905</t>
+  </si>
+  <si>
+    <t>16255.00₸</t>
+  </si>
+  <si>
+    <t>Карточки для информации[10шт];поливинилхл.;,L=75,B=50мм;черный</t>
+  </si>
+  <si>
+    <t>02130904</t>
+  </si>
+  <si>
+    <t>00037</t>
+  </si>
+  <si>
+    <t>4522.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2167,51 +2188,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2970D56-F150-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22032DDA-20D1-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C048216-20D1-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22032F1A-20D1-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2817D002-20D1-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22032D3A-20D1-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22032E7A-20D1-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22032ABA-20D1-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56DB00FF-424C-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22032A1A-20D1-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22032C9A-20D1-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2817D0A2-20D1-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2203297A-20D1-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/356343D6-E56A-11EF-BC53-00505692E2D014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/356342CA-E56A-11EF-BC53-00505692E2D015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D291F01-E3DB-11EF-BC4E-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF31-E3C6-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB87C-424F-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EF2FF5E-696C-11EC-BBF7-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1602760B-20D1-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029032-4250-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9DC3A5B-E4E0-11EF-BC53-00505692E2D022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9DC4A4F-E4E0-11EF-BC53-00505692E2D023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4451-20D0-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C853-4253-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CF78273-8149-11E9-BBBA-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA83101-4255-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823FE-424B-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9019E892-424B-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539FD-424B-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B582400-424B-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B697A823-E3C4-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21544681-424B-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B697A822-E3C4-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21544683-424B-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87EC21-20CF-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA4D-424C-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B212-424E-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE326265-424B-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE326266-424B-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525A0009-E3C6-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BBD-424B-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C6D-424B-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C6E-424B-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4474DF4-424B-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5229-424D-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E64577C-20D0-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB2468-424C-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791E1409-20D0-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDC791-20D1-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8321056E-696D-11EC-BBF7-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8321056D-696D-11EC-BBF7-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8321056C-696D-11EC-BBF7-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDAAC722-9B58-11EE-BC36-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D08E96A-424E-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A68-424E-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A69-424E-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87ED61-20CF-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7315974D-424E-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73159753-424E-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44D2-424E-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87EF53-20CF-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87F005-20CF-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87F0B7-20CF-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911160BA-424E-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911160BB-424E-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113AAE-424E-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221F96-424E-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A436-424E-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D329C-424E-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE2A-424E-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA842-424E-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E64582E-20D0-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185BC371-20D0-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185BC0DF-20D0-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185BC03F-20D0-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB890-424F-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB891-424F-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A317B1A1-E3C6-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D84819E-424F-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DC2-424F-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E04A403-4250-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8CC-4250-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8CD-4250-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65FEF33C-4250-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7209618B-4250-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87EE13-20CF-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E3FC670-D632-11EE-BC41-00505692492F88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111910-4250-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345193-4251-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32ABD24A-EA59-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730AD2E3-20D0-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E227A-4251-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87ECC1-20CF-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22BF-4251-11E8-A155-00259035BB6795.gif"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4631-20D0-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBD80-4252-11E8-A155-00259035BB6797.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877B3971-20CF-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E7646AA-4253-11E8-A155-00259035BB6799.gif"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E99F-4253-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9A0-4253-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE06-4254-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4591-20D0-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941ABA-4254-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A484DCD5-4254-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A484DCD6-4254-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852DE420-20D0-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5F9B9DE-8149-11E9-BBBA-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877B3831-20CF-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A690D-4254-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C389F-4254-11E8-A155-00259035BB67111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852DE4C0-20D0-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC903E-4254-11E8-A155-00259035BB67113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC903F-4254-11E8-A155-00259035BB67114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185BC231-20D0-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D11A14A-20D0-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2482222-814B-11E9-BBBA-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E645B60-20D0-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E645AC0-20D0-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E645A20-20D0-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E645C12-20D0-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E645CC4-20D0-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E64596E-20D0-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185BBEFF-20D0-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12408DF9-20D0-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185BBF9F-20D0-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12408E99-20D0-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E04C841-F94B-11EB-BBF2-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12408D59-20D0-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67DA75B4-12C1-11EA-BBC6-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67DA75B5-12C1-11EA-BBC6-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA64510-1CC0-11EE-BC0C-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12FFE3FC-C099-11EC-BBFA-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307462-4251-11E8-A155-00259035BB67134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307463-4251-11E8-A155-00259035BB67135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307464-4251-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28225195-4252-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BA6F20D-F151-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5290-4252-11E8-A155-00259035BB67139.gif"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7486536A-4254-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDC6F1-20D1-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDC983-20D1-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BA6F20B-F151-11EB-BBF2-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDC8E3-20D1-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDCAC3-20D1-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5627B0A-20D0-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40AB8-F4B0-11ED-BC09-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6606C007-FE3F-11ED-BC09-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2332E5F0-21C4-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DE6-424E-11E8-A155-00259035BB67150.gif"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602FF011-696C-11EC-BBF7-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF86FB-424F-11E8-A155-00259035BB67152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C344F-E3D3-11EB-BBF2-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D274-4252-11E8-A155-00259035BB67154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE99-4253-11E8-A155-00259035BB67155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF05C-21C3-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262BDC94-0C29-11EE-BC09-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E6C-424D-11E8-A155-00259035BB67158.gif"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5639417A-4251-11E8-A155-00259035BB67159.gif"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F63-424E-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A40B-424E-11E8-A155-00259035BB67161.gif"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C852C-4251-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E78C10ED-2230-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E78C119F-2230-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A690E-4254-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE5D-4250-11E8-A155-00259035BB67166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/377C35CC-3126-11EC-BBF4-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62A2AA19-2230-11EE-BC0D-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0BE9-222F-11EE-BC0D-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0C9B-222F-11EE-BC0D-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0D3B-222F-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25EB7667-2230-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BE8-3126-11EC-BBF4-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62BAE198-8147-11E9-BBBA-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62BAE199-8147-11E9-BBBA-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92845203-8147-11E9-BBBA-005056921CC4176.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2970D56-F150-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22032DDA-20D1-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1C048216-20D1-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22032F1A-20D1-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2817D002-20D1-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22032D3A-20D1-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22032E7A-20D1-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22032ABA-20D1-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56DB00FF-424C-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22032A1A-20D1-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22032C9A-20D1-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2817D0A2-20D1-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2203297A-20D1-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/356343D6-E56A-11EF-BC53-00505692E2D014.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/356342CA-E56A-11EF-BC53-00505692E2D015.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D291F01-E3DB-11EF-BC4E-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF31-E3C6-11EB-BBF2-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB87C-424F-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EF2FF5E-696C-11EC-BBF7-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1602760B-20D1-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029032-4250-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9DC3A5B-E4E0-11EF-BC53-00505692E2D022.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A9DC4A4F-E4E0-11EF-BC53-00505692E2D023.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4451-20D0-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C853-4253-11E8-A155-00259035BB6725.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CF78273-8149-11E9-BBBA-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0AA83101-4255-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B5823FE-424B-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9019E892-424B-11E8-A155-00259035BB6729.gif"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5D8539FD-424B-11E8-A155-00259035BB6730.gif"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1B582400-424B-11E8-A155-00259035BB6731.gif"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B697A823-E3C4-11EB-BBF2-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21544681-424B-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B697A822-E3C4-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21544683-424B-11E8-A155-00259035BB6735.gif"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87EC21-20CF-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA4D-424C-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B212-424E-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE326265-424B-11E8-A155-00259035BB6739.gif"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AE326266-424B-11E8-A155-00259035BB6740.gif"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/525A0009-E3C6-11EB-BBF2-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BA2F3BBD-424B-11E8-A155-00259035BB6742.gif"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C6D-424B-11E8-A155-00259035BB6743.gif"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CC497C6E-424B-11E8-A155-00259035BB6744.gif"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4474DF4-424B-11E8-A155-00259035BB6745.gif"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5229-424D-11E8-A155-00259035BB6746.gif"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E64577C-20D0-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB2468-424C-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791E1409-20D0-11EE-BC0D-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDC791-20D1-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8321056E-696D-11EC-BBF7-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8321056D-696D-11EC-BBF7-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8321056C-696D-11EC-BBF7-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDAAC722-9B58-11EE-BC36-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3D08E96A-424E-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A68-424E-11E8-A155-00259035BB6756.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F0F7A69-424E-11E8-A155-00259035BB6757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87ED61-20CF-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7315974D-424E-11E8-A155-00259035BB6759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73159753-424E-11E8-A155-00259035BB6760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B44D2-424E-11E8-A155-00259035BB6761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87EF53-20CF-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87F005-20CF-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87F0B7-20CF-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911160BA-424E-11E8-A155-00259035BB6765.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911160BB-424E-11E8-A155-00259035BB6766.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3113AAE-424E-11E8-A155-00259035BB6767.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BB221F96-424E-11E8-A155-00259035BB6768.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A436-424E-11E8-A155-00259035BB6769.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EB3D329C-424E-11E8-A155-00259035BB6770.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE2A-424E-11E8-A155-00259035BB6771.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA842-424E-11E8-A155-00259035BB6772.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E64582E-20D0-11EE-BC0D-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185BC371-20D0-11EE-BC0D-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185BC0DF-20D0-11EE-BC0D-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185BC03F-20D0-11EE-BC0D-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB890-424F-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB891-424F-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A317B1A1-E3C6-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D84819E-424F-11E8-A155-00259035BB6780.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3F23DC2-424F-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E04A403-4250-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8CC-4250-11E8-A155-00259035BB6783.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8CD-4250-11E8-A155-00259035BB6784.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65FEF33C-4250-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7209618B-4250-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87EE13-20CF-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E3FC670-D632-11EE-BC41-00505692492F88.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC111910-4250-11E8-A155-00259035BB6789.gif"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345193-4251-11E8-A155-00259035BB6790.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32ABD24A-EA59-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730AD2E3-20D0-11EE-BC0D-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E227A-4251-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87ECC1-20CF-11EE-BC0D-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22BF-4251-11E8-A155-00259035BB6795.gif"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4631-20D0-11EE-BC0D-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B83EBD80-4252-11E8-A155-00259035BB6797.gif"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877B3971-20CF-11EE-BC0D-005056921CC498.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E7646AA-4253-11E8-A155-00259035BB6799.gif"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E99F-4253-11E8-A155-00259035BB67100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F078E9A0-4253-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3EA4AE06-4254-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4591-20D0-11EE-BC0D-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5C941ABA-4254-11E8-A155-00259035BB67104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A484DCD5-4254-11E8-A155-00259035BB67105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A484DCD6-4254-11E8-A155-00259035BB67106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852DE420-20D0-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5F9B9DE-8149-11E9-BBBA-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877B3831-20CF-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A690D-4254-11E8-A155-00259035BB67110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C389F-4254-11E8-A155-00259035BB67111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852DE4C0-20D0-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC903E-4254-11E8-A155-00259035BB67113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FEAC903F-4254-11E8-A155-00259035BB67114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185BC231-20D0-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D11A14A-20D0-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2482222-814B-11E9-BBBA-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E645B60-20D0-11EE-BC0D-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E645AC0-20D0-11EE-BC0D-005056921CC4119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E645A20-20D0-11EE-BC0D-005056921CC4120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E645C12-20D0-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E645CC4-20D0-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E64596E-20D0-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185BBEFF-20D0-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12408DF9-20D0-11EE-BC0D-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185BBF9F-20D0-11EE-BC0D-005056921CC4126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12408E99-20D0-11EE-BC0D-005056921CC4127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6E04C841-F94B-11EB-BBF2-005056921CC4128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12408D59-20D0-11EE-BC0D-005056921CC4129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67DA75B4-12C1-11EA-BBC6-005056921CC4130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67DA75B5-12C1-11EA-BBC6-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFA64510-1CC0-11EE-BC0C-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12FFE3FC-C099-11EC-BBFA-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307462-4251-11E8-A155-00259035BB67134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307463-4251-11E8-A155-00259035BB67135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307464-4251-11E8-A155-00259035BB67136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28225195-4252-11E8-A155-00259035BB67137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BA6F20D-F151-11EB-BBF2-005056921CC4138.jpg"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5290-4252-11E8-A155-00259035BB67139.gif"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7486536A-4254-11E8-A155-00259035BB67140.jpg"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDC6F1-20D1-11EE-BC0D-005056921CC4141.jpg"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDC983-20D1-11EE-BC0D-005056921CC4142.jpg"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BA6F20B-F151-11EB-BBF2-005056921CC4143.jpg"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDC8E3-20D1-11EE-BC0D-005056921CC4144.jpg"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDCAC3-20D1-11EE-BC0D-005056921CC4145.jpg"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5627B0A-20D0-11EE-BC0D-005056921CC4146.jpg"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40AB8-F4B0-11ED-BC09-005056921CC4147.jpg"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6606C007-FE3F-11ED-BC09-005056921CC4148.jpg"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2332E5F0-21C4-11EE-BC0D-005056921CC4149.jpg"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D92B7DE6-424E-11E8-A155-00259035BB67150.gif"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/602FF011-696C-11EC-BBF7-005056921CC4151.jpg"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E7FF86FB-424F-11E8-A155-00259035BB67152.jpg"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C344F-E3D3-11EB-BBF2-005056921CC4153.jpg"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0A28D274-4252-11E8-A155-00259035BB67154.jpg"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C70FE99-4253-11E8-A155-00259035BB67155.jpg"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E08DF05C-21C3-11EE-BC0D-005056921CC4156.jpg"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/262BDC94-0C29-11EE-BC09-005056921CC4157.jpg"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E6C-424D-11E8-A155-00259035BB67158.gif"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5639417A-4251-11E8-A155-00259035BB67159.gif"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F63-424E-11E8-A155-00259035BB67160.gif"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A40B-424E-11E8-A155-00259035BB67161.gif"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CE2C852C-4251-11E8-A155-00259035BB67162.gif"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E78C10ED-2230-11EE-BC0D-005056921CC4163.jpg"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E78C119F-2230-11EE-BC0D-005056921CC4164.jpg"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A690E-4254-11E8-A155-00259035BB67165.jpg"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE5D-4250-11E8-A155-00259035BB67166.jpg"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/377C35CC-3126-11EC-BBF4-005056921CC4167.jpg"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62A2AA19-2230-11EE-BC0D-005056921CC4168.jpg"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0BE9-222F-11EE-BC0D-005056921CC4169.jpg"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0C9B-222F-11EE-BC0D-005056921CC4170.jpg"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0D3B-222F-11EE-BC0D-005056921CC4171.jpg"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25EB7667-2230-11EE-BC0D-005056921CC4172.jpg"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BE8-3126-11EC-BBF4-005056921CC4173.jpg"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62BAE198-8147-11E9-BBBA-005056921CC4174.jpg"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62BAE199-8147-11E9-BBBA-005056921CC4175.jpg"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92845203-8147-11E9-BBBA-005056921CC4176.jpg"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB753C1-C7F0-11F0-BC5A-00505692E2D0177.jpg"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFC6A4EB-C7F0-11F0-BC5A-00505692E2D0178.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -7439,50 +7460,110 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>182</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="176" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId176"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>183</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="177" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId177"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>184</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="178" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId178"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -7741,62 +7822,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klipsa-derzhatel-d-kartochek-15-belyh-kartochek-i-15-chernyh-108-sm-aps-02120546/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122001/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122002/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122003/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122004/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122005/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122006/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122007/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-02122008/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122009/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122010/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-fol-02122011/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122012/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122013/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122014/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-scheta-fol-02122017/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-tabl-02122910/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-prohotel-02122912/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-paderno-02122913/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vedro-d-chekov-matfer-02122915/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-matfer-02122916/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02122917/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02122918/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-cennik-nastolnaya-revol-02122919/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-prohotel-02122957/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-prohotel-02122958/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02122960/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-kart-02130100/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nastolnaya-dlya-menyu-a4-tabl-02130101/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-kartochek-rezerv-tabl-02130102/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nastolnaya-dlya-menyu-a5-tabl-02130103/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02130104/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02130105/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02130106/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02130107/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130108/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130109/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a3-beloe-osn-tabl-02130111/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-sinee-osn-02130113/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nastolnaya-dlya-menyu-a4-tabl-02130114/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-kartochek-rezerv-tabl-02130115/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-kartochek-rezerv-tabl-02130116/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nastolnaya-dlya-menyu-a5-tabl-02130117/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nastolnaya-dlya-menyu-a4-tabl-02130118/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-02130119/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-aps-02130121/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130128/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-d-rezervirstola-ilsa-02130129/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nakleek-d-tablichki-ilsa-02130130/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-4sht20-kartochek-aps-02130131/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-s-pruzhinami-paderno-02130138/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-s-sharikami-paderno-02130140/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-paderno-02130141/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130144/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-02130157/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-paderno-02130164/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a4-naklonnaya-tabl-02130165/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-naklonnaya-02130166/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-paderno-02130167/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130168/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-tabl-02130169/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-tabl-02130170/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130171/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130172/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130173/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-serebrosn-tabl-02130174/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-zolotosn-tabl-02130175/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02130176/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-d-bara-tabl-02130178/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-prozrosnovan-tabl-02130183/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a4-prozrosnovan-tabl-02130184/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130185/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130186/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130188/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-b-osnovaniya-aps-02130189/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-aps-02130190/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-aps-02130191/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-prohotel-02130192/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-prohotel-02130193/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-zio-pepe-02130194/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-prohotel-02130195/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bukletnica-a6-tabl-02130196/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-4sht20kartochek-aps-02130199/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130702/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130703/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-prohotel-02130704/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-prohotel-02130705/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-lk-02130707/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-aps-02130709/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-b-osnovaniya-aps-02130710/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-menyu-aps-02130711/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-paderno-02130713/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-tablichek-d-numeracii-stolov-11-20-tabl-02130717/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a4-naklonnaya-tabl-02130719/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-paderno-02130720/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-menyu-aps-02130721/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-na-kolcah-lk-02130722/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nastd-menyu-tabl-02130725/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-matfer-02130729/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02130732/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-derevosnov-tabl-02130738/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a4-derevosn-tabl-02130739/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a6-tabl-02130740/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a6-derevosnov-tabl-02130741/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-tabl-02130742/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-tabl-02130743/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-tabl-02130744/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-teybl-tent-a4-gorizontalnyy-tabl-02130745/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-teybl-tent-a5-derevyanosnovanie-tabl-02130746/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-cennik-derevyanosnovanie-tabl-02130747/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-cennik-derevyanosnovanie-tabl-02130748/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-cennik-nastolnaya-revol-02130750/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-teybl-tent-a4-vertikalnyy-tabl-02130751/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-cennik-tabl-02130756/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-cennik-a5-tabl-02130757/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-s-zazhimom-ppwood-02130760/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-tablichki-art2130748-tabl-02130761/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-tabl-02130762/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-derevosnov-tabl-02130765/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/planshet-d-menyu-s-zazhimom-ppwood-02130766/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/planshet-d-menyu-s-zazhimom-ppwood-02130767/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/planshet-d-menyu-s-zazhimom-ppwood-02130768/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/planshet-d-menyu-s-zazhimom-ppwood-02130769/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/planshet-d-menyu-s-zazhimom-ppwood-02130770/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/planshet-d-menyu-s-zazhimom-ppwood-02130771/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-planshetov-ppwood-02130772/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-planshetov-ppwood-02130773/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-planshetov-ppwood-02130774/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-planshetov-ppwood-02130775/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-planshetov-ppwood-02130776/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-planshetov-ppwood-02130777/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-derevosnov-tabl-02130780/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a6-derevosnov-tabl-02130781/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-hold-02130782/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02130783/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-frilich-02131301/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochekbazalt-frilich-02131302/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-frilich-02131303/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-10sht-aps-02131305/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-10kartochek-aps-02131308/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-aps-02131310/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-aps-02131312/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-ppwood-02131314/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-4sht20kartochek-aps-02131315/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-aps-02131316/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-4sht20kartochek-aps-02131320/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-kartochek-15-belyh-i-15-chernyy-kartochek-aps-02131322/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kartochki-d-informacii-d-art71487-89-aps-02131501/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-craster-02131505/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-craster-02131506/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnosik-dlya-deneg-paderno-04080310/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnosik-dlya-deneg-v-papke-paderno-04080311/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnosik-dlya-deneg-s-zazhimom-paderno-04080312/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnosik-dlya-deneg-s-zazhimom-lk-04080314/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnosik-dlya-deneg-linden-04080317/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnosik-dlya-deneg-s-zazhimom-lk-04080320/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnosik-dlya-deneg-s-zazhimom-bez-nadpisi-lk-04080322/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080863/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-deneg-prohotel-04082527/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-d-markirovki-syra-revol-04140903/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-flomasterov-d-dekor-niya-matfer-04146066/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/informacionnaya-doska-6-a4-tabl-08011403/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/informacionnaya-doska-5-a4-1gluba5-tabl-08011404/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-d-menyu-3-chasti-was-08011410/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-d-menyu-serax-08011418/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-d-menyu-serax-08011419/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marker-tabl-08011420/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/leybl-matfer-08090403/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/leybl-matfer-08090405/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/leybl-matfer-08090409/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090420/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090421/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090422/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090423/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090424/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090425/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090426/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-birok-so-shnurkom-serax-08100110/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-matfer-09100308/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-s-ukazaniem-napravleniya-update-09100808/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tablichki-ukazatelya-update-09100809/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-cal-m-09101215/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klipsa-derzhatel-d-kartochek-15-belyh-kartochek-i-15-chernyh-108-sm-aps-02120546/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122001/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122002/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122003/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122004/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122005/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122006/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122007/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-02122008/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122009/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122010/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-fol-02122011/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122012/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122013/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-dlya-scheta-fol-02122014/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/blank-scheta-fol-02122017/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-tabl-02122910/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-prohotel-02122912/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-paderno-02122913/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vedro-d-chekov-matfer-02122915/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-matfer-02122916/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02122917/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02122918/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-cennik-nastolnaya-revol-02122919/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-prohotel-02122957/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-prohotel-02122958/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02122960/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-kart-02130100/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nastolnaya-dlya-menyu-a4-tabl-02130101/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-kartochek-rezerv-tabl-02130102/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nastolnaya-dlya-menyu-a5-tabl-02130103/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02130104/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02130105/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02130106/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02130107/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130108/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130109/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a3-beloe-osn-tabl-02130111/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-sinee-osn-02130113/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nastolnaya-dlya-menyu-a4-tabl-02130114/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-kartochek-rezerv-tabl-02130115/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-kartochek-rezerv-tabl-02130116/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nastolnaya-dlya-menyu-a5-tabl-02130117/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nastolnaya-dlya-menyu-a4-tabl-02130118/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-02130119/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-aps-02130121/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130128/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-d-rezervirstola-ilsa-02130129/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nakleek-d-tablichki-ilsa-02130130/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-4sht20-kartochek-aps-02130131/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-s-pruzhinami-paderno-02130138/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-s-sharikami-paderno-02130140/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-paderno-02130141/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130144/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-02130157/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-paderno-02130164/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a4-naklonnaya-tabl-02130165/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-naklonnaya-02130166/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-paderno-02130167/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130168/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-tabl-02130169/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-tabl-02130170/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130171/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130172/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130173/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-serebrosn-tabl-02130174/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-zolotosn-tabl-02130175/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02130176/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-d-bara-tabl-02130178/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-prozrosnovan-tabl-02130183/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a4-prozrosnovan-tabl-02130184/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130185/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130186/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130188/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-b-osnovaniya-aps-02130189/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-aps-02130190/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-aps-02130191/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-prohotel-02130192/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-prohotel-02130193/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-zio-pepe-02130194/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-prohotel-02130195/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bukletnica-a6-tabl-02130196/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-4sht20kartochek-aps-02130199/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130702/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130703/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-prohotel-02130704/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-prohotel-02130705/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-lk-02130707/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-aps-02130709/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-b-osnovaniya-aps-02130710/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-menyu-aps-02130711/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-paderno-02130713/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-tablichek-d-numeracii-stolov-11-20-tabl-02130717/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a4-naklonnaya-tabl-02130719/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-paderno-02130720/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-menyu-aps-02130721/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-na-kolcah-lk-02130722/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nastd-menyu-tabl-02130725/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-matfer-02130729/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02130732/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-derevosnov-tabl-02130738/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a4-derevosn-tabl-02130739/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a6-tabl-02130740/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a6-derevosnov-tabl-02130741/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-tabl-02130742/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-tabl-02130743/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-tabl-02130744/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-teybl-tent-a4-gorizontalnyy-tabl-02130745/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-teybl-tent-a5-derevyanosnovanie-tabl-02130746/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-cennik-derevyanosnovanie-tabl-02130747/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-cennik-derevyanosnovanie-tabl-02130748/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-cennik-nastolnaya-revol-02130750/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-teybl-tent-a4-vertikalnyy-tabl-02130751/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-cennik-tabl-02130756/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-cennik-a5-tabl-02130757/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-menyu-s-zazhimom-ppwood-02130760/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/osnovanie-d-tablichki-art2130748-tabl-02130761/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-tabl-02130762/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-derevosnov-tabl-02130765/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/planshet-d-menyu-s-zazhimom-ppwood-02130766/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/planshet-d-menyu-s-zazhimom-ppwood-02130767/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/planshet-d-menyu-s-zazhimom-ppwood-02130768/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/planshet-d-menyu-s-zazhimom-ppwood-02130769/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/planshet-d-menyu-s-zazhimom-ppwood-02130770/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/planshet-d-menyu-s-zazhimom-ppwood-02130771/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-planshetov-ppwood-02130772/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-planshetov-ppwood-02130773/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-planshetov-ppwood-02130774/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-planshetov-ppwood-02130775/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-planshetov-ppwood-02130776/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-d-planshetov-ppwood-02130777/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a5-derevosnov-tabl-02130780/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-nast-d-menyu-a6-derevosnov-tabl-02130781/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-hold-02130782/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/cennikoderzhatel-tabl-02130783/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-frilich-02131301/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochekbazalt-frilich-02131302/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-frilich-02131303/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-10sht-aps-02131305/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-10kartochek-aps-02131308/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-aps-02131310/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-aps-02131312/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-ppwood-02131314/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-4sht20kartochek-aps-02131315/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-aps-02131316/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-4sht20kartochek-aps-02131320/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-kartochek-15-belyh-i-15-chernyy-kartochek-aps-02131322/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kartochki-d-informacii-d-art71487-89-aps-02131501/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-craster-02131505/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-craster-02131506/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnosik-dlya-deneg-paderno-04080310/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnosik-dlya-deneg-v-papke-paderno-04080311/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnosik-dlya-deneg-s-zazhimom-paderno-04080312/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnosik-dlya-deneg-s-zazhimom-lk-04080314/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnosik-dlya-deneg-linden-04080317/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnosik-dlya-deneg-s-zazhimom-lk-04080320/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnosik-dlya-deneg-s-zazhimom-bez-nadpisi-lk-04080322/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-pryamougolnyy-matfer-04080863/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podnos-dlya-deneg-prohotel-04082527/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-d-markirovki-syra-revol-04140903/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-flomasterov-d-dekor-niya-matfer-04146066/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/informacionnaya-doska-6-a4-tabl-08011403/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/informacionnaya-doska-5-a4-1gluba5-tabl-08011404/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-d-menyu-3-chasti-was-08011410/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-d-menyu-serax-08011418/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/doska-d-menyu-serax-08011419/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/marker-tabl-08011420/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/leybl-matfer-08090403/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/leybl-matfer-08090405/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/leybl-matfer-08090409/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090420/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090421/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090422/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090423/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090424/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090425/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090426/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-birok-so-shnurkom-serax-08100110/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-matfer-09100308/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-s-ukazaniem-napravleniya-update-09100808/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tablichki-ukazatelya-update-09100809/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-cal-m-09101215/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-aps-02130905/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kartochki-dlya-informacii-aps-02130904/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L183"/>
+  <dimension ref="A1:L185"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I183" sqref="I183"/>
+      <selection activeCell="I185" sqref="I185"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -8283,5217 +8364,5291 @@
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>77</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="L16" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D17" s="0"/>
       <c r="E17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D18" s="0"/>
       <c r="E18" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="L18" s="0">
         <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="D19" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="D19" s="0" t="s">
+      <c r="E19" s="0" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="L19" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="E20" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="D21" s="0">
         <v>573780</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="L21" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="D22" s="0">
         <v>665002</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="D23" s="0"/>
       <c r="E23" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H23" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>114</v>
+        <v>99</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D24" s="0"/>
       <c r="E24" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="L24" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D25" s="0">
         <v>641279</v>
       </c>
       <c r="E25" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F25" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="G25" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="H25" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="F25" s="0" t="s">
+      <c r="I25" s="1" t="s">
         <v>122</v>
-      </c>
-[...7 lines deleted...]
-        <v>124</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="L26" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="D27" s="0" t="s">
         <v>129</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E27" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D28" s="0"/>
       <c r="E28" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>136</v>
+        <v>99</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="E29" s="0"/>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>118</v>
+        <v>85</v>
       </c>
       <c r="L30" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="L31" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>86</v>
+        <v>152</v>
       </c>
       <c r="L32" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D33" s="0"/>
       <c r="E33" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>118</v>
+        <v>156</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D34" s="0"/>
       <c r="E34" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>118</v>
+        <v>85</v>
       </c>
       <c r="L34" s="0">
         <v>1000</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="D35" s="0"/>
       <c r="E35" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="L35" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D36" s="0"/>
       <c r="E36" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>100</v>
+        <v>85</v>
       </c>
       <c r="L36" s="0">
         <v>600</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="D37" s="0"/>
       <c r="E37" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="C38" s="0" t="s">
+      <c r="D38" s="0" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>174</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="D39" s="0"/>
       <c r="E39" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>179</v>
+        <v>152</v>
       </c>
       <c r="L39" s="0">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>182</v>
       </c>
       <c r="E40" s="0"/>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="C41" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E41" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="L41" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C42" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E42" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>192</v>
+        <v>99</v>
       </c>
       <c r="L42" s="0">
         <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="0">
         <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>201</v>
+        <v>85</v>
       </c>
       <c r="L44" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="L45" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="E46" s="0"/>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="L47" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D48" s="0"/>
       <c r="E48" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>170</v>
+        <v>215</v>
       </c>
       <c r="L48" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="E49" s="0" t="s">
         <v>219</v>
-      </c>
-[...7 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>118</v>
+        <v>85</v>
       </c>
       <c r="L51" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="D55" s="0"/>
       <c r="E55" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="B56" s="0" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="D56" s="0">
         <v>602</v>
       </c>
       <c r="E56" s="0"/>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D58" s="0"/>
       <c r="E58" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="L58" s="0">
         <v>16</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="D59" s="0"/>
       <c r="E59" s="0"/>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="L60" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>270</v>
+        <v>85</v>
       </c>
       <c r="L61" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D62" s="0"/>
       <c r="E62" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="L62" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="D63" s="0"/>
       <c r="E63" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="D64" s="0"/>
       <c r="E64" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>86</v>
+        <v>277</v>
       </c>
       <c r="L64" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="D65" s="0"/>
       <c r="E65" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="L65" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="D66" s="0"/>
       <c r="E66" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="D67" s="0"/>
       <c r="E67" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>86</v>
+        <v>288</v>
       </c>
       <c r="L67" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="D68" s="0"/>
       <c r="E68" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
-        <v>100</v>
+        <v>292</v>
       </c>
       <c r="L68" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C69" s="0" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="D69" s="0"/>
       <c r="E69" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>118</v>
+        <v>85</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="C70" s="0" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="D70" s="0"/>
       <c r="E70" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
-        <v>78</v>
+        <v>298</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
         <v>299</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>300</v>
       </c>
       <c r="D71" s="0"/>
       <c r="E71" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>118</v>
+        <v>85</v>
       </c>
       <c r="L71" s="0">
         <v>60</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
         <v>301</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>302</v>
       </c>
       <c r="D72" s="0"/>
       <c r="E72" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>303</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>86</v>
+        <v>304</v>
       </c>
       <c r="L72" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="L73" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="L74" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D75" s="0"/>
       <c r="E75" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>314</v>
+        <v>169</v>
       </c>
       <c r="L75" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
         <v>315</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>316</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>317</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I76" s="1" t="s">
         <v>318</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="L76" s="0">
         <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
         <v>319</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>320</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>321</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I77" s="1" t="s">
         <v>322</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
         <v>323</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>324</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>325</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I78" s="1" t="s">
         <v>326</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>228</v>
+        <v>18</v>
       </c>
       <c r="L78" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
         <v>327</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>328</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>329</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I79" s="1" t="s">
         <v>330</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="L79" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
         <v>331</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>332</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>333</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>334</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="L80" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
         <v>335</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>336</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>337</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>338</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>339</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
       <c r="L81" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
         <v>340</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>341</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>342</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>343</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="L82" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
         <v>344</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>345</v>
       </c>
       <c r="D83" s="0"/>
       <c r="E83" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>346</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="L83" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
         <v>347</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>348</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>349</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
         <v>350</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>351</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="L84" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
         <v>352</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>353</v>
       </c>
       <c r="D85" s="0"/>
       <c r="E85" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>354</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="L85" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
         <v>355</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>356</v>
       </c>
       <c r="D86" s="0"/>
       <c r="E86" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
-        <v>192</v>
+        <v>292</v>
       </c>
       <c r="L86" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="L87" s="0">
         <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>86</v>
+        <v>255</v>
       </c>
       <c r="L88" s="0">
         <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D89" s="0"/>
       <c r="E89" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="L89" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="0"/>
       <c r="G90" s="0" t="s">
         <v>350</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>114</v>
+        <v>202</v>
       </c>
       <c r="L90" s="0">
         <v>144</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D92" s="0">
         <v>71461</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="0"/>
       <c r="G92" s="0" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>284</v>
+        <v>99</v>
       </c>
       <c r="L92" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
-        <v>201</v>
+        <v>18</v>
       </c>
       <c r="L93" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="0"/>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D95" s="0"/>
       <c r="E95" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F95" s="0"/>
       <c r="G95" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F96" s="0"/>
       <c r="G96" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D97" s="0">
         <v>71462</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D98" s="0"/>
       <c r="E98" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F98" s="0"/>
       <c r="G98" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>106</v>
+        <v>292</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D99" s="0"/>
       <c r="E99" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D101" s="0"/>
       <c r="E101" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="L101" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D102" s="0"/>
       <c r="E102" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="L102" s="0">
         <v>50</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D103" s="0"/>
       <c r="E103" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
-        <v>106</v>
+        <v>418</v>
       </c>
       <c r="L103" s="0">
         <v>36</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="D104" s="0"/>
       <c r="E104" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="L104" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D105" s="0"/>
       <c r="E105" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>100</v>
+        <v>18</v>
       </c>
       <c r="L105" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D106" s="0"/>
       <c r="E106" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F106" s="0"/>
       <c r="G106" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="L106" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="D107" s="0"/>
       <c r="E107" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F107" s="0"/>
       <c r="G107" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>78</v>
+        <v>225</v>
       </c>
       <c r="L107" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D108" s="0"/>
       <c r="E108" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F108" s="0"/>
       <c r="G108" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="L108" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D109" s="0"/>
       <c r="E109" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F109" s="0"/>
       <c r="G109" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="L109" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D110" s="0"/>
       <c r="E110" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F110" s="0"/>
       <c r="G110" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="L110" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="D111" s="0"/>
       <c r="E111" s="0" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F111" s="0"/>
       <c r="G111" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>441</v>
+        <v>156</v>
       </c>
       <c r="L111" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D112" s="0"/>
       <c r="E112" s="0" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
-        <v>441</v>
+        <v>156</v>
       </c>
       <c r="L112" s="0">
         <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D113" s="0">
         <v>651032</v>
       </c>
       <c r="E113" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="F113" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="G113" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="H113" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="F113" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I113" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="L113" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D114" s="0"/>
       <c r="E114" s="0" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="L114" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D115" s="0"/>
       <c r="E115" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="L115" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D116" s="0"/>
       <c r="E116" s="0" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>283</v>
+        <v>458</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="L116" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
-        <v>389</v>
+        <v>464</v>
       </c>
       <c r="L117" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="D118" s="0"/>
       <c r="E118" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="0"/>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="D119" s="0"/>
       <c r="E119" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L119" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="B120" s="0" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="D120" s="0"/>
       <c r="E120" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="L120" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F121" s="0"/>
       <c r="G121" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>476</v>
+        <v>292</v>
       </c>
       <c r="L121" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F122" s="0"/>
       <c r="G122" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>192</v>
+        <v>390</v>
       </c>
       <c r="L122" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>389</v>
+        <v>18</v>
       </c>
       <c r="L123" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F124" s="0"/>
       <c r="G124" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="L124" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F125" s="0"/>
       <c r="G125" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="L125" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F126" s="0"/>
       <c r="G126" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I126" s="1" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="L126" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F127" s="0"/>
       <c r="G127" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L127" s="0"/>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F128" s="0"/>
       <c r="G128" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L128" s="0"/>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F129" s="0"/>
       <c r="G129" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I129" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L129" s="0"/>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F130" s="0"/>
       <c r="G130" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F131" s="0"/>
       <c r="G131" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I131" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L131" s="0"/>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L132" s="0"/>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D133" s="0"/>
       <c r="E133" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I133" s="1" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
-        <v>118</v>
+        <v>288</v>
       </c>
       <c r="L133" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="D134" s="0"/>
       <c r="E134" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>18</v>
+        <v>255</v>
       </c>
       <c r="L134" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="D135" s="0"/>
       <c r="E135" s="0" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="L135" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="D136" s="0"/>
       <c r="E136" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L136" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L137" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="C138" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="D138" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="E138" s="0" t="s">
         <v>535</v>
-      </c>
-[...7 lines deleted...]
-        <v>533</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H138" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="F139" s="0"/>
       <c r="G139" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I139" s="1" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>192</v>
+        <v>390</v>
       </c>
       <c r="L139" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="140" spans="1:12" customHeight="1" ht="80">
       <c r="A140" s="0"/>
       <c r="B140" s="0" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D140" s="0">
         <v>71482</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="0"/>
       <c r="G140" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I140" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="J140" s="0"/>
       <c r="K140" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L140" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="141" spans="1:12" customHeight="1" ht="80">
       <c r="A141" s="0"/>
       <c r="B141" s="0" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="D141" s="0">
         <v>71480</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="G141" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I141" s="1" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="J141" s="0"/>
       <c r="K141" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L141" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="142" spans="1:12" customHeight="1" ht="80">
       <c r="A142" s="0"/>
       <c r="B142" s="0" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D142" s="0">
         <v>71470</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="0"/>
       <c r="G142" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I142" s="1" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="J142" s="0"/>
       <c r="K142" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L142" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:12" customHeight="1" ht="80">
       <c r="A143" s="0"/>
       <c r="B143" s="0" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D143" s="0">
         <v>71489</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="0"/>
       <c r="G143" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I143" s="1" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="J143" s="0"/>
       <c r="K143" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L143" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:12" customHeight="1" ht="80">
       <c r="A144" s="0"/>
       <c r="B144" s="0" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F144" s="0"/>
       <c r="G144" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I144" s="1" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="J144" s="0"/>
       <c r="K144" s="0" t="s">
-        <v>100</v>
+        <v>390</v>
       </c>
       <c r="L144" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:12" customHeight="1" ht="80">
       <c r="A145" s="0"/>
       <c r="B145" s="0" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="0"/>
       <c r="G145" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I145" s="1" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="J145" s="0"/>
       <c r="K145" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L145" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="146" spans="1:12" customHeight="1" ht="80">
       <c r="A146" s="0"/>
       <c r="B146" s="0" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D146" s="0">
         <v>71425</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="0"/>
       <c r="G146" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H146" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I146" s="1" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="J146" s="0"/>
       <c r="K146" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L146" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:12" customHeight="1" ht="80">
       <c r="A147" s="0"/>
       <c r="B147" s="0" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D147" s="0">
         <v>71512</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="0"/>
       <c r="G147" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H147" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I147" s="1" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="J147" s="0"/>
       <c r="K147" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L147" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:12" customHeight="1" ht="80">
       <c r="A148" s="0"/>
       <c r="B148" s="0" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="D148" s="0">
         <v>71495</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="0"/>
       <c r="G148" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H148" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I148" s="1" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="J148" s="0"/>
       <c r="K148" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L148" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="149" spans="1:12" customHeight="1" ht="80">
       <c r="A149" s="0"/>
       <c r="B149" s="0" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="D149" s="0">
         <v>71499</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="0"/>
       <c r="G149" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I149" s="1" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="J149" s="0"/>
       <c r="K149" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L149" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:12" customHeight="1" ht="80">
       <c r="A150" s="0"/>
       <c r="B150" s="0" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="E150" s="0" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="F150" s="0"/>
       <c r="G150" s="0" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="H150" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I150" s="1" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="J150" s="0"/>
       <c r="K150" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L150" s="0"/>
     </row>
     <row r="151" spans="1:12" customHeight="1" ht="80">
       <c r="A151" s="0"/>
       <c r="B151" s="0" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="E151" s="0" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="F151" s="0"/>
       <c r="G151" s="0" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="H151" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I151" s="1" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="J151" s="0"/>
       <c r="K151" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L151" s="0"/>
     </row>
     <row r="152" spans="1:12" customHeight="1" ht="80">
       <c r="A152" s="0"/>
       <c r="B152" s="0" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="E152" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F152" s="0"/>
       <c r="G152" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="I152" s="1" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="J152" s="0"/>
       <c r="K152" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L152" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:12" customHeight="1" ht="80">
       <c r="A153" s="0"/>
       <c r="B153" s="0" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="E153" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F153" s="0"/>
       <c r="G153" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="I153" s="1" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="J153" s="0"/>
       <c r="K153" s="0" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="L153" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:12" customHeight="1" ht="80">
       <c r="A154" s="0"/>
       <c r="B154" s="0" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="E154" s="0" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F154" s="0"/>
       <c r="G154" s="0" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="I154" s="1" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="J154" s="0"/>
       <c r="K154" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L154" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="155" spans="1:12" customHeight="1" ht="80">
       <c r="A155" s="0"/>
       <c r="B155" s="0" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D155" s="0"/>
       <c r="E155" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F155" s="0"/>
       <c r="G155" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="I155" s="1" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="J155" s="0"/>
       <c r="K155" s="0" t="s">
-        <v>274</v>
+        <v>18</v>
       </c>
       <c r="L155" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="156" spans="1:12" customHeight="1" ht="80">
       <c r="A156" s="0"/>
       <c r="B156" s="0" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="E156" s="0" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="F156" s="0"/>
       <c r="G156" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="I156" s="1" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="J156" s="0"/>
       <c r="K156" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L156" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="1:12" customHeight="1" ht="80">
       <c r="A157" s="0"/>
       <c r="B157" s="0" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="D157" s="0"/>
       <c r="E157" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F157" s="0"/>
       <c r="G157" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="I157" s="1" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="J157" s="0"/>
       <c r="K157" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L157" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:12" customHeight="1" ht="80">
       <c r="A158" s="0"/>
       <c r="B158" s="0" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D158" s="0"/>
       <c r="E158" s="0" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="F158" s="0"/>
       <c r="G158" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H158" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="I158" s="1" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="J158" s="0"/>
       <c r="K158" s="0" t="s">
-        <v>86</v>
+        <v>436</v>
       </c>
       <c r="L158" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="159" spans="1:12" customHeight="1" ht="80">
       <c r="A159" s="0"/>
       <c r="B159" s="0" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D159" s="0">
         <v>406288</v>
       </c>
       <c r="E159" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F159" s="0"/>
       <c r="G159" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="I159" s="1" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="J159" s="0"/>
       <c r="K159" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L159" s="0"/>
     </row>
     <row r="160" spans="1:12" customHeight="1" ht="80">
       <c r="A160" s="0"/>
       <c r="B160" s="0" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="E160" s="0" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F160" s="0"/>
       <c r="G160" s="0" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="I160" s="1" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="J160" s="0"/>
       <c r="K160" s="0" t="s">
-        <v>100</v>
+        <v>116</v>
       </c>
       <c r="L160" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="161" spans="1:12" customHeight="1" ht="80">
       <c r="A161" s="0"/>
       <c r="B161" s="0" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="D161" s="0">
         <v>615525</v>
       </c>
       <c r="E161" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="F161" s="0"/>
       <c r="G161" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I161" s="1" t="s">
         <v>66</v>
       </c>
       <c r="J161" s="0"/>
       <c r="K161" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L161" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="1:12" customHeight="1" ht="80">
       <c r="A162" s="0"/>
       <c r="B162" s="0" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D162" s="0">
         <v>410304</v>
       </c>
       <c r="E162" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F162" s="0"/>
       <c r="G162" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I162" s="1" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="J162" s="0"/>
       <c r="K162" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L162" s="0"/>
     </row>
     <row r="163" spans="1:12" customHeight="1" ht="80">
       <c r="A163" s="0"/>
       <c r="B163" s="0" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D163" s="0"/>
       <c r="E163" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F163" s="0"/>
       <c r="G163" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H163" s="0" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="I163" s="1" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="J163" s="0"/>
       <c r="K163" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L163" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="164" spans="1:12" customHeight="1" ht="80">
       <c r="A164" s="0"/>
       <c r="B164" s="0" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="D164" s="0"/>
       <c r="E164" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F164" s="0"/>
       <c r="G164" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="I164" s="1" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="J164" s="0"/>
       <c r="K164" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L164" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="165" spans="1:12" customHeight="1" ht="80">
       <c r="A165" s="0"/>
       <c r="B165" s="0" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="D165" s="0">
         <v>2230001</v>
       </c>
       <c r="E165" s="0" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="F165" s="0"/>
       <c r="G165" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="I165" s="1" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="J165" s="0"/>
       <c r="K165" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L165" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="166" spans="1:12" customHeight="1" ht="80">
       <c r="A166" s="0"/>
       <c r="B166" s="0" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="E166" s="0" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="F166" s="0"/>
       <c r="G166" s="0" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="I166" s="1" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="J166" s="0"/>
       <c r="K166" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L166" s="0"/>
     </row>
     <row r="167" spans="1:12" customHeight="1" ht="80">
       <c r="A167" s="0"/>
       <c r="B167" s="0" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="E167" s="0" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="F167" s="0"/>
       <c r="G167" s="0" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="I167" s="1" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="J167" s="0"/>
       <c r="K167" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L167" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="168" spans="1:12" customHeight="1" ht="80">
       <c r="A168" s="0"/>
       <c r="B168" s="0" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="D168" s="0"/>
       <c r="E168" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F168" s="0"/>
       <c r="G168" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="I168" s="1" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="J168" s="0"/>
       <c r="K168" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L168" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="169" spans="1:12" customHeight="1" ht="80">
       <c r="A169" s="0"/>
       <c r="B169" s="0" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D169" s="0">
         <v>690681</v>
       </c>
       <c r="E169" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F169" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="G169" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="F169" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H169" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I169" s="1" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="J169" s="0"/>
       <c r="K169" s="0" t="s">
-        <v>653</v>
+        <v>18</v>
       </c>
       <c r="L169" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:12" customHeight="1" ht="80">
       <c r="A170" s="0"/>
       <c r="B170" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D170" s="0">
         <v>690682</v>
       </c>
       <c r="E170" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="F170" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="G170" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="F170" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H170" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I170" s="1" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="J170" s="0"/>
       <c r="K170" s="0" t="s">
-        <v>179</v>
+        <v>18</v>
       </c>
       <c r="L170" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:12" customHeight="1" ht="80">
       <c r="A171" s="0"/>
       <c r="B171" s="0" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D171" s="0">
         <v>691116</v>
       </c>
       <c r="E171" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F171" s="0"/>
       <c r="G171" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I171" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="J171" s="0"/>
       <c r="K171" s="0" t="s">
-        <v>660</v>
+        <v>18</v>
       </c>
       <c r="L171" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="172" spans="1:12" customHeight="1" ht="80">
       <c r="B172" s="0" t="s">
         <v>661</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>662</v>
       </c>
       <c r="D172" s="0" t="s">
         <v>663</v>
       </c>
       <c r="E172" s="0" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F172" s="0"/>
       <c r="G172" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I172" s="1" t="s">
         <v>664</v>
       </c>
       <c r="J172" s="0"/>
       <c r="K172" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L172" s="0"/>
+      <c r="L172" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="173" spans="1:12" customHeight="1" ht="80">
       <c r="B173" s="0" t="s">
         <v>665</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>666</v>
       </c>
       <c r="D173" s="0"/>
       <c r="E173" s="0" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F173" s="0"/>
       <c r="G173" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I173" s="1" t="s">
         <v>664</v>
       </c>
       <c r="J173" s="0"/>
       <c r="K173" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L173" s="0"/>
+      <c r="L173" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="174" spans="1:12" customHeight="1" ht="80">
       <c r="A174" s="0"/>
       <c r="B174" s="0" t="s">
         <v>667</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>668</v>
       </c>
       <c r="D174" s="0"/>
       <c r="E174" s="0" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F174" s="0"/>
       <c r="G174" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I174" s="1" t="s">
         <v>664</v>
       </c>
       <c r="J174" s="0"/>
       <c r="K174" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L174" s="0"/>
+      <c r="L174" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="175" spans="1:12" customHeight="1" ht="80">
       <c r="B175" s="0" t="s">
         <v>669</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>670</v>
       </c>
       <c r="D175" s="0"/>
       <c r="E175" s="0" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F175" s="0"/>
       <c r="G175" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I175" s="1" t="s">
         <v>664</v>
       </c>
       <c r="J175" s="0"/>
       <c r="K175" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L175" s="0"/>
+      <c r="L175" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="176" spans="1:12" customHeight="1" ht="80">
       <c r="A176" s="0"/>
       <c r="B176" s="0" t="s">
         <v>671</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>672</v>
       </c>
       <c r="D176" s="0"/>
       <c r="E176" s="0" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F176" s="0"/>
       <c r="G176" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I176" s="1" t="s">
         <v>664</v>
       </c>
       <c r="J176" s="0"/>
       <c r="K176" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L176" s="0"/>
+      <c r="L176" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="177" spans="1:12" customHeight="1" ht="80">
       <c r="B177" s="0" t="s">
         <v>673</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>674</v>
       </c>
       <c r="D177" s="0"/>
       <c r="E177" s="0" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F177" s="0"/>
       <c r="G177" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I177" s="1" t="s">
         <v>664</v>
       </c>
       <c r="J177" s="0"/>
       <c r="K177" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L177" s="0"/>
+      <c r="L177" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="178" spans="1:12" customHeight="1" ht="80">
       <c r="A178" s="0"/>
       <c r="B178" s="0" t="s">
         <v>675</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>676</v>
       </c>
       <c r="D178" s="0"/>
       <c r="E178" s="0" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="F178" s="0"/>
       <c r="G178" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I178" s="1" t="s">
         <v>664</v>
       </c>
       <c r="J178" s="0"/>
       <c r="K178" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L178" s="0"/>
+      <c r="L178" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="179" spans="1:12" customHeight="1" ht="80">
       <c r="A179" s="0"/>
       <c r="B179" s="0" t="s">
         <v>677</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>678</v>
       </c>
       <c r="D179" s="0" t="s">
         <v>679</v>
       </c>
       <c r="E179" s="0" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="F179" s="0"/>
       <c r="G179" s="0" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I179" s="1" t="s">
         <v>680</v>
       </c>
       <c r="J179" s="0"/>
       <c r="K179" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L179" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:12" customHeight="1" ht="80">
       <c r="A180" s="0"/>
       <c r="B180" s="0" t="s">
         <v>681</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>682</v>
       </c>
       <c r="D180" s="0">
         <v>665004</v>
       </c>
       <c r="E180" s="0" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F180" s="0"/>
       <c r="G180" s="0" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="H180" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I180" s="1" t="s">
         <v>683</v>
       </c>
       <c r="J180" s="0"/>
       <c r="K180" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L180" s="0"/>
     </row>
     <row r="181" spans="1:12" customHeight="1" ht="80">
       <c r="A181" s="0"/>
       <c r="B181" s="0" t="s">
         <v>684</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>685</v>
       </c>
       <c r="D181" s="0" t="s">
         <v>686</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>687</v>
       </c>
       <c r="F181" s="0"/>
       <c r="G181" s="0" t="s">
         <v>688</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I181" s="1" t="s">
         <v>689</v>
       </c>
       <c r="J181" s="0"/>
       <c r="K181" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L181" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="182" spans="1:12" customHeight="1" ht="80">
       <c r="A182" s="0"/>
       <c r="B182" s="0" t="s">
         <v>690</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>691</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>692</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>687</v>
       </c>
       <c r="F182" s="0"/>
       <c r="G182" s="0" t="s">
         <v>688</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="I182" s="1" t="s">
         <v>693</v>
       </c>
       <c r="J182" s="0"/>
       <c r="K182" s="0" t="s">
-        <v>78</v>
+        <v>298</v>
       </c>
       <c r="L182" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="183" spans="1:12" customHeight="1" ht="80">
       <c r="A183" s="0"/>
       <c r="B183" s="0" t="s">
         <v>694</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>695</v>
       </c>
       <c r="D183" s="0">
         <v>509</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>696</v>
       </c>
       <c r="F183" s="0"/>
       <c r="G183" s="0" t="s">
         <v>688</v>
       </c>
       <c r="H183" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I183" s="1" t="s">
         <v>697</v>
       </c>
       <c r="J183" s="0"/>
       <c r="K183" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L183" s="0">
         <v>1</v>
       </c>
+    </row>
+    <row r="184" spans="1:12" customHeight="1" ht="80">
+      <c r="A184" s="0"/>
+      <c r="B184" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="C184" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="D184" s="0">
+        <v>88900</v>
+      </c>
+      <c r="E184" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F184" s="0"/>
+      <c r="G184" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="H184" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I184" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="J184" s="0"/>
+      <c r="K184" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="L184" s="0"/>
+    </row>
+    <row r="185" spans="1:12" customHeight="1" ht="80">
+      <c r="A185" s="0"/>
+      <c r="B185" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="C185" s="0" t="s">
+        <v>702</v>
+      </c>
+      <c r="D185" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="E185" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F185" s="0"/>
+      <c r="G185" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="H185" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="I185" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="J185" s="0"/>
+      <c r="K185" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="L185" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -13636,50 +13791,52 @@
     <hyperlink ref="B159" r:id="rId_hyperlink_158"/>
     <hyperlink ref="B160" r:id="rId_hyperlink_159"/>
     <hyperlink ref="B161" r:id="rId_hyperlink_160"/>
     <hyperlink ref="B162" r:id="rId_hyperlink_161"/>
     <hyperlink ref="B163" r:id="rId_hyperlink_162"/>
     <hyperlink ref="B164" r:id="rId_hyperlink_163"/>
     <hyperlink ref="B165" r:id="rId_hyperlink_164"/>
     <hyperlink ref="B166" r:id="rId_hyperlink_165"/>
     <hyperlink ref="B167" r:id="rId_hyperlink_166"/>
     <hyperlink ref="B168" r:id="rId_hyperlink_167"/>
     <hyperlink ref="B169" r:id="rId_hyperlink_168"/>
     <hyperlink ref="B170" r:id="rId_hyperlink_169"/>
     <hyperlink ref="B171" r:id="rId_hyperlink_170"/>
     <hyperlink ref="B172" r:id="rId_hyperlink_171"/>
     <hyperlink ref="B173" r:id="rId_hyperlink_172"/>
     <hyperlink ref="B174" r:id="rId_hyperlink_173"/>
     <hyperlink ref="B175" r:id="rId_hyperlink_174"/>
     <hyperlink ref="B176" r:id="rId_hyperlink_175"/>
     <hyperlink ref="B177" r:id="rId_hyperlink_176"/>
     <hyperlink ref="B178" r:id="rId_hyperlink_177"/>
     <hyperlink ref="B179" r:id="rId_hyperlink_178"/>
     <hyperlink ref="B180" r:id="rId_hyperlink_179"/>
     <hyperlink ref="B181" r:id="rId_hyperlink_180"/>
     <hyperlink ref="B182" r:id="rId_hyperlink_181"/>
     <hyperlink ref="B183" r:id="rId_hyperlink_182"/>
+    <hyperlink ref="B184" r:id="rId_hyperlink_183"/>
+    <hyperlink ref="B185" r:id="rId_hyperlink_184"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>