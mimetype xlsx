--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -92,60 +92,63 @@
   <si>
     <t>Коврики декоративные</t>
   </si>
   <si>
     <t>41417.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Коврик напольный;резина;,H=12,L=915,B=915мм;черный</t>
   </si>
   <si>
     <t>02120629</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>52230.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
     <t>Коврик напольный;резина;,H=0,5,L=153,B=91,5см;черный</t>
   </si>
   <si>
     <t>02120630</t>
   </si>
   <si>
     <t>87064.00₸</t>
   </si>
   <si>
-    <t>21 шт.</t>
+    <t>10 шт.</t>
   </si>
   <si>
     <t>Коврик напольный;резина;,L=153,B=91,5см;коричнев.</t>
   </si>
   <si>
     <t>02120631</t>
   </si>
   <si>
     <t>54101.00₸</t>
   </si>
   <si>
     <t>Коврик напольный;резина;,L=153,B=91,05см;черный</t>
   </si>
   <si>
     <t>02120650</t>
   </si>
   <si>
     <t>MSXAMB001</t>
   </si>
   <si>
     <t>Sunnex</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
@@ -739,173 +742,173 @@
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="0">
         <v>9982915</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D4" s="0">
         <v>9980152</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" s="0">
         <v>9981152</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="B6" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="B7" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>