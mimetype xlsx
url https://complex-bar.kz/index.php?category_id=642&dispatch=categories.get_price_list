--- v1 (2025-12-07)
+++ v2 (2025-12-14)
@@ -104,51 +104,51 @@
   <si>
     <t>02120629</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>52230.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Коврик напольный;резина;,H=0,5,L=153,B=91,5см;черный</t>
   </si>
   <si>
     <t>02120630</t>
   </si>
   <si>
     <t>87064.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>8 шт.</t>
   </si>
   <si>
     <t>Коврик напольный;резина;,L=153,B=91,5см;коричнев.</t>
   </si>
   <si>
     <t>02120631</t>
   </si>
   <si>
     <t>54101.00₸</t>
   </si>
   <si>
     <t>Коврик напольный;резина;,L=153,B=91,05см;черный</t>
   </si>
   <si>
     <t>02120650</t>
   </si>
   <si>
     <t>MSXAMB001</t>
   </si>
   <si>
     <t>Sunnex</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>