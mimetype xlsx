--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -92,495 +92,495 @@
   <si>
     <t>10164.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Папка-меню с уголк. «Крокодил»;кожезам.;,L=32,5,B=24,5см;тем.корич.</t>
   </si>
   <si>
     <t>02130405</t>
   </si>
   <si>
     <t>10087.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Папка-меню комб.на винтах;кожезам.;,L=32,5,B=25,5см;тем.корич.,коричнев.</t>
   </si>
   <si>
     <t>02130406</t>
   </si>
   <si>
-    <t>9317.00₸</t>
+    <t>11165.00₸</t>
   </si>
   <si>
     <t>9 шт.</t>
   </si>
   <si>
     <t>Папка-меню А5;кожезам.;,L=24,B=18,5см;бордо</t>
   </si>
   <si>
     <t>02130407</t>
   </si>
   <si>
     <t>5537.00₸</t>
   </si>
   <si>
     <t>Папка-меню А5;кожезам.;,L=24,B=18,5см;зелен.</t>
   </si>
   <si>
     <t>02130412</t>
   </si>
   <si>
     <t>5968.00₸</t>
   </si>
   <si>
     <t>Папка-меню А5;кожезам.;,L=24,B=18,5см;синий</t>
   </si>
   <si>
     <t>02130414</t>
   </si>
   <si>
     <t>5552.00₸</t>
   </si>
   <si>
-    <t>27 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Папка-меню А5;кожезам.;,L=24,B=18,5см;тем.корич.</t>
   </si>
   <si>
     <t>02130415</t>
   </si>
   <si>
     <t>4944.00₸</t>
   </si>
   <si>
     <t>Папка-меню А4 2-х стор.;кожезам.;,L=32,5,B=25см;зелен.</t>
   </si>
   <si>
     <t>02130417</t>
   </si>
   <si>
     <t>8932.00₸</t>
   </si>
   <si>
     <t>Папка-меню съемные файлы;кожезам.;,L=32,5,B=24,5см;бордо</t>
   </si>
   <si>
     <t>02130418</t>
   </si>
   <si>
     <t>8078.00₸</t>
   </si>
   <si>
     <t>Папка-меню съемные файлы;кожезам.;,L=32,5,B=24,5см;тем.корич.</t>
   </si>
   <si>
     <t>02130419</t>
   </si>
   <si>
     <t>7623.00₸</t>
   </si>
   <si>
+    <t>Папка-меню съемные файлы;кожезам.;,L=32,5,B=25см;зелен.</t>
+  </si>
+  <si>
+    <t>02130420</t>
+  </si>
+  <si>
+    <t>5644.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню;кожезам.;,L=32,5,B=25см;синий</t>
+  </si>
+  <si>
+    <t>02130421</t>
+  </si>
+  <si>
+    <t>5960.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню с уголк. «Крокодил»;кожезам.;,H=85,L=325,B=245мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>02130425</t>
+  </si>
+  <si>
+    <t>аппликация</t>
+  </si>
+  <si>
+    <t>Папка-меню А4 2-х стор.;кожезам.;,L=32,5,B=25см;бордо</t>
+  </si>
+  <si>
+    <t>02130427</t>
+  </si>
+  <si>
+    <t>7061.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4 2-х стор.;кожезам.;,L=32,5,B=25см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130428</t>
+  </si>
+  <si>
+    <t>10626.00₸</t>
+  </si>
+  <si>
+    <t>16 шт.</t>
+  </si>
+  <si>
+    <t>Папка-меню А4 2-х стор.;кожезам.;,L=32,B=25см;синий</t>
+  </si>
+  <si>
+    <t>02130429</t>
+  </si>
+  <si>
+    <t>7777.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4 на винтах;кожезам.;,H=85,L=325,B=250мм;черный</t>
+  </si>
+  <si>
+    <t>02130438</t>
+  </si>
+  <si>
+    <t>7931.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,H=7,L=24,B=20см;черный</t>
+  </si>
+  <si>
+    <t>02130442</t>
+  </si>
+  <si>
+    <t>5591.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Папка-меню А4;кожа;,L=32,5,B=25см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130444</t>
+  </si>
+  <si>
+    <t>30415.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4;кожа;,L=32,5,B=25см;черный</t>
+  </si>
+  <si>
+    <t>02130445</t>
+  </si>
+  <si>
+    <t>Папка-меню А4;кожа;,L=32,5,B=25см;бордо</t>
+  </si>
+  <si>
+    <t>02130446</t>
+  </si>
+  <si>
+    <t>26411.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,L=32,B=24,5см;бордо</t>
+  </si>
+  <si>
+    <t>02130462</t>
+  </si>
+  <si>
+    <t>Least</t>
+  </si>
+  <si>
+    <t>6453.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,L=32,B=24,5см;зелен.</t>
+  </si>
+  <si>
+    <t>02130463</t>
+  </si>
+  <si>
+    <t>5483.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,L=32,B=24,5см;синий</t>
+  </si>
+  <si>
+    <t>02130464</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,L=32,B=24,5см;св.корич.</t>
+  </si>
+  <si>
+    <t>02130465</t>
+  </si>
+  <si>
+    <t>4631.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,L=32,B=24см;черный</t>
+  </si>
+  <si>
+    <t>02130466</t>
+  </si>
+  <si>
+    <t>6738.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню (бочка);кожа;,L=35,B=27,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130467</t>
+  </si>
+  <si>
+    <t>18942.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Папка-меню «СП»;кожезам.;,L=26,5,B=19,5см;зелен.</t>
+  </si>
+  <si>
+    <t>02130471</t>
+  </si>
+  <si>
+    <t>kt202</t>
+  </si>
+  <si>
+    <t>sp</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>3024.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4;кожа;,L=32,5,B=24,5см;бордо</t>
+  </si>
+  <si>
+    <t>02130476</t>
+  </si>
+  <si>
+    <t>15955.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4;кожа;,H=245,L=325,B=15мм;синий</t>
+  </si>
+  <si>
+    <t>02130482</t>
+  </si>
+  <si>
+    <t>24356.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню;кожезам.;,L=27,B=19,5см;серебрян.</t>
+  </si>
+  <si>
+    <t>02130498</t>
+  </si>
+  <si>
+    <t>Kt491</t>
+  </si>
+  <si>
+    <t>Kl-men</t>
+  </si>
+  <si>
+    <t>4210.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А5;кожезам.;,L=23,2,B=19см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130606</t>
+  </si>
+  <si>
+    <t>4683.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4;кожезам.;,L=32,B=25см;черный</t>
+  </si>
+  <si>
+    <t>02130607</t>
+  </si>
+  <si>
+    <t>4969.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А5;кожезам.;,L=23,B=19см;черный</t>
+  </si>
+  <si>
+    <t>02130608</t>
+  </si>
+  <si>
+    <t>4900.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4;кожезам.;,L=32,B=25см;бордо</t>
+  </si>
+  <si>
+    <t>02130609</t>
+  </si>
+  <si>
+    <t>Папка-меню А5;кожезам.;,L=23,2,B=19см;бордо</t>
+  </si>
+  <si>
+    <t>02130610</t>
+  </si>
+  <si>
+    <t>4053.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню;кожезам.;,L=32,B=25см;красный</t>
+  </si>
+  <si>
+    <t>02130613</t>
+  </si>
+  <si>
+    <t>9895.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню;кожезам.;,L=32,B=25см;желт.</t>
+  </si>
+  <si>
+    <t>02130614</t>
+  </si>
+  <si>
+    <t>8586.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню;кожезам.;,L=32,B=25см;салатов.</t>
+  </si>
+  <si>
+    <t>02130615</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Папка-меню;кожезам.;,L=32,B=25см;голуб.</t>
+  </si>
+  <si>
+    <t>02130616</t>
+  </si>
+  <si>
+    <t>9510.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,L=32,B=25см;золотой</t>
+  </si>
+  <si>
+    <t>02130620</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах;кожезам.;,L=32,B=25см;серебрист.</t>
+  </si>
+  <si>
+    <t>02130621</t>
+  </si>
+  <si>
+    <t>6476.00₸</t>
+  </si>
+  <si>
     <t>5 шт.</t>
   </si>
   <si>
-    <t>Папка-меню съемные файлы;кожезам.;,L=32,5,B=25см;зелен.</t>
-[...38 lines deleted...]
-    <t>02130428</t>
+    <t>Папка-меню с тиснением и уголками;кожезам.;,H=85,L=325,B=225мм;бежев.</t>
+  </si>
+  <si>
+    <t>02130622</t>
+  </si>
+  <si>
+    <t>Папка-меню на кольцах с тиснением;кожа;,L=32,B=25см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130626</t>
+  </si>
+  <si>
+    <t>23485.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А5 на винтах;кожезам.;,L=24,B=18,5см;серебрист.</t>
+  </si>
+  <si>
+    <t>02130627</t>
+  </si>
+  <si>
+    <t>5775.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Папка-меню на винтах с тиснением «Город»;кожезам.;,L=32,B=24,5см;св.корич.</t>
+  </si>
+  <si>
+    <t>02130628</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Папка-меню «Арбуз»;кожезам.;зелен.,красный</t>
+  </si>
+  <si>
+    <t>02130629</t>
+  </si>
+  <si>
+    <t>8979.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Папка-меню А4 2-х стор.на кольцах;кожезам.;бордо</t>
+  </si>
+  <si>
+    <t>02130630</t>
+  </si>
+  <si>
+    <t>10549.00₸</t>
+  </si>
+  <si>
+    <t>Папка-меню А4 2-х стор.на кольцах;кожезам.;коричнев.</t>
+  </si>
+  <si>
+    <t>02130631</t>
+  </si>
+  <si>
+    <t>12089.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
-  </si>
-[...325 lines deleted...]
-    <t>02130631</t>
   </si>
   <si>
     <t>Набор из 10 кармашков д/меню д/арт.19044;пластик;,L=34,B=24см;разноцветн.</t>
   </si>
   <si>
     <t>02130701</t>
   </si>
   <si>
     <t>019047</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>68446.00₸</t>
   </si>
   <si>
     <t>Уголок для папки;алюмин.;,H=3,L=28,B=17мм;золотой</t>
   </si>
   <si>
     <t>02140602</t>
   </si>
@@ -2673,51 +2673,51 @@
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="0"/>
       <c r="E5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>29</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L5" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="0"/>
       <c r="E6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
@@ -2733,383 +2733,383 @@
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="0"/>
       <c r="E7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="L7" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D8" s="0"/>
       <c r="E8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="D9" s="0"/>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="L9" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D10" s="0"/>
       <c r="E10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="D11" s="0"/>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="L11" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D12" s="0"/>
       <c r="E12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D13" s="0"/>
       <c r="E13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>21</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>49</v>
+        <v>18</v>
       </c>
       <c r="L14" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D15" s="0"/>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D16" s="0"/>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>42</v>
+        <v>62</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="L16" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D17" s="0"/>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="D18" s="0"/>
       <c r="E18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="L18" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D19" s="0"/>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
@@ -3125,953 +3125,953 @@
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>76</v>
       </c>
       <c r="D20" s="0"/>
       <c r="E20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>77</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D21" s="0"/>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>77</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L21" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="0"/>
       <c r="E22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>82</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>83</v>
+        <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C23" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D23" s="0"/>
       <c r="E23" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D24" s="0"/>
       <c r="E24" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D25" s="0"/>
       <c r="E25" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D26" s="0"/>
       <c r="E26" s="0"/>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="D27" s="0"/>
       <c r="E27" s="0" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="D28" s="0"/>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="L28" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E29" s="0"/>
       <c r="F29" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="G29" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="G29" s="0" t="s">
+      <c r="H29" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D30" s="0"/>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="D31" s="0"/>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
       <c r="L31" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="E32" s="0" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D33" s="0">
         <v>702</v>
       </c>
       <c r="E33" s="0"/>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>124</v>
+        <v>18</v>
       </c>
       <c r="L33" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D34" s="0">
         <v>801</v>
       </c>
       <c r="E34" s="0"/>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="D35" s="0">
         <v>802</v>
       </c>
       <c r="E35" s="0"/>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>131</v>
+        <v>18</v>
       </c>
       <c r="L35" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D36" s="0">
         <v>901</v>
       </c>
       <c r="E36" s="0"/>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D37" s="0">
         <v>902</v>
       </c>
       <c r="E37" s="0"/>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="0">
         <v>40</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D38" s="0"/>
       <c r="E38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="L38" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D39" s="0"/>
       <c r="E39" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="L39" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D40" s="0"/>
       <c r="E40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="L40" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D41" s="0"/>
       <c r="E41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="L41" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D42" s="0"/>
       <c r="E42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D43" s="0"/>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>49</v>
+        <v>150</v>
       </c>
       <c r="L43" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="D44" s="0"/>
       <c r="E44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D45" s="0"/>
       <c r="E45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>102</v>
+        <v>18</v>
       </c>
       <c r="L45" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D46" s="0"/>
       <c r="E46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="L46" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="D47" s="0"/>
       <c r="E47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>124</v>
+        <v>162</v>
       </c>
       <c r="L47" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="D48" s="0"/>
       <c r="E48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="L48" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="D49" s="0"/>
       <c r="E49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="L49" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="D50" s="0"/>
       <c r="E50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
-        <v>22</v>
+        <v>173</v>
       </c>
       <c r="L50" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>176</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>177</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>178</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
@@ -4123,51 +4123,51 @@
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>186</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>177</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
         <v>178</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>