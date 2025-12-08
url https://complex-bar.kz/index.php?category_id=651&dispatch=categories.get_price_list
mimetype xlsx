--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -89,327 +89,312 @@
   <si>
     <t>Папки для счетов</t>
   </si>
   <si>
     <t>2803.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Папка для счетов с тиснением «Город»;кожезам.;,L=22,B=12,5см;св.корич.</t>
   </si>
   <si>
     <t>02130306</t>
   </si>
   <si>
     <t>LK</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>6468.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Папка для счетов «Крокодил»;кожезам.;,H=70,L=225,B=120мм;бронз.</t>
   </si>
   <si>
     <t>02130307</t>
   </si>
   <si>
     <t>7700.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Папка для счетов комбинированная 2-сторонняя;кожезам.;,L=22,B=12см;тем.корич.,коричнев.</t>
   </si>
   <si>
     <t>02130309</t>
   </si>
   <si>
     <t>6761.00₸</t>
   </si>
   <si>
+    <t>Папка для счетов с уголками;кожезам.;,H=1,L=22,B=12см;бежев.</t>
+  </si>
+  <si>
+    <t>02130311</t>
+  </si>
+  <si>
+    <t>3912.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,B=12см;бордо</t>
+  </si>
+  <si>
+    <t>02130315</t>
+  </si>
+  <si>
+    <t>5929.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,H=12,L=225,B=120мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>02130316</t>
+  </si>
+  <si>
+    <t>43 шт.</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,B=12см;зелен.</t>
+  </si>
+  <si>
+    <t>02130317</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,B=12см;синий</t>
+  </si>
+  <si>
+    <t>02130318</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,B=12см;черный</t>
+  </si>
+  <si>
+    <t>02130321</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожа;,L=22,B=12см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130329</t>
+  </si>
+  <si>
+    <t>13129.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожа;,L=22,B=12см;черный</t>
+  </si>
+  <si>
+    <t>02130330</t>
+  </si>
+  <si>
+    <t>12367.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожа;,L=22,B=12см;бордо</t>
+  </si>
+  <si>
+    <t>02130331</t>
+  </si>
+  <si>
+    <t>11658.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожа;,L=22,B=12см;синий</t>
+  </si>
+  <si>
+    <t>02130332</t>
+  </si>
+  <si>
+    <t>11473.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=23,5,B=13,5см;зелен.</t>
+  </si>
+  <si>
+    <t>02130347</t>
+  </si>
+  <si>
+    <t>Least</t>
+  </si>
+  <si>
+    <t>3981.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=23,5,B=13,5см;бордо</t>
+  </si>
+  <si>
+    <t>02130348</t>
+  </si>
+  <si>
+    <t>3619.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=23,5,B=13,5см;синий</t>
+  </si>
+  <si>
+    <t>02130350</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=23,5,B=13,5см;черный</t>
+  </si>
+  <si>
+    <t>02130351</t>
+  </si>
+  <si>
+    <t>5005.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов  (бочка);кожа;,L=22,6,B=15,5см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130352</t>
+  </si>
+  <si>
+    <t>10395.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=25,3,B=13см;черный</t>
+  </si>
+  <si>
+    <t>02130384</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>2612.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=25,3,B=13см;бордо</t>
+  </si>
+  <si>
+    <t>02130385</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,2,B=12см;желт.</t>
+  </si>
+  <si>
+    <t>02130386</t>
+  </si>
+  <si>
+    <t>6268.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,2,B=12см;красный</t>
+  </si>
+  <si>
+    <t>02130387</t>
+  </si>
+  <si>
+    <t>6776.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,2,B=12см;салатов.</t>
+  </si>
+  <si>
+    <t>02130388</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,2,B=12см;голуб.</t>
+  </si>
+  <si>
+    <t>02130389</t>
+  </si>
+  <si>
+    <t>5914.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов «Крокодил»;кожезам.;,L=22,5,B=12см;тем.корич.</t>
+  </si>
+  <si>
+    <t>02130390</t>
+  </si>
+  <si>
+    <t>7354.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,2,B=12см;золотой</t>
+  </si>
+  <si>
+    <t>02130391</t>
+  </si>
+  <si>
+    <t>4297.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов;кожезам.;,L=22,2,B=12см;серебрист.</t>
+  </si>
+  <si>
+    <t>02130392</t>
+  </si>
+  <si>
+    <t>4620.00₸</t>
+  </si>
+  <si>
+    <t>Папка для счетов на кольцах;кожа;,L=22,B=12см;коричнев.</t>
+  </si>
+  <si>
+    <t>02130393</t>
+  </si>
+  <si>
+    <t>9240.00₸</t>
+  </si>
+  <si>
     <t>9 шт.</t>
   </si>
   <si>
-    <t>Папка для счетов с уголками;кожезам.;,H=1,L=22,B=12см;бежев.</t>
-[...235 lines deleted...]
-  <si>
     <t>Папка для счетов «Арбуз»;кожезам.;зелен.,красный</t>
   </si>
   <si>
     <t>02130394</t>
   </si>
   <si>
     <t>02131504</t>
   </si>
   <si>
-    <t>6407.00₸</t>
-[...2 lines deleted...]
-    <t>10 шт.</t>
+    <t>7685.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1802,891 +1787,891 @@
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="0"/>
       <c r="E4" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="L4" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="D5" s="0"/>
       <c r="E5" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="L5" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D6" s="0"/>
       <c r="E6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D7" s="0"/>
       <c r="E7" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="L7" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D8" s="0"/>
       <c r="E8" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="L8" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D9" s="0"/>
       <c r="E9" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="L9" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D10" s="0"/>
       <c r="E10" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L10" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D11" s="0"/>
       <c r="E11" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="L11" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D12" s="0"/>
       <c r="E12" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D13" s="0"/>
       <c r="E13" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D14" s="0"/>
       <c r="E14" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D15" s="0"/>
       <c r="E15" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D16" s="0"/>
       <c r="E16" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D17" s="0"/>
       <c r="E17" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="D18" s="0"/>
       <c r="E18" s="0" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D19" s="0"/>
       <c r="E19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D20" s="0"/>
       <c r="E20" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="D21" s="0">
         <v>804</v>
       </c>
       <c r="E21" s="0"/>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D22" s="0">
         <v>904</v>
       </c>
       <c r="E22" s="0"/>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="D23" s="0"/>
       <c r="E23" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>88</v>
+        <v>18</v>
       </c>
       <c r="L23" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="D24" s="0"/>
       <c r="E24" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="D25" s="0"/>
       <c r="E25" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>94</v>
+        <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D26" s="0"/>
       <c r="E26" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D27" s="0"/>
       <c r="E27" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
       <c r="L27" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="D28" s="0"/>
       <c r="E28" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="D29" s="0"/>
       <c r="E29" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="D30" s="0"/>
       <c r="E30" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="L30" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="D31" s="0"/>
       <c r="E31" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="D32" s="0"/>
       <c r="E32" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="L32" s="0">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>