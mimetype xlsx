--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="505">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -296,51 +296,51 @@
   <si>
     <t>PF0VA10</t>
   </si>
   <si>
     <t>Portofino</t>
   </si>
   <si>
     <t>7570.00₸</t>
   </si>
   <si>
     <t>Ваза для цветов «Органикс»;фарфор;,H=170,L=75мм;белый</t>
   </si>
   <si>
     <t>03080127</t>
   </si>
   <si>
     <t>9002 C657</t>
   </si>
   <si>
     <t>Organics</t>
   </si>
   <si>
     <t>11127.00₸</t>
   </si>
   <si>
-    <t>26 шт.</t>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Ваза для цветов «Зен»;фарфор;D=48,H=110мм;белый,оранжев.</t>
   </si>
   <si>
     <t>03080128</t>
   </si>
   <si>
     <t>9401 C617</t>
   </si>
   <si>
     <t>Zen</t>
   </si>
   <si>
     <t>13737.00₸</t>
   </si>
   <si>
     <t>18 шт.</t>
   </si>
   <si>
     <t>Ваза для цветов «Атлантис»;фарфор;D=5,H=11см;белый</t>
   </si>
   <si>
     <t>03080131</t>
   </si>
@@ -368,1188 +368,1179 @@
   <si>
     <t>1106 0840</t>
   </si>
   <si>
     <t>Cino</t>
   </si>
   <si>
     <t>8509.00₸</t>
   </si>
   <si>
     <t>Ваза для цветов «Крафт»;фарфор;D=67,H=100мм;белый</t>
   </si>
   <si>
     <t>03080141</t>
   </si>
   <si>
     <t>1155 0840</t>
   </si>
   <si>
     <t>Craft White</t>
   </si>
   <si>
     <t>7993.00₸</t>
   </si>
   <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=12,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03080147</t>
+  </si>
+  <si>
+    <t>7017/20-27310</t>
+  </si>
+  <si>
+    <t>Neman</t>
+  </si>
+  <si>
+    <t>БЕЛАРУСЬ</t>
+  </si>
+  <si>
+    <t>10041.00₸</t>
+  </si>
+  <si>
+    <t>42 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Террамеса мастед»;фарфор;D=65,H=100мм;св.корич.</t>
+  </si>
+  <si>
+    <t>03080148</t>
+  </si>
+  <si>
+    <t>1121 0840</t>
+  </si>
+  <si>
+    <t>Terramesa</t>
+  </si>
+  <si>
+    <t>7431.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Леда»;фарфор;D=65,H=160мм;белый</t>
+  </si>
+  <si>
+    <t>03080149</t>
+  </si>
+  <si>
+    <t>0070</t>
+  </si>
+  <si>
+    <t>Leda</t>
+  </si>
+  <si>
+    <t>7546.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Ваза для цветов «Цилиндр»;стекло;D=12,H=20см;прозр.</t>
-[...44 lines deleted...]
-    <t>7546.00₸</t>
+    <t>Ваза для цветов «Леда»;фарфор;D=85,H=120мм;белый</t>
+  </si>
+  <si>
+    <t>03080150</t>
+  </si>
+  <si>
+    <t>0069</t>
+  </si>
+  <si>
+    <t>3858.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Клиа»;стекло;D=15,7,H=28см;прозр.</t>
+  </si>
+  <si>
+    <t>03080152</t>
+  </si>
+  <si>
+    <t>Lux</t>
+  </si>
+  <si>
+    <t>Clear</t>
+  </si>
+  <si>
+    <t>16203.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Капитоль»;хр.стекло;,H=15см</t>
+  </si>
+  <si>
+    <t>03080157</t>
+  </si>
+  <si>
+    <t>318820M02321990</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Capitol</t>
+  </si>
+  <si>
+    <t>3889.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;хрусталь;D=3,H=40см;прозр.</t>
+  </si>
+  <si>
+    <t>03080159</t>
+  </si>
+  <si>
+    <t>7575/900/63-9944</t>
+  </si>
+  <si>
+    <t>14145.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=19,6,H=35см;прозр.</t>
+  </si>
+  <si>
+    <t>03080162</t>
+  </si>
+  <si>
+    <t>7293/35-23379</t>
+  </si>
+  <si>
+    <t>20729.00₸</t>
+  </si>
+  <si>
+    <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр» косой срез;стекло;D=12,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>03080163</t>
+  </si>
+  <si>
+    <t>7017/30-39879</t>
+  </si>
+  <si>
+    <t>12713.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=10,H=60см;прозр.</t>
+  </si>
+  <si>
+    <t>03080164</t>
+  </si>
+  <si>
+    <t>7856/60-26798</t>
+  </si>
+  <si>
+    <t>11427.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов косой срез;стекло;D=12,H=40см;прозр.</t>
+  </si>
+  <si>
+    <t>03080165</t>
+  </si>
+  <si>
+    <t>7898/40-26990</t>
+  </si>
+  <si>
+    <t>10118.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов шестигранная;стекло;D=13,H=42см;прозр.</t>
+  </si>
+  <si>
+    <t>03080166</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;D=17,H=50см;прозр.</t>
+  </si>
+  <si>
+    <t>03080167</t>
+  </si>
+  <si>
+    <t>7518-39795</t>
+  </si>
+  <si>
+    <t>15616.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=15,H=40см;прозр.</t>
+  </si>
+  <si>
+    <t>03080168</t>
+  </si>
+  <si>
+    <t>7292/40-25888</t>
+  </si>
+  <si>
+    <t>18026.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;D=8,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>03080169</t>
+  </si>
+  <si>
+    <t>7095-22099</t>
+  </si>
+  <si>
+    <t>7878.00₸</t>
+  </si>
+  <si>
+    <t>31 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Квадрат»;стекло;,H=50,L=10,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080170</t>
+  </si>
+  <si>
+    <t>6360/50-26772</t>
+  </si>
+  <si>
+    <t>20790.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;D=10,8,H=26см;прозр.</t>
+  </si>
+  <si>
+    <t>03080171</t>
+  </si>
+  <si>
+    <t>43966/b</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Botanica</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>2058.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;D=80,H=265мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080172</t>
+  </si>
+  <si>
+    <t>43767/b</t>
+  </si>
+  <si>
+    <t>1904.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;фарфор;D=55,H=150мм;белый</t>
+  </si>
+  <si>
+    <t>03080175</t>
+  </si>
+  <si>
+    <t>H3732</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>696.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=5,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03080176</t>
+  </si>
+  <si>
+    <t>7672-21437</t>
+  </si>
+  <si>
+    <t>5421.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Кларет»;фарфор;D=6,H=14см;бежев.,бордо</t>
+  </si>
+  <si>
+    <t>03080178</t>
+  </si>
+  <si>
+    <t>1503 A278</t>
+  </si>
+  <si>
+    <t>Ivory Claret</t>
+  </si>
+  <si>
+    <t>7439.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;D=20,H=30см</t>
+  </si>
+  <si>
+    <t>03080181</t>
+  </si>
+  <si>
+    <t>7293/30-24791</t>
+  </si>
+  <si>
+    <t>20929.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Антуанетт»;фарфор;D=53,H=110мм;белый,олив.</t>
+  </si>
+  <si>
+    <t>03080183</t>
+  </si>
+  <si>
+    <t>9019 C677</t>
+  </si>
+  <si>
+    <t>Antoinette</t>
+  </si>
+  <si>
+    <t>16725.00₸</t>
+  </si>
+  <si>
+    <t>28 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Крафт»;фарфор;D=67,H=100мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03080188</t>
+  </si>
+  <si>
+    <t>1132 0840</t>
+  </si>
+  <si>
+    <t>Craft Brown</t>
+  </si>
+  <si>
+    <t>11743.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов квадратная;стекло;,H=37,5,L=13,B=13см;прозр.</t>
+  </si>
+  <si>
+    <t>03080193</t>
+  </si>
+  <si>
+    <t>7705/20/375</t>
+  </si>
+  <si>
+    <t>9433.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов квадратная;стекло;,H=27,5,L=15,B=15см;прозр.</t>
+  </si>
+  <si>
+    <t>03080194</t>
+  </si>
+  <si>
+    <t>7705/20/275-24766</t>
+  </si>
+  <si>
+    <t>14376.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов квадратная;стекло;,H=20,L=15,B=15см;прозр.</t>
+  </si>
+  <si>
+    <t>03080195</t>
+  </si>
+  <si>
+    <t>7285/20-33948</t>
+  </si>
+  <si>
+    <t>14700.00₸</t>
   </si>
   <si>
     <t>34 шт.</t>
   </si>
   <si>
-    <t>Ваза для цветов «Леда»;фарфор;D=85,H=120мм;белый</t>
-[...83 lines deleted...]
-    <t>12713.00₸</t>
+    <t>Ваза для цветов «Кантри Стайл»;фарфор;D=7,H=10см;зелен.</t>
+  </si>
+  <si>
+    <t>03080196</t>
+  </si>
+  <si>
+    <t>TRY4610</t>
+  </si>
+  <si>
+    <t>Country</t>
+  </si>
+  <si>
+    <t>6168.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;,H=22см;прозр.</t>
+  </si>
+  <si>
+    <t>03080430</t>
+  </si>
+  <si>
+    <t>43617/b</t>
+  </si>
+  <si>
+    <t>1512.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;D=84,H=278мм</t>
+  </si>
+  <si>
+    <t>03080433</t>
+  </si>
+  <si>
+    <t>43597/b</t>
+  </si>
+  <si>
+    <t>1309.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;керамика;D=11,H=11см;древесн.</t>
+  </si>
+  <si>
+    <t>03080440</t>
+  </si>
+  <si>
+    <t>B7414502</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>4438.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;керамика;D=14,H=13см;древесн.</t>
+  </si>
+  <si>
+    <t>03080441</t>
+  </si>
+  <si>
+    <t>B7414503</t>
+  </si>
+  <si>
+    <t>6538.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=12,3,H=60см;прозр.</t>
+  </si>
+  <si>
+    <t>03080450</t>
+  </si>
+  <si>
+    <t>7017/60-26409</t>
+  </si>
+  <si>
+    <t>24063.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;хр.стекло;D=18,H=34см;белый</t>
+  </si>
+  <si>
+    <t>03080452</t>
+  </si>
+  <si>
+    <t>Nude</t>
+  </si>
+  <si>
+    <t>Magnolia</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>43267.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;1,7л;,H=26см;прозр.</t>
+  </si>
+  <si>
+    <t>03080455</t>
+  </si>
+  <si>
+    <t>43267/b</t>
+  </si>
+  <si>
+    <t>1939.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;фарфор;D=5,H=21см;белый</t>
+  </si>
+  <si>
+    <t>03080456</t>
+  </si>
+  <si>
+    <t>6C0031</t>
+  </si>
+  <si>
+    <t>Добрушский фарфоровый завод</t>
+  </si>
+  <si>
+    <t>3689.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Миф»;хр.стекло;,H=27см</t>
+  </si>
+  <si>
+    <t>03080458</t>
+  </si>
+  <si>
+    <t>L8277</t>
+  </si>
+  <si>
+    <t>Cristal D"arques</t>
+  </si>
+  <si>
+    <t>Mythe</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>21476.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Коллекционер»;хр.стекло;,H=27см</t>
+  </si>
+  <si>
+    <t>03080459</t>
+  </si>
+  <si>
+    <t>L8279</t>
+  </si>
+  <si>
+    <t>Collection</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цветок» косой срез;хр.стекло;,H=40см;прозр.</t>
+  </si>
+  <si>
+    <t>03080464</t>
+  </si>
+  <si>
+    <t>7575/900/43-22618</t>
+  </si>
+  <si>
+    <t>Цветок</t>
+  </si>
+  <si>
+    <t>10934.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;D=13,H=40см;прозр.</t>
+  </si>
+  <si>
+    <t>03080465</t>
+  </si>
+  <si>
+    <t>78981001-35550</t>
+  </si>
+  <si>
+    <t>14423.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=12,H=50см;прозр.</t>
+  </si>
+  <si>
+    <t>03080466</t>
+  </si>
+  <si>
+    <t>7017/50-26408</t>
+  </si>
+  <si>
+    <t>21637.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=15,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>03080467</t>
+  </si>
+  <si>
+    <t>7292/30/100/1-26986</t>
+  </si>
+  <si>
+    <t>15670.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=10,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>03080468</t>
+  </si>
+  <si>
+    <t>7856/30-26992</t>
+  </si>
+  <si>
+    <t>10780.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Квадрат»;стекло;,H=40,L=10,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080469</t>
+  </si>
+  <si>
+    <t>6360/40-27520</t>
+  </si>
+  <si>
+    <t>19335.00₸</t>
+  </si>
+  <si>
+    <t>27 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=10,H=40см;прозр.</t>
+  </si>
+  <si>
+    <t>03080801</t>
+  </si>
+  <si>
+    <t>7856/40-27576</t>
+  </si>
+  <si>
+    <t>13129.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Королла»;стекло;D=12,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>03080802</t>
+  </si>
+  <si>
+    <t>Corolla</t>
+  </si>
+  <si>
+    <t>6930.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Дуэмила»;стекло;,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>03080803</t>
+  </si>
+  <si>
+    <t>331059M02321990</t>
+  </si>
+  <si>
+    <t>Duemila</t>
+  </si>
+  <si>
+    <t>12251.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Винчиана»;стекло;,H=23см;прозр.</t>
+  </si>
+  <si>
+    <t>03080804</t>
+  </si>
+  <si>
+    <t>331029M02321990</t>
+  </si>
+  <si>
+    <t>Vinciana</t>
+  </si>
+  <si>
+    <t>9941.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Карат»;фарфор;D=70/25,H=120мм;белый</t>
+  </si>
+  <si>
+    <t>03080805</t>
+  </si>
+  <si>
+    <t>25 8100</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>6646.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;D=72,H=250мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080806</t>
+  </si>
+  <si>
+    <t>Stoelzle</t>
+  </si>
+  <si>
+    <t>11196.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;D=67,H=210мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080807</t>
+  </si>
+  <si>
+    <t>9649.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;D=83,H=230мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080808</t>
+  </si>
+  <si>
+    <t>12390.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Цилиндр»;стекло;D=12,H=32,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03080809</t>
+  </si>
+  <si>
+    <t>7017/30-26774</t>
+  </si>
+  <si>
+    <t>12759.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;,H=18,L=8,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080816</t>
+  </si>
+  <si>
+    <t>43074/b</t>
+  </si>
+  <si>
+    <t>1617.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;,H=14,L=8,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080817</t>
+  </si>
+  <si>
+    <t>43071/b</t>
+  </si>
+  <si>
+    <t>1757.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;,H=9,L=8,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080818</t>
+  </si>
+  <si>
+    <t>43072/b</t>
+  </si>
+  <si>
+    <t>2709.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;,H=140,L=97,B=97мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080820</t>
+  </si>
+  <si>
+    <t>80147/b</t>
+  </si>
+  <si>
+    <t>3297.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03080821</t>
+  </si>
+  <si>
+    <t>80149/b</t>
+  </si>
+  <si>
+    <t>3612.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Блю дэппл»;фарфор;D=70,H=97,B=61мм;белый,синий</t>
+  </si>
+  <si>
+    <t>03080823</t>
+  </si>
+  <si>
+    <t>1710 0840</t>
+  </si>
+  <si>
+    <t>Blue Dapple</t>
+  </si>
+  <si>
+    <t>8270.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Ботаника»;стекло;D=11,H=24см;прозр.</t>
+  </si>
+  <si>
+    <t>03080826</t>
+  </si>
+  <si>
+    <t>43737/b</t>
+  </si>
+  <si>
+    <t>Ваза для цветов на ножке;стекло;D=21,H=35см;прозр.</t>
+  </si>
+  <si>
+    <t>03080830</t>
+  </si>
+  <si>
+    <t>7941/1вел-38004</t>
+  </si>
+  <si>
+    <t>22099.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов на ножке с крышкой;стекло;D=15,H=25см;прозр.</t>
+  </si>
+  <si>
+    <t>03080831</t>
+  </si>
+  <si>
+    <t>7941/3вел-32840</t>
+  </si>
+  <si>
+    <t>13167.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов на ножке;стекло;D=18,H=30см;прозр.</t>
+  </si>
+  <si>
+    <t>03080832</t>
+  </si>
+  <si>
+    <t>7941/2вел-38005</t>
+  </si>
+  <si>
+    <t>18750.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов на ножке;стекло;D=11,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03080833</t>
+  </si>
+  <si>
+    <t>7941/4вел</t>
+  </si>
+  <si>
+    <t>3981.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов на ножке;стекло;D=84,H=150мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080834</t>
+  </si>
+  <si>
+    <t>7941/5вел</t>
+  </si>
+  <si>
+    <t>2110.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;хрусталь;D=75,H=350мм</t>
+  </si>
+  <si>
+    <t>03080841</t>
+  </si>
+  <si>
+    <t>9247-22876</t>
+  </si>
+  <si>
+    <t>26450.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;фарфор;,H=8,L=9,B=6см;белый</t>
+  </si>
+  <si>
+    <t>03080843</t>
+  </si>
+  <si>
+    <t>91-8-40</t>
+  </si>
+  <si>
+    <t>Sandra Rich</t>
+  </si>
+  <si>
+    <t>2688.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;хрусталь;D=85,H=200мм;прозр.</t>
+  </si>
+  <si>
+    <t>03080850</t>
+  </si>
+  <si>
+    <t>5557/900/176-27579</t>
+  </si>
+  <si>
+    <t>28721.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Пьюрити»;эко-кост. фарф.;D=48/63,H=130мм;белый</t>
+  </si>
+  <si>
+    <t>03080852</t>
+  </si>
+  <si>
+    <t>69 8100/99 8103</t>
+  </si>
+  <si>
+    <t>Purity</t>
+  </si>
+  <si>
+    <t>10303.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;D=20,5,H=70см;прозр.</t>
+  </si>
+  <si>
+    <t>03080854</t>
+  </si>
+  <si>
+    <t>9718-39406</t>
+  </si>
+  <si>
+    <t>9009.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Голубка»;фарфор;,H=14,5см;белый</t>
+  </si>
+  <si>
+    <t>03080855</t>
+  </si>
+  <si>
+    <t>8С0661</t>
+  </si>
+  <si>
+    <t>Голубка</t>
+  </si>
+  <si>
+    <t>3566.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Лэйерс»;хр.стекло;,H=32,55см;желт.</t>
+  </si>
+  <si>
+    <t>03080856</t>
+  </si>
+  <si>
+    <t>Layers</t>
+  </si>
+  <si>
+    <t>85609.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Лэйерс»;хр.стекло;,H=27,6см;желт.</t>
+  </si>
+  <si>
+    <t>03080857</t>
+  </si>
+  <si>
+    <t>72388.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;хрусталь;D=13,5,H=30,2см;прозр.</t>
+  </si>
+  <si>
+    <t>03080859</t>
+  </si>
+  <si>
+    <t>5557(0в) -23453</t>
+  </si>
+  <si>
+    <t>43498.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов;стекло;,H=30,L=10,B=10см;прозр.</t>
+  </si>
+  <si>
+    <t>03080860</t>
+  </si>
+  <si>
+    <t>6360/30-26265</t>
+  </si>
+  <si>
+    <t>15524.00₸</t>
+  </si>
+  <si>
+    <t>12 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Террес де Ревес»;керамика;D=35,H=80мм;коричнев.</t>
+  </si>
+  <si>
+    <t>03081215</t>
+  </si>
+  <si>
+    <t>B5117307B</t>
+  </si>
+  <si>
+    <t>Terres de Reves</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>8424.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Мист»;стекло;,H=38,L=28,B=14см</t>
+  </si>
+  <si>
+    <t>03081401</t>
+  </si>
+  <si>
+    <t>Mist</t>
+  </si>
+  <si>
+    <t>65520.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Мурано Граффио»;стекло;D=13,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03081714</t>
+  </si>
+  <si>
+    <t>VDVM100580</t>
+  </si>
+  <si>
+    <t>Vidivi</t>
+  </si>
+  <si>
+    <t>Murano Graffio</t>
+  </si>
+  <si>
+    <t>12505.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Мурано Ланче»;стекло;D=13,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03081715</t>
+  </si>
+  <si>
+    <t>VDVM100590</t>
+  </si>
+  <si>
+    <t>Murano Lance</t>
+  </si>
+  <si>
+    <t>18480.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Мурано Оттико»;стекло;D=13,H=20см;прозр.</t>
+  </si>
+  <si>
+    <t>03081716</t>
+  </si>
+  <si>
+    <t>VDVM100600</t>
+  </si>
+  <si>
+    <t>Murano Ottico</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Фобос»;керамика;350мл;D=8,H=13см;коричнев.</t>
+  </si>
+  <si>
+    <t>03081723</t>
+  </si>
+  <si>
+    <t>LPHO019MA706035</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Phobos</t>
+  </si>
+  <si>
+    <t>9033.00₸</t>
+  </si>
+  <si>
+    <t>Ваза для цветов «Фобос»;керамика;350мл;D=8,H=13см;коричнев.,синий</t>
+  </si>
+  <si>
+    <t>03081724</t>
+  </si>
+  <si>
+    <t>LPHO019NB706035</t>
+  </si>
+  <si>
+    <t>9933.00₸</t>
   </si>
   <si>
     <t>2 шт.</t>
-  </si>
-[...994 lines deleted...]
-    <t>9933.00₸</t>
   </si>
   <si>
     <t>Ваза для цветов «Магия»;стекло;D=10,5,H=19см;прозр.</t>
   </si>
   <si>
     <t>03142103</t>
   </si>
   <si>
     <t>Osz</t>
   </si>
   <si>
     <t>1833.00₸</t>
   </si>
   <si>
     <t>Ваза для цветов «Магия» в индивидуальной упаковке;стекло;D=10,5,H=19см;прозр.</t>
   </si>
   <si>
     <t>03142104</t>
   </si>
   <si>
     <t>24с2395 У</t>
   </si>
   <si>
     <t>2210.00₸</t>
   </si>
@@ -5586,83 +5577,83 @@
         <v>112</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>114</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>115</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>116</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="L19" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>119</v>
       </c>
-      <c r="D20" s="0" t="s">
+      <c r="E20" s="0" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>26</v>
+        <v>123</v>
       </c>
       <c r="L20" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>124</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>125</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>126</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>127</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>17</v>
       </c>
@@ -5806,2574 +5797,2576 @@
         <v>18</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>149</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>152</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>153</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>154</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>157</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>158</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>159</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>161</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>162</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>163</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>164</v>
+        <v>20</v>
       </c>
       <c r="L28" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="D29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E29" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>170</v>
       </c>
-      <c r="D30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>82</v>
       </c>
       <c r="L30" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="D31" s="0">
         <v>8495</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>163</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="D32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>178</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>179</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="D33" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="D33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>26</v>
+        <v>182</v>
       </c>
       <c r="L33" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>184</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>185</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>186</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>187</v>
       </c>
       <c r="L34" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>190</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>191</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>192</v>
       </c>
       <c r="L35" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>193</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>194</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>195</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>196</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>197</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>199</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>200</v>
+        <v>182</v>
       </c>
       <c r="L36" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C37" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="C37" s="0" t="s">
+      <c r="D37" s="0" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>196</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>197</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>205</v>
+        <v>182</v>
       </c>
       <c r="L37" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
       <c r="E38" s="0"/>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="C39" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="D39" s="0" t="s">
         <v>211</v>
       </c>
-      <c r="C39" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E39" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L39" s="0">
         <v>8</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>215</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="C41" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E41" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>224</v>
+        <v>26</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="L42" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="L43" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="L45" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>117</v>
+        <v>247</v>
       </c>
       <c r="L46" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="L47" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>196</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>197</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>259</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>196</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>197</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>262</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>263</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="E50" s="0" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="D51" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="C51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E51" s="0" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="0"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C52" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="D52" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="C52" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E52" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="L52" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="D53" s="0">
         <v>20787</v>
       </c>
       <c r="E53" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="F53" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="G53" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="F53" s="0" t="s">
+      <c r="H53" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>279</v>
-      </c>
-[...7 lines deleted...]
-        <v>281</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L53" s="0"/>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>196</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>197</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>236</v>
+        <v>26</v>
       </c>
       <c r="L54" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="C55" s="0" t="s">
+      <c r="E55" s="0" t="s">
         <v>287</v>
-      </c>
-[...4 lines deleted...]
-        <v>289</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L55" s="0">
         <v>9</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="C56" s="0" t="s">
+      <c r="E56" s="0" t="s">
         <v>292</v>
       </c>
-      <c r="D56" s="0" t="s">
+      <c r="F56" s="0" t="s">
         <v>293</v>
       </c>
-      <c r="E56" s="0" t="s">
+      <c r="G56" s="0" t="s">
         <v>294</v>
       </c>
-      <c r="F56" s="0" t="s">
+      <c r="H56" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I56" s="1" t="s">
         <v>295</v>
-      </c>
-[...7 lines deleted...]
-        <v>297</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="0"/>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="C57" s="0" t="s">
+      <c r="E57" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="F57" s="0" t="s">
         <v>299</v>
       </c>
-      <c r="D57" s="0" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="0" t="s">
+      <c r="G57" s="0" t="s">
         <v>294</v>
       </c>
-      <c r="F57" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="0"/>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>302</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="E58" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="F58" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="D58" s="0" t="s">
+      <c r="G58" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I58" s="1" t="s">
         <v>304</v>
-      </c>
-[...13 lines deleted...]
-        <v>306</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>307</v>
       </c>
-      <c r="C59" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E59" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="L59" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>312</v>
       </c>
-      <c r="C60" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E60" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>316</v>
+        <v>93</v>
       </c>
       <c r="L60" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>317</v>
+        <v>314</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L61" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>325</v>
+        <v>26</v>
       </c>
       <c r="L62" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="L63" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="D65" s="0">
         <v>2.28013</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L65" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>147</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L68" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="D69" s="0">
         <v>4150076</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="D70" s="0">
         <v>4140076</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="D71" s="0">
         <v>4160076</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>26</v>
       </c>
       <c r="L72" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>196</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>197</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>196</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>197</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>196</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>197</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="L75" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>382</v>
+        <v>378</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>196</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>197</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>205</v>
+        <v>182</v>
       </c>
       <c r="L76" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>387</v>
+        <v>383</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>196</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>197</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>196</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>197</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>397</v>
+        <v>283</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>205</v>
+        <v>182</v>
       </c>
       <c r="L79" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>82</v>
+        <v>376</v>
       </c>
       <c r="L80" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F81" s="0"/>
       <c r="G81" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L81" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F82" s="0"/>
       <c r="G82" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
-        <v>410</v>
+        <v>58</v>
       </c>
       <c r="L82" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L83" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="1" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L84" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L85" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L86" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>99</v>
+        <v>426</v>
       </c>
       <c r="L87" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L88" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="B89" s="0" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F89" s="0"/>
       <c r="G89" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I89" s="1" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L89" s="0"/>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I90" s="1" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
-        <v>446</v>
+        <v>247</v>
       </c>
       <c r="L90" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="D91" s="0">
         <v>28810</v>
       </c>
       <c r="E91" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="F91" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="G91" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="F91" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="L91" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="D92" s="0">
         <v>28811</v>
       </c>
       <c r="E92" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="F92" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="G92" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="F92" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H92" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L92" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F93" s="0"/>
       <c r="G93" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I93" s="1" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L93" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F94" s="0"/>
       <c r="G94" s="0" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I94" s="1" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>99</v>
+        <v>456</v>
       </c>
       <c r="L94" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="D95" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="E95" s="0" t="s">
+        <v>264</v>
+      </c>
+      <c r="F95" s="0" t="s">
+        <v>460</v>
+      </c>
+      <c r="G95" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="H95" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I95" s="1" t="s">
         <v>462</v>
-      </c>
-[...19 lines deleted...]
-        <v>467</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L95" s="0"/>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="D96" s="0">
         <v>15557</v>
       </c>
       <c r="E96" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="F96" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="G96" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="F96" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H96" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L96" s="0"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>236</v>
+        <v>473</v>
       </c>
       <c r="L97" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>205</v>
+        <v>182</v>
       </c>
       <c r="L98" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
       <c r="L99" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="E100" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="F100" s="0" t="s">
         <v>487</v>
-      </c>
-[...10 lines deleted...]
-        <v>491</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>492</v>
+        <v>488</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L100" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>80</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
-        <v>164</v>
+        <v>493</v>
       </c>
       <c r="L101" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="D102" s="0">
         <v>2395</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="L102" s="0"/>
+        <v>134</v>
+      </c>
+      <c r="L102" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
         <v>198</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>20</v>
       </c>
       <c r="L103" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>