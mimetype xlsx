--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -73,51 +73,51 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Звонок;сталь;D=84,H=60мм;черный</t>
   </si>
   <si>
     <t>08020107</t>
   </si>
   <si>
     <t>41390-00</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>Звонки</t>
   </si>
   <si>
     <t>8409.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Звонок;хром;D=84,H=60мм;черный</t>
   </si>
   <si>
     <t>08020108</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>8344.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Звонок;сталь хромир.,дерево;D=92,H=68мм</t>
   </si>
   <si>
     <t>08020110</t>
   </si>