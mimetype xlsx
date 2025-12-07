--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="600">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="598">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -275,1484 +275,1469 @@
   <si>
     <t>03200401</t>
   </si>
   <si>
     <t>0566</t>
   </si>
   <si>
     <t>Lubiana</t>
   </si>
   <si>
     <t>Arcadia</t>
   </si>
   <si>
     <t>ПОЛЬША</t>
   </si>
   <si>
     <t>Подсвечники</t>
   </si>
   <si>
     <t>2749.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
-    <t>Подсвечник с блюдцем «Капелло»;стекло;D=120/50,H=132мм;прозр.</t>
-[...5 lines deleted...]
-    <t>2539C1200</t>
+    <t>Подсвечник «Кашуб-хел»;фарфор;D=45/90,H=110мм;белый</t>
+  </si>
+  <si>
+    <t>03200409</t>
+  </si>
+  <si>
+    <t>0266</t>
+  </si>
+  <si>
+    <t>Kaszub-Hel</t>
+  </si>
+  <si>
+    <t>4990.00₸</t>
+  </si>
+  <si>
+    <t>39 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник «Граунд Хат»;стекло;D=40,H=12,L=110,B=95мм;матовый</t>
+  </si>
+  <si>
+    <t>03200417</t>
+  </si>
+  <si>
+    <t>BDK</t>
+  </si>
+  <si>
+    <t>Ground</t>
+  </si>
+  <si>
+    <t>ЧЕХИЯ</t>
+  </si>
+  <si>
+    <t>2011.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Клиа Хат»</t>
+  </si>
+  <si>
+    <t>03200418</t>
+  </si>
+  <si>
+    <t>Clear</t>
+  </si>
+  <si>
+    <t>2410.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=80/45,H=12мм;желт.</t>
+  </si>
+  <si>
+    <t>03200419</t>
+  </si>
+  <si>
+    <t>Flower</t>
+  </si>
+  <si>
+    <t>2488.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=80/45,H=12мм;коричнев.,желт.</t>
+  </si>
+  <si>
+    <t>03200420</t>
+  </si>
+  <si>
+    <t>2380.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=80/45,H=12мм;синий,прозр.</t>
+  </si>
+  <si>
+    <t>03200421</t>
+  </si>
+  <si>
+    <t>2264.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=122мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200422</t>
+  </si>
+  <si>
+    <t>3057.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=122мм;голуб.</t>
+  </si>
+  <si>
+    <t>03200430</t>
+  </si>
+  <si>
+    <t>4697.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник;стекло,металл;6,7л;D=19,H=18см</t>
+  </si>
+  <si>
+    <t>03200433</t>
+  </si>
+  <si>
+    <t>M2502</t>
+  </si>
+  <si>
+    <t>San Miguel</t>
+  </si>
+  <si>
+    <t>Fusion</t>
+  </si>
+  <si>
+    <t>ИСПАНИЯ</t>
+  </si>
+  <si>
+    <t>26881.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник [2шт];стекло,сталь нерж.;D=5,H=8см;стальной,прозр.</t>
+  </si>
+  <si>
+    <t>03200434</t>
+  </si>
+  <si>
+    <t>03026</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>11438.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=122мм;янтарн.</t>
+  </si>
+  <si>
+    <t>03200436</t>
+  </si>
+  <si>
+    <t>6399.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ» темн.-янтарь;стекло;D=50,H=72,B=122мм;тем.корич.</t>
+  </si>
+  <si>
+    <t>03200437</t>
+  </si>
+  <si>
+    <t>Подсвечник «Лиф»;стекло;,H=72,L=124,B=90мм;зелен.</t>
+  </si>
+  <si>
+    <t>03200439</t>
+  </si>
+  <si>
+    <t>Leaf</t>
+  </si>
+  <si>
+    <t>2526.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Лиф»;стекло;D=45,H=12,L=120,B=85мм;янтарн.</t>
+  </si>
+  <si>
+    <t>03200440</t>
+  </si>
+  <si>
+    <t>2634.00₸</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=122мм;красный</t>
+  </si>
+  <si>
+    <t>03200441</t>
+  </si>
+  <si>
+    <t>7916.00₸</t>
+  </si>
+  <si>
+    <t>18 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=122мм;синий</t>
+  </si>
+  <si>
+    <t>03200442</t>
+  </si>
+  <si>
+    <t>3897.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ» оранж.-красный;стекло;D=50,H=85,L=105,B=105мм;оранжев.</t>
+  </si>
+  <si>
+    <t>03200443</t>
+  </si>
+  <si>
+    <t>7700.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник «Лампарина»;стекло;D=80/40,H=54мм;голуб.</t>
+  </si>
+  <si>
+    <t>03200449</t>
+  </si>
+  <si>
+    <t>6.34460 T</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>Lamparina</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>2557.00₸</t>
+  </si>
+  <si>
+    <t>10 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник «Свенска»;стекло;D=70/36,H=29мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200455</t>
+  </si>
+  <si>
+    <t>213200001/2132FPV00</t>
   </si>
   <si>
     <t>Libbey</t>
   </si>
   <si>
-    <t>Capello</t>
+    <t>Svenska</t>
   </si>
   <si>
     <t>ПОРТУГАЛИЯ</t>
   </si>
   <si>
-    <t>701.00₸</t>
+    <t>794.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=122мм;зелен.</t>
+  </si>
+  <si>
+    <t>03200457</t>
+  </si>
+  <si>
+    <t>7608.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Рэд»;стекло;D=14,5,H=10,1,B=14см;красный</t>
+  </si>
+  <si>
+    <t>03200458</t>
+  </si>
+  <si>
+    <t>757/801R</t>
+  </si>
+  <si>
+    <t>Lux</t>
+  </si>
+  <si>
+    <t>Red</t>
+  </si>
+  <si>
+    <t>4751.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Блю»;стекло;D=30,H=101,B=140мм;синий</t>
+  </si>
+  <si>
+    <t>03200459</t>
+  </si>
+  <si>
+    <t>757/801Blu</t>
+  </si>
+  <si>
+    <t>Blue</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник с плафоном;стекло,сталь;D=107/40,H=223мм;прозр.,металлич.</t>
+  </si>
+  <si>
+    <t>03200460</t>
+  </si>
+  <si>
+    <t>03013</t>
+  </si>
+  <si>
+    <t>25626.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Мелодия»;фарфор;D=30,H=57,L=87,B=73мм;белый</t>
+  </si>
+  <si>
+    <t>03200467</t>
+  </si>
+  <si>
+    <t>MEL4600</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Melodie</t>
+  </si>
+  <si>
+    <t>4051.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Вегас»;стекло;D=50,H=37мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200472</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Vegas</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>686.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=124мм;золотой</t>
+  </si>
+  <si>
+    <t>03200487</t>
+  </si>
+  <si>
+    <t>8032.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=124мм;серебрист.</t>
+  </si>
+  <si>
+    <t>03200488</t>
+  </si>
+  <si>
+    <t>7993.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=124мм;медный</t>
+  </si>
+  <si>
+    <t>03200489</t>
+  </si>
+  <si>
+    <t>7854.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;,H=106,L=185,B=177мм;зелен.</t>
+  </si>
+  <si>
+    <t>03200490</t>
+  </si>
+  <si>
+    <t>10149.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;,H=106,L=185,B=177мм;красный,белый</t>
+  </si>
+  <si>
+    <t>03200491</t>
+  </si>
+  <si>
+    <t>11150.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ»;стекло;,H=106,L=185,B=177мм;св.корич.,тем.корич.</t>
+  </si>
+  <si>
+    <t>03200492</t>
+  </si>
+  <si>
+    <t>12906.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник «Грин»;стекло;,H=101,B=140мм;зелен.</t>
+  </si>
+  <si>
+    <t>03200493</t>
+  </si>
+  <si>
+    <t>757/801G</t>
+  </si>
+  <si>
+    <t>Green</t>
+  </si>
+  <si>
+    <t>Подсвечник «Лучилла»;стекло;D=80/40,H=164мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200494</t>
+  </si>
+  <si>
+    <t>Lucilla</t>
+  </si>
+  <si>
+    <t>3219.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Клиа»;стекло;D=45,H=82,L=77,B=77мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200499</t>
+  </si>
+  <si>
+    <t>5822.00₸</t>
+  </si>
+  <si>
+    <t>Набор подсвечников[2шт];сталь;D=70,H=175мм;металлич.</t>
+  </si>
+  <si>
+    <t>03200501</t>
+  </si>
+  <si>
+    <t>32931-02</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>42451.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Максим»;фарфор;D=75,H=40мм;белый</t>
+  </si>
+  <si>
+    <t>03200503</t>
+  </si>
+  <si>
+    <t>MAX4600</t>
+  </si>
+  <si>
+    <t>Maxim</t>
+  </si>
+  <si>
+    <t>3358.00₸</t>
+  </si>
+  <si>
+    <t>Плафон д/подсвечника 3016;стекло;D=48,H=100мм;матовый</t>
+  </si>
+  <si>
+    <t>03200505</t>
+  </si>
+  <si>
+    <t>03028</t>
+  </si>
+  <si>
+    <t>Плафоны для светильников</t>
+  </si>
+  <si>
+    <t>1617.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника;стекло;D=116/65,H=96мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200508</t>
+  </si>
+  <si>
+    <t>005</t>
+  </si>
+  <si>
+    <t>Candol</t>
+  </si>
+  <si>
+    <t>Rustica</t>
+  </si>
+  <si>
+    <t>АВСТРИЯ</t>
+  </si>
+  <si>
+    <t>8417.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Мидия»;сталь,стекло;D=10,H=17,8см;золотой,перламутр.</t>
+  </si>
+  <si>
+    <t>03200509</t>
+  </si>
+  <si>
+    <t>1001М</t>
+  </si>
+  <si>
+    <t>Midia</t>
+  </si>
+  <si>
+    <t>Светильники</t>
+  </si>
+  <si>
+    <t>26512.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника;стекло;D=99/50,H=98мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200511</t>
+  </si>
+  <si>
+    <t>g004</t>
+  </si>
+  <si>
+    <t>9826.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника;стекло;D=108/50,H=113мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200512</t>
+  </si>
+  <si>
+    <t>001S</t>
+  </si>
+  <si>
+    <t>8979.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Мидия»;стекло,сталь;D=99,H=255,L=130,B=130мм;хромиров.,прозр.</t>
+  </si>
+  <si>
+    <t>03200513</t>
+  </si>
+  <si>
+    <t>1007М</t>
+  </si>
+  <si>
+    <t>Светильник «Аладин»;стекло;D=10,2,H=18,8см;коричнев.,прозр.</t>
+  </si>
+  <si>
+    <t>03200514</t>
+  </si>
+  <si>
+    <t>1109М</t>
+  </si>
+  <si>
+    <t>Aladin</t>
+  </si>
+  <si>
+    <t>22246.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Кокон»;прозр.</t>
+  </si>
+  <si>
+    <t>03200515</t>
+  </si>
+  <si>
+    <t>Cocoon</t>
+  </si>
+  <si>
+    <t>2833.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Рустика»;сталь,стекло;D=11,8,H=18,1см;черный,красный</t>
+  </si>
+  <si>
+    <t>03200516</t>
+  </si>
+  <si>
+    <t>6510L</t>
+  </si>
+  <si>
+    <t>25603.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Студио»;сталь,стекло;D=11,8,H=16см;металлич.,прозр.</t>
+  </si>
+  <si>
+    <t>03200517</t>
+  </si>
+  <si>
+    <t>0407L</t>
+  </si>
+  <si>
+    <t>Studio</t>
+  </si>
+  <si>
+    <t>25872.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Люмина»;сталь,стекло;D=99,H=187мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03200518</t>
+  </si>
+  <si>
+    <t>1510M</t>
+  </si>
+  <si>
+    <t>Lumina</t>
+  </si>
+  <si>
+    <t>21245.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Студио»;сталь,стекло;D=11,8,H=16см;золотой,красный</t>
+  </si>
+  <si>
+    <t>03200519</t>
+  </si>
+  <si>
+    <t>0401L</t>
+  </si>
+  <si>
+    <t>27613.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Мидия»;сталь,стекло;D=97,H=181мм;белый,прозр.</t>
+  </si>
+  <si>
+    <t>03200523</t>
+  </si>
+  <si>
+    <t>1005M</t>
+  </si>
+  <si>
+    <t>22865.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Джим»;сталь,стекло;D=64,H=195мм;матовый,металлич.</t>
+  </si>
+  <si>
+    <t>03200525</t>
+  </si>
+  <si>
+    <t>6001A/063</t>
+  </si>
+  <si>
+    <t>Jim</t>
+  </si>
+  <si>
+    <t>30654.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Светильник «Джим»;сталь,стекло;D=64,H=195мм;серебрист.,прозр.</t>
+  </si>
+  <si>
+    <t>03200526</t>
+  </si>
+  <si>
+    <t>6001A/064</t>
+  </si>
+  <si>
+    <t>34643.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Джим»;сталь,стекло;D=64,H=195мм;золотой,прозр.</t>
+  </si>
+  <si>
+    <t>03200527</t>
+  </si>
+  <si>
+    <t>6011A/064</t>
+  </si>
+  <si>
+    <t>30215.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Коко»;сталь,стекло;D=76,H=178мм;золотой,матовый</t>
+  </si>
+  <si>
+    <t>03200529</t>
+  </si>
+  <si>
+    <t>6101A066</t>
+  </si>
+  <si>
+    <t>Coco</t>
+  </si>
+  <si>
+    <t>31416.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Делия»;сталь,стекло;D=12,4,H=24,6см;золотой,прозр.</t>
+  </si>
+  <si>
+    <t>03200530</t>
+  </si>
+  <si>
+    <t>0921S022</t>
+  </si>
+  <si>
+    <t>Delia</t>
+  </si>
+  <si>
+    <t>48172.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Делия»;сталь,стекло;D=12,4,H=24,6см;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03200531</t>
+  </si>
+  <si>
+    <t>0927</t>
+  </si>
+  <si>
+    <t>45423.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника «Джим»;стекло;D=60,H=167мм;матовый</t>
+  </si>
+  <si>
+    <t>03200532</t>
+  </si>
+  <si>
+    <t>063</t>
+  </si>
+  <si>
+    <t>10965.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника «Джим»;стекло;D=60,H=167мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200533</t>
+  </si>
+  <si>
+    <t>064</t>
+  </si>
+  <si>
+    <t>10873.00₸</t>
+  </si>
+  <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
+    <t>Плафон д/светил. матерчатый «Делия»;бумага;D=172/50,H=121мм;бежев.</t>
+  </si>
+  <si>
+    <t>03200534</t>
+  </si>
+  <si>
+    <t>098</t>
+  </si>
+  <si>
+    <t>11019.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника «Делия»;стекло;D=124/76,H=111мм;матовый</t>
+  </si>
+  <si>
+    <t>03200537</t>
+  </si>
+  <si>
+    <t>021</t>
+  </si>
+  <si>
+    <t>9833.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника тип L,H тонированый;стекло;D=118/53,H=97мм;бежев.</t>
+  </si>
+  <si>
+    <t>03200539</t>
+  </si>
+  <si>
+    <t>006</t>
+  </si>
+  <si>
+    <t>9086.00₸</t>
+  </si>
+  <si>
+    <t>Плафон для светильника тип А матовый;стекло;D=78/40,H=127мм;матовый</t>
+  </si>
+  <si>
+    <t>03200540</t>
+  </si>
+  <si>
+    <t>061</t>
+  </si>
+  <si>
+    <t>11928.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник «Карат»;фарфор;D=75,H=40мм;белый</t>
+  </si>
+  <si>
+    <t>03200546</t>
+  </si>
+  <si>
+    <t>25 7700</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Carat</t>
+  </si>
+  <si>
+    <t>10588.00₸</t>
+  </si>
+  <si>
+    <t>21 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник;стекло;D=65,H=60мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200547</t>
+  </si>
+  <si>
+    <t>Osz</t>
+  </si>
+  <si>
+    <t>224.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник;сталь нерж.;D=13,5,H=11см</t>
+  </si>
+  <si>
+    <t>03200549</t>
+  </si>
+  <si>
+    <t>381.14.2</t>
+  </si>
+  <si>
+    <t>Frabosk</t>
+  </si>
+  <si>
+    <t>8147.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник + свеча[2шт];металл;D=95,H=25мм;металлич.</t>
+  </si>
+  <si>
+    <t>03200551</t>
+  </si>
+  <si>
+    <t>03010</t>
+  </si>
+  <si>
+    <t>15462.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник;стекло;,H=85мм;белый</t>
+  </si>
+  <si>
+    <t>03200552</t>
+  </si>
+  <si>
+    <t>G368-08-391</t>
+  </si>
+  <si>
+    <t>LSA</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
+  </si>
+  <si>
+    <t>22823.00₸</t>
+  </si>
+  <si>
+    <t>25 шт.</t>
+  </si>
+  <si>
+    <t>Плафон для светильника «Делия»;стекло;D=124/76,H=111мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200553</t>
+  </si>
+  <si>
+    <t>022</t>
+  </si>
+  <si>
+    <t>10680.00₸</t>
+  </si>
+  <si>
+    <t>Лампа настольная пламеобразная;хромирован.,стекло;D=11,H=22см</t>
+  </si>
+  <si>
+    <t>03200555</t>
+  </si>
+  <si>
+    <t>42941-22</t>
+  </si>
+  <si>
+    <t>24710.00₸</t>
+  </si>
+  <si>
+    <t>Лампа настольная пламеобразная;хромирован.,стекло;D=11,H=32см</t>
+  </si>
+  <si>
+    <t>03200556</t>
+  </si>
+  <si>
+    <t>42941-32</t>
+  </si>
+  <si>
+    <t>28760.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Делия»;сталь,стекло;D=12,4,H=24,6см;металлич.,прозр.</t>
+  </si>
+  <si>
+    <t>03200558</t>
+  </si>
+  <si>
+    <t>0927S</t>
+  </si>
+  <si>
+    <t>Подсвечник «Бейзик»;стекло;D=82,H=170мм;прозр.</t>
+  </si>
+  <si>
+    <t>03200559</t>
+  </si>
+  <si>
+    <t>44021/b</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>Basic</t>
+  </si>
+  <si>
+    <t>1001.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Банкет»;стекло;D=12,H=23,5см;прозр.</t>
+  </si>
+  <si>
+    <t>03200560</t>
+  </si>
+  <si>
+    <t>61340M</t>
+  </si>
+  <si>
+    <t>Vidivi</t>
+  </si>
+  <si>
+    <t>Banguet</t>
+  </si>
+  <si>
+    <t>РУМЫНИЯ</t>
+  </si>
+  <si>
+    <t>24579.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник на 7свечей «Кима»;сталь нерж.;D=25,H=30см</t>
+  </si>
+  <si>
+    <t>03200570</t>
+  </si>
+  <si>
+    <t>56226-07</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Kyma</t>
+  </si>
+  <si>
+    <t>186410.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник;керамика;,H=70,L=70,B=65мм;голуб.,белый</t>
+  </si>
+  <si>
+    <t>03200571</t>
+  </si>
+  <si>
+    <t>Cosy&amp;Trendy</t>
+  </si>
+  <si>
+    <t>Il Cielo</t>
+  </si>
+  <si>
+    <t>БЕЛЬГИЯ</t>
+  </si>
+  <si>
+    <t>3750.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник[2шт];сплав цинк.,стекло;D=75,H=125мм;металлич.,матовый</t>
+  </si>
+  <si>
+    <t>03201103</t>
+  </si>
+  <si>
+    <t>03016</t>
+  </si>
+  <si>
+    <t>22361.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Флауэ» светл.янтарь;стекло;D=5,H=8,L=10,B=10см;янтарн.</t>
+  </si>
+  <si>
+    <t>03201104</t>
+  </si>
+  <si>
+    <t>3204.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник;металл,посеребрен.;D=55,H=115мм;металлич.</t>
+  </si>
+  <si>
+    <t>03201105</t>
+  </si>
+  <si>
+    <t>04004</t>
+  </si>
+  <si>
+    <t>13391.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Опшенс»;фарфор;белый</t>
+  </si>
+  <si>
+    <t>03201106</t>
+  </si>
+  <si>
+    <t>99 7700</t>
+  </si>
+  <si>
+    <t>Options</t>
+  </si>
+  <si>
+    <t>11104.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник;металл;,H=39см;серебрист.</t>
+  </si>
+  <si>
+    <t>03201108</t>
+  </si>
+  <si>
+    <t>04006</t>
+  </si>
+  <si>
+    <t>50597.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «XXL» на 5свечей;металл;,H=56,L=46,B=46см;серебрист.</t>
+  </si>
+  <si>
+    <t>03201109</t>
+  </si>
+  <si>
+    <t>04000</t>
+  </si>
+  <si>
+    <t>146778.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «XXL» на 3 свечи;металл;,H=25,L=27,5,B=11см;серебрян.</t>
+  </si>
+  <si>
+    <t>03201110</t>
+  </si>
+  <si>
+    <t>04002</t>
+  </si>
+  <si>
+    <t>42840.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник;стекло;100мл;D=62,H=55мм;прозр.</t>
+  </si>
+  <si>
+    <t>03201112</t>
+  </si>
+  <si>
+    <t>54119/b</t>
+  </si>
+  <si>
+    <t>287.00₸</t>
+  </si>
+  <si>
+    <t>более 1 000 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник «Джой»;стекло;D=67,H=64мм;красный</t>
+  </si>
+  <si>
+    <t>03201113</t>
+  </si>
+  <si>
+    <t>28414/red</t>
+  </si>
+  <si>
+    <t>Nude</t>
+  </si>
+  <si>
+    <t>Joy</t>
+  </si>
+  <si>
+    <t>ТУРЦИЯ</t>
+  </si>
+  <si>
+    <t>18981.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Джой»;стекло;D=67,H=64мм;бирюз.</t>
+  </si>
+  <si>
+    <t>03201114</t>
+  </si>
+  <si>
+    <t>28414/blue</t>
+  </si>
+  <si>
+    <t>15385.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Джой» бургунд.;стекло;D=67,H=64мм</t>
+  </si>
+  <si>
+    <t>03201115</t>
+  </si>
+  <si>
+    <t>28414/burgun</t>
+  </si>
+  <si>
+    <t>11889.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Джой»;стекло;D=67,H=64мм;амбер</t>
+  </si>
+  <si>
+    <t>03201116</t>
+  </si>
+  <si>
+    <t>28414/amber</t>
+  </si>
+  <si>
+    <t>Подсвечник «Джой» дымчат.;стекло;D=67,H=64мм</t>
+  </si>
+  <si>
+    <t>03201117</t>
+  </si>
+  <si>
+    <t>28414/smoke</t>
+  </si>
+  <si>
+    <t>Подсвечник «Джой»;стекло;D=67,H=64мм;серо-голуб.</t>
+  </si>
+  <si>
+    <t>03201118</t>
+  </si>
+  <si>
+    <t>28414/blue-grey</t>
+  </si>
+  <si>
+    <t>Подсвечник для 3-х свечей «Бамбу»;сталь нерж.;,H=34,L=13,B=13см</t>
+  </si>
+  <si>
+    <t>03201119</t>
+  </si>
+  <si>
+    <t>56725-03</t>
+  </si>
+  <si>
+    <t>Bamboo</t>
+  </si>
+  <si>
+    <t>156495.00₸</t>
+  </si>
+  <si>
+    <t>Свечи[8шт];парафин;D=50,H=86,L=200,B=102мм;бордо</t>
+  </si>
+  <si>
+    <t>03201310</t>
+  </si>
+  <si>
+    <t>8193.00₸</t>
+  </si>
+  <si>
+    <t>Свечи[8шт];парафин;D=50,H=86,L=200,B=102мм;белый</t>
+  </si>
+  <si>
+    <t>03201311</t>
+  </si>
+  <si>
+    <t>8116.00₸</t>
+  </si>
+  <si>
+    <t>Свечи[8шт];парафин;D=50,H=86,L=200,B=102мм;желт.</t>
+  </si>
+  <si>
+    <t>03201313</t>
+  </si>
+  <si>
+    <t>8124.00₸</t>
+  </si>
+  <si>
+    <t>Свечи[8шт];парафин;D=50,H=86,L=200,B=102мм;красный</t>
+  </si>
+  <si>
+    <t>03201314</t>
+  </si>
+  <si>
+    <t>Свечи[6шт];парафин;D=6,H=11,L=18,B=12см;бордо</t>
+  </si>
+  <si>
+    <t>03201317</t>
+  </si>
+  <si>
+    <t>9448.00₸</t>
+  </si>
+  <si>
+    <t>Свечи античные[50шт];парафин;D=20,H=245,L=280мм;белый</t>
+  </si>
+  <si>
+    <t>03201358</t>
+  </si>
+  <si>
+    <t>19297.00₸</t>
+  </si>
+  <si>
+    <t>Свечи античные[50шт];парафин;D=23,H=245,L=280мм;бордо</t>
+  </si>
+  <si>
+    <t>03201360</t>
+  </si>
+  <si>
+    <t>19404.00₸</t>
+  </si>
+  <si>
+    <t>Свеча столбик[4шт];D=4,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03201371</t>
+  </si>
+  <si>
+    <t>1340.00₸</t>
+  </si>
+  <si>
+    <t>Свеча музыкальная+3доп.свечи</t>
+  </si>
+  <si>
+    <t>03201372</t>
+  </si>
+  <si>
+    <t>1787.00₸</t>
+  </si>
+  <si>
+    <t>Свеча «Меланж Де Матча»;D=12,H=12см</t>
+  </si>
+  <si>
+    <t>03201380</t>
+  </si>
+  <si>
+    <t>B6514134</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Melange De M</t>
+  </si>
+  <si>
+    <t>37284.00₸</t>
   </si>
   <si>
     <t>6 шт.</t>
   </si>
   <si>
-    <t>Подсвечник «Кашуб-хел»;фарфор;D=45/90,H=110мм;белый</t>
-[...182 lines deleted...]
-    <t>7916.00₸</t>
+    <t>Свеча «Эклат Доранж»;D=12,H=12см</t>
+  </si>
+  <si>
+    <t>03201381</t>
+  </si>
+  <si>
+    <t>B6514118</t>
+  </si>
+  <si>
+    <t>Eclat D`oran</t>
+  </si>
+  <si>
+    <t>37592.00₸</t>
+  </si>
+  <si>
+    <t>Свеча «Столбик»;D=4,H=6см;белый</t>
+  </si>
+  <si>
+    <t>03201385</t>
+  </si>
+  <si>
+    <t>332.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Подсвечник «Экселенси»;фарфор;,H=38,L=170,B=86мм;белый</t>
+  </si>
+  <si>
+    <t>03202007</t>
+  </si>
+  <si>
+    <t>EXL9412</t>
+  </si>
+  <si>
+    <t>Excellency</t>
+  </si>
+  <si>
+    <t>7523.00₸</t>
+  </si>
+  <si>
+    <t>Подсвечник «Изабелл»;фарфор;,H=38,L=170,B=86мм;белый</t>
+  </si>
+  <si>
+    <t>03202008</t>
+  </si>
+  <si>
+    <t>ISB9412</t>
+  </si>
+  <si>
+    <t>Isabell</t>
+  </si>
+  <si>
+    <t>7508.00₸</t>
+  </si>
+  <si>
+    <t>Лампа настольная «Астрэо» LED 3ватт;пластик;D=15,H=27,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03202010</t>
+  </si>
+  <si>
+    <t>LAST000GA861275</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Astreo</t>
+  </si>
+  <si>
+    <t>40432.00₸</t>
+  </si>
+  <si>
+    <t>Лампа настольная «Астрэо» LED 3ватт;пластик;D=15,H=27,5см;медный</t>
+  </si>
+  <si>
+    <t>03202011</t>
+  </si>
+  <si>
+    <t>LAST000RM861275</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Лампа настольная «Астрэо» LED 3ватт;пластик;D=15,H=27,5см;белый</t>
+  </si>
+  <si>
+    <t>03202012</t>
+  </si>
+  <si>
+    <t>LAST000BI861275</t>
+  </si>
+  <si>
+    <t>Лампа настольная «Этэре» LED;алюмин.;D=13,H=38см;белый</t>
+  </si>
+  <si>
+    <t>03202013</t>
+  </si>
+  <si>
+    <t>LETE000BI863380</t>
+  </si>
+  <si>
+    <t>Etere</t>
+  </si>
+  <si>
+    <t>68430.00₸</t>
   </si>
   <si>
     <t>20 шт.</t>
   </si>
   <si>
-    <t>Подсвечник «Флауэ»;стекло;D=50,H=72,B=122мм;синий</t>
-[...38 lines deleted...]
-    <t>2557.00₸</t>
+    <t>Лампа настольная «Этэре» LED;алюмин.;D=13,H=38см;медный</t>
+  </si>
+  <si>
+    <t>03202014</t>
+  </si>
+  <si>
+    <t>LETE000CT863380</t>
   </si>
   <si>
     <t>16 шт.</t>
   </si>
   <si>
-    <t>Подсвечник «Свенска»;стекло;D=70/36,H=29мм;прозр.</t>
-[...1174 lines deleted...]
-  <si>
     <t>Лампа настольная «Этэре» LED;алюмин.;D=13,H=38см;черный</t>
   </si>
   <si>
     <t>03202015</t>
   </si>
   <si>
     <t>LETE000NE863380</t>
   </si>
   <si>
     <t>65450.00₸</t>
   </si>
   <si>
     <t>37 шт.</t>
   </si>
   <si>
     <t>Баллончик масляный тип 40M (60ч);пластик;D=45,H=135мм;белый</t>
   </si>
   <si>
     <t>04140503</t>
   </si>
   <si>
     <t>40М</t>
   </si>
   <si>
     <t>Баллончики для светильников</t>
@@ -1763,102 +1748,111 @@
   <si>
     <t>Баллончик масляный тип L 80 часов;пластик;D=58,H=126мм;белый</t>
   </si>
   <si>
     <t>04140504</t>
   </si>
   <si>
     <t>10L</t>
   </si>
   <si>
     <t>4551.00₸</t>
   </si>
   <si>
     <t>Баллончик масляный тип H 120ч;пластик;D=58,H=163мм;белый</t>
   </si>
   <si>
     <t>04140510</t>
   </si>
   <si>
     <t>00H</t>
   </si>
   <si>
     <t>6384.00₸</t>
   </si>
   <si>
-    <t>36 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Баллончик масляный тип 60А (40ч);пластик;D=45,H=110мм;белый,красный</t>
   </si>
   <si>
     <t>04140511</t>
   </si>
   <si>
     <t>60A</t>
   </si>
   <si>
     <t>2834.00₸</t>
   </si>
   <si>
     <t>Баллончик масляный тип S 60ч;пластик;D=45,H=135мм;белый,красный</t>
   </si>
   <si>
     <t>04140512</t>
   </si>
   <si>
     <t>55S</t>
   </si>
   <si>
     <t>4420.00₸</t>
   </si>
   <si>
     <t>Колпачок тип М;сталь;D=43,H=122мм</t>
   </si>
   <si>
     <t>04140601</t>
   </si>
   <si>
     <t>400M</t>
   </si>
   <si>
     <t>Колпачки для светильников</t>
   </si>
   <si>
     <t>3704.00₸</t>
   </si>
   <si>
     <t>Колпачок тип А;сталь;D=48,H=98мм;белый</t>
   </si>
   <si>
     <t>04140603</t>
   </si>
   <si>
     <t>600A</t>
   </si>
   <si>
     <t>3373.00₸</t>
+  </si>
+  <si>
+    <t>Лампа настольная «Мерле» электрическая;металл;D=11,H=30,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03202018</t>
+  </si>
+  <si>
+    <t>Merle</t>
+  </si>
+  <si>
+    <t>62594.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1873,51 +1867,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C5FD-21BF-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C87D-21BF-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C69D-21BF-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C73D-21BF-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36FC725C-424E-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B4496-424E-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D608F-4251-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFE66-21BF-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFDB4-21BF-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D8B-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D8C-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D8D-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590B0058-21BF-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037C-424B-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037D-424B-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037E-424B-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037F-424B-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFFB8-21BF-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFF18-21BF-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F082176-21BF-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA81636-E3D9-11EF-BC4E-00505692C44721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E5D-424D-11E8-A155-00259035BB6722.gif"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA81521-E3D9-11EF-BC4E-00505692C44723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB0E-424C-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB0F-424C-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB10-424C-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB11-424C-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB12-424C-11E8-A155-00259035BB6728.gif"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB13-424C-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5236-424D-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD135-21BF-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC279A68-21BF-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5234-424D-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5235-424D-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB14-424C-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB15-424C-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB16-424C-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB17-424C-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB18-424C-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD455-21BF-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA48-424C-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB19-424C-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C921-424D-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C922-424D-11E8-A155-00259035BB6744.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FD4-F161-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56DB00F7-424C-11E8-A155-00259035BB6746.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC2799C8-21BF-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FEC-424D-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FED-424D-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FEE-424D-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD3B5-21BF-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FF0-424D-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FF1-424D-11E8-A155-00259035BB6753.gif"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C923-424D-11E8-A155-00259035BB6754.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33692AF6-EA57-11EB-BBF2-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373D0-424E-11E8-A155-00259035BB6756.gif"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62C6848B-21C0-11EE-BC0D-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA81403-E3D9-11EF-BC4E-00505692C44758.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D53EA419-E3D3-11EB-BBF2-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02460544-21C0-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B6E-E3D3-11EB-BBF2-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024604A4-21C0-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024605E4-21C0-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCCA-424B-11E8-A155-00259035BB6764.gif"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD6-E3D3-11EB-BBF2-005056921CC465.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CF5-424B-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE6B-424B-11E8-A155-00259035BB6767.gif"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B6C-E3D3-11EB-BBF2-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F0824A8-21BF-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F082408-21BF-11EE-BC0D-005056921CC470.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF083-424B-11E8-A155-00259035BB6771.gif"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD3-E3D3-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD2-E3D3-11EB-BBF2-005056921CC473.jpg"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D15-424C-11E8-A155-00259035BB6774.gif"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B70-E3D3-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD5-E3D3-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD4-E3D3-11EB-BBF2-005056921CC477.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D1B-424C-11E8-A155-00259035BB6778.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D8-E3D3-11EB-BBF2-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02460724-21C0-11EE-BC0D-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D9-E3D3-11EB-BBF2-005056921CC481.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59041204-424D-11E8-A155-00259035BB6782.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D6-E3D3-11EB-BBF2-005056921CC483.jpg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C3A0F2D-4251-11E8-A155-00259035BB6784.gif"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FD2-F161-11EB-BBF2-005056921CC485.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575E4-4251-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243438-4252-11E8-A155-00259035BB6787.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F01817B8-21BF-11EE-BC0D-005056921CC488.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD628-4252-11E8-A155-00259035BB6789.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588E511F-EA58-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588E511E-EA58-11EB-BBF2-005056921CC491.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB63B-4253-11E8-A155-00259035BB6792.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C344E-E3D3-11EB-BBF2-005056921CC493.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96E5-4253-11E8-A155-00259035BB6794.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD797F77-4768-11EA-BBCE-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FAC9B9E-5A44-11EA-BBCE-005056921CC496.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA843-424E-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34192-424F-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/720961B1-4250-11E8-A155-00259035BB6799.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3754FAA-E568-11EF-BC53-00505692E2D0100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD1D5-21BF-11EE-BC0D-005056921CC4101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AC3-4251-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40330F81-4252-11E8-A155-00259035BB67103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C344A-E3D3-11EB-BBF2-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD5A7-21BF-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD647-21BF-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC279928-21BF-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC2797E8-21BF-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC279888-21BF-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD4F5-21BF-11EE-BC0D-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0376926D-4769-11EA-BBCE-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92C20-21BF-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92CC0-21BF-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92B80-21BF-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92AE0-21BF-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92D60-21BF-11EE-BC0D-005056921CC4116.jpg"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B76-424E-11E8-A155-00259035BB67117.gif"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E5AB0-F161-11EB-BBF2-005056921CC4118.jpg"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDFD7E97-424F-11E8-A155-00259035BB67119.gif"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A807694D-4250-11E8-A155-00259035BB67120.jpg"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03B07DFC-8149-11E9-BBBA-005056921CC4121.gif"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F082368-21BF-11EE-BC0D-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B69-E3D3-11EB-BBF2-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437821D0-3246-11EE-BC0D-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334C83BC-1431-11EE-BC09-005056921CC4125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F102-C783-11EE-BC3E-0050569297EB126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F1B4-C783-11EE-BC3E-0050569297EB127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F25D-C783-11EE-BC3E-0050569297EB128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85EB8-3484-11EF-BC57-00505692E049129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85DE8-3484-11EF-BC57-00505692E049130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1AAF9EA-3484-11EF-BC57-00505692E049131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021E7CA2-E3D7-11EB-BBF2-005056921CC4132.jpg"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEB78-424B-11E8-A155-00259035BB67133.gif"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B83F-21C9-11EE-BC0D-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021E7CA1-E3D7-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884301B2-F163-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A36-E3D5-11EB-BBF2-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85E97-21C8-11EE-BC0D-005056921CC4138.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C5FD-21BF-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C87D-21BF-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C69D-21BF-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52F8C73D-21BF-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36FC725C-424E-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7F0B4496-424E-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D608F-4251-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFE66-21BF-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFDB4-21BF-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D8B-424B-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D8C-424B-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F6535D8D-424B-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590B0058-21BF-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037C-424B-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037D-424B-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037E-424B-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5C037F-424B-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFFB8-21BF-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/590AFF18-21BF-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F082176-21BF-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA81636-E3D9-11EF-BC4E-00505692C44721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA81521-E3D9-11EF-BC4E-00505692C44722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB0E-424C-11E8-A155-00259035BB6723.gif"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB0F-424C-11E8-A155-00259035BB6724.gif"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB10-424C-11E8-A155-00259035BB6725.gif"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB11-424C-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB12-424C-11E8-A155-00259035BB6727.gif"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB13-424C-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5236-424D-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD135-21BF-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC279A68-21BF-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5234-424D-11E8-A155-00259035BB6732.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5235-424D-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB14-424C-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB15-424C-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB16-424C-11E8-A155-00259035BB6736.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB17-424C-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB18-424C-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD455-21BF-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA48-424C-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D505EB19-424C-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C921-424D-11E8-A155-00259035BB6742.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C922-424D-11E8-A155-00259035BB6743.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FD4-F161-11EB-BBF2-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56DB00F7-424C-11E8-A155-00259035BB6745.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC2799C8-21BF-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FEC-424D-11E8-A155-00259035BB6747.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FED-424D-11E8-A155-00259035BB6748.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FEE-424D-11E8-A155-00259035BB6749.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD3B5-21BF-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FF0-424D-11E8-A155-00259035BB6751.gif"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22FE8FF1-424D-11E8-A155-00259035BB6752.gif"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2902C923-424D-11E8-A155-00259035BB6753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33692AF6-EA57-11EB-BBF2-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/010373D0-424E-11E8-A155-00259035BB6755.gif"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62C6848B-21C0-11EE-BC0D-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECA81403-E3D9-11EF-BC4E-00505692C44757.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D53EA419-E3D3-11EB-BBF2-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02460544-21C0-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B6E-E3D3-11EB-BBF2-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024604A4-21C0-11EE-BC0D-005056921CC461.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/024605E4-21C0-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCCA-424B-11E8-A155-00259035BB6763.gif"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD6-E3D3-11EB-BBF2-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CF5-424B-11E8-A155-00259035BB6765.gif"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE6B-424B-11E8-A155-00259035BB6766.gif"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B6C-E3D3-11EB-BBF2-005056921CC467.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F0824A8-21BF-11EE-BC0D-005056921CC468.jpg"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F082408-21BF-11EE-BC0D-005056921CC469.jpg"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF083-424B-11E8-A155-00259035BB6770.gif"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD3-E3D3-11EB-BBF2-005056921CC471.jpg"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD2-E3D3-11EB-BBF2-005056921CC472.jpg"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D15-424C-11E8-A155-00259035BB6773.gif"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B70-E3D3-11EB-BBF2-005056921CC474.jpg"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD5-E3D3-11EB-BBF2-005056921CC475.jpg"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD4-E3D3-11EB-BBF2-005056921CC476.jpg"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D1B-424C-11E8-A155-00259035BB6777.jpg"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D8-E3D3-11EB-BBF2-005056921CC478.jpg"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02460724-21C0-11EE-BC0D-005056921CC479.jpg"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D9-E3D3-11EB-BBF2-005056921CC480.jpg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59041204-424D-11E8-A155-00259035BB6781.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CF0781D6-E3D3-11EB-BBF2-005056921CC482.jpg"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2C3A0F2D-4251-11E8-A155-00259035BB6783.gif"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3F879FD2-F161-11EB-BBF2-005056921CC484.jpg"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9E3575E4-4251-11E8-A155-00259035BB6785.jpg"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34243438-4252-11E8-A155-00259035BB6786.jpg"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F01817B8-21BF-11EE-BC0D-005056921CC487.jpg"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A63BD628-4252-11E8-A155-00259035BB6788.jpg"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588E511F-EA58-11EB-BBF2-005056921CC489.jpg"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/588E511E-EA58-11EB-BBF2-005056921CC490.jpg"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB63B-4253-11E8-A155-00259035BB6791.jpg"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C344E-E3D3-11EB-BBF2-005056921CC492.jpg"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E47D96E5-4253-11E8-A155-00259035BB6793.jpg"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FD797F77-4768-11EA-BBCE-005056921CC494.jpg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6FAC9B9E-5A44-11EA-BBCE-005056921CC495.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA843-424E-11E8-A155-00259035BB6796.jpg"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B7F34192-424F-11E8-A155-00259035BB6797.jpg"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/720961B1-4250-11E8-A155-00259035BB6798.jpg"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A3754FAA-E568-11EF-BC53-00505692E2D099.jpg"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD1D5-21BF-11EE-BC0D-005056921CC4100.jpg"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92378AC3-4251-11E8-A155-00259035BB67101.jpg"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40330F81-4252-11E8-A155-00259035BB67102.jpg"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B60C344A-E3D3-11EB-BBF2-005056921CC4103.jpg"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD5A7-21BF-11EE-BC0D-005056921CC4104.jpg"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD647-21BF-11EE-BC0D-005056921CC4105.jpg"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC279928-21BF-11EE-BC0D-005056921CC4106.jpg"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC2797E8-21BF-11EE-BC0D-005056921CC4107.jpg"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC279888-21BF-11EE-BC0D-005056921CC4108.jpg"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F62BD4F5-21BF-11EE-BC0D-005056921CC4109.jpg"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0376926D-4769-11EA-BBCE-005056921CC4110.jpg"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92C20-21BF-11EE-BC0D-005056921CC4111.jpg"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92CC0-21BF-11EE-BC0D-005056921CC4112.jpg"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92B80-21BF-11EE-BC0D-005056921CC4113.jpg"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92AE0-21BF-11EE-BC0D-005056921CC4114.jpg"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CE92D60-21BF-11EE-BC0D-005056921CC4115.jpg"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/790D9B76-424E-11E8-A155-00259035BB67116.gif"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/013E5AB0-F161-11EB-BBF2-005056921CC4117.jpg"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EDFD7E97-424F-11E8-A155-00259035BB67118.gif"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A807694D-4250-11E8-A155-00259035BB67119.jpg"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03B07DFC-8149-11E9-BBBA-005056921CC4120.gif"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F082368-21BF-11EE-BC0D-005056921CC4121.jpg"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B69-E3D3-11EB-BBF2-005056921CC4122.jpg"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/437821D0-3246-11EE-BC0D-005056921CC4123.jpg"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334C83BC-1431-11EE-BC09-005056921CC4124.jpg"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F102-C783-11EE-BC3E-0050569297EB125.jpg"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F1B4-C783-11EE-BC3E-0050569297EB126.jpg"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F25D-C783-11EE-BC3E-0050569297EB127.jpg"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85EB8-3484-11EF-BC57-00505692E049128.jpg"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85DE8-3484-11EF-BC57-00505692E049129.jpg"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1AAF9EA-3484-11EF-BC57-00505692E049130.jpg"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021E7CA2-E3D7-11EB-BBF2-005056921CC4131.jpg"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637EEB78-424B-11E8-A155-00259035BB67132.gif"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24B5B83F-21C9-11EE-BC0D-005056921CC4133.jpg"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/021E7CA1-E3D7-11EB-BBF2-005056921CC4134.jpg"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884301B2-F163-11EB-BBF2-005056921CC4135.jpg"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DE6D2A36-E3D5-11EB-BBF2-005056921CC4136.jpg"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57C85E97-21C8-11EE-BC0D-005056921CC4137.jpg"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9C2534A-C7F0-11F0-BC5A-00505692E2D0138.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -6307,51 +6301,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200351/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200352/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200354/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200357/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200369/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-hck-03200370/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-hck-03200371/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-hck-03200387/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-hck-03200388/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-svechey-d-torta-papstar-03200389/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-1-papstar-03200390/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200391/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200392/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200393/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200394/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200395/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200396/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200397/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200398/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-0-papstar-03200400/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lubiana-03200401/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-s-blyudcem-libbey-03200404/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lubiana-03200409/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200417/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200418/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200419/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200420/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200421/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200422/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200430/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-san-miguel-03200433/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-2sht-aps-03200434/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200436/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200437/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200439/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200440/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200441/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200442/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200443/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bormioli-rocco-03200449/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-libbey-03200455/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200457/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200458/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200459/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-s-plafonom-aps-03200460/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03200467/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-arcoroc-03200472/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200487/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200488/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200489/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200490/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200491/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200492/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200493/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bormioli-rocco-03200494/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200499/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-podsvechnikov-paderno-03200501/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03200503/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-d-podsvechnika-3016-aps-03200505/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200508/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200509/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200511/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200512/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200513/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200514/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-arcoroc-03200515/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200516/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200517/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200518/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200519/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200523/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200525/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200526/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200527/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200529/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200530/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200531/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200532/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200533/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-d-svetil-materchatyy-candol-03200534/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200537/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-tip-l-h-tonirovanyy-candol-03200539/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-tip-a-matovyy-candol-03200540/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bauscher-03200546/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-osz-03200547/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-frabosk-03200549/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-svecha-aps-03200551/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lsa-03200552/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200553/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-plameobraznaya-paderno-03200555/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-plameobraznaya-paderno-03200556/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200558/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-pasabahce-03200559/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-vidivi-03200560/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-na-7svechey-sambonet-03200570/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-cosy-and-trendy-03200571/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201103/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03201104/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201105/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bauscher-03201106/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201108/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201109/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201110/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-pasabahce-03201112/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201113/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201114/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201115/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201116/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201117/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201118/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-dlya-3-h-svechey-sambonet-03201119/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201310/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201311/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201313/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201314/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201317/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-antichnye-hck-03201358/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-antichnye-hck-03201360/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-stolbik-hck-03201371/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-muzykalnaya3dopsvechi-papstar-03201372/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-serax-03201380/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-serax-03201381/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-hck-03201385/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03202007/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03202008/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202010/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202011/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202012/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202013/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202014/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202015/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-maslyanyy-candol-04140503/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-maslyanyy-candol-04140504/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-masltip-h-120ch-candol-04140510/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-maslyanyy-candol-04140511/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-masltip-s-60ch-candol-04140512/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-tip-m-candol-04140601/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-tip-a-candol-04140603/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200351/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200352/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200354/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200357/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03200369/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-hck-03200370/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-hck-03200371/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-hck-03200387/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-hck-03200388/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-svechey-d-torta-papstar-03200389/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-1-papstar-03200390/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200391/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200392/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200393/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200394/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200395/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200396/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200397/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-papstar-03200398/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-cifra-ko-dnyu-rozhdeniya-0-papstar-03200400/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lubiana-03200401/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lubiana-03200409/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200417/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200418/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200419/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200420/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200421/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200422/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200430/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-san-miguel-03200433/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-2sht-aps-03200434/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200436/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200437/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200439/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200440/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200441/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200442/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200443/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bormioli-rocco-03200449/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-libbey-03200455/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200457/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200458/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200459/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-s-plafonom-aps-03200460/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03200467/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-arcoroc-03200472/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200487/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200488/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200489/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200490/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200491/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03200492/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200493/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bormioli-rocco-03200494/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lux-03200499/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-podsvechnikov-paderno-03200501/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03200503/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-d-podsvechnika-3016-aps-03200505/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200508/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200509/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200511/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200512/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200513/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200514/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-arcoroc-03200515/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200516/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200517/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200518/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200519/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200523/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200525/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200526/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200527/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200529/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200530/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200531/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200532/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200533/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-d-svetil-materchatyy-candol-03200534/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200537/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-tip-l-h-tonirovanyy-candol-03200539/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-tip-a-matovyy-candol-03200540/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bauscher-03200546/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-osz-03200547/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-frabosk-03200549/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-svecha-aps-03200551/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-lsa-03200552/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/plafon-dlya-svetilnika-candol-03200553/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-plameobraznaya-paderno-03200555/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-plameobraznaya-paderno-03200556/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200558/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-pasabahce-03200559/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-vidivi-03200560/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-na-7svechey-sambonet-03200570/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-cosy-and-trendy-03200571/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201103/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bdk-03201104/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201105/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-bauscher-03201106/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201108/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201109/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-aps-03201110/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-pasabahce-03201112/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201113/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201114/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201115/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201116/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201117/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-nude-03201118/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-dlya-3-h-svechey-sambonet-03201119/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201310/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201311/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201313/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201314/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-papstar-03201317/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-antichnye-hck-03201358/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svechi-antichnye-hck-03201360/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-stolbik-hck-03201371/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-muzykalnaya3dopsvechi-papstar-03201372/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-serax-03201380/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-serax-03201381/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svecha-hck-03201385/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03202007/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podsvechnik-g-benedikt-karlovy-vary-03202008/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202010/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202011/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202012/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202013/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202014/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202015/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-maslyanyy-candol-04140503/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-maslyanyy-candol-04140504/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-masltip-h-120ch-candol-04140510/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-maslyanyy-candol-04140511/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ballonchik-masltip-s-60ch-candol-04140512/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-tip-m-candol-04140601/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kolpachok-tip-a-candol-04140603/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-aps-03202018/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I139" sqref="I139"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -6845,51 +6839,51 @@
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D16" s="0">
         <v>19305</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>52</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D17" s="0">
         <v>19306</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
@@ -7057,3925 +7051,3923 @@
         <v>83</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>85</v>
       </c>
       <c r="L22" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E23" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="F23" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="F23" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="0" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="L23" s="0">
-        <v>6</v>
+        <v>36</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="D24" s="0">
+        <v>610124</v>
+      </c>
+      <c r="E24" s="0" t="s">
         <v>94</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="F24" s="0" t="s">
         <v>95</v>
       </c>
-      <c r="D24" s="0" t="s">
+      <c r="G24" s="0" t="s">
         <v>96</v>
-      </c>
-[...7 lines deleted...]
-        <v>82</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>99</v>
+        <v>18</v>
       </c>
       <c r="L24" s="0">
-        <v>36</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="C25" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="D25" s="0">
+        <v>610125</v>
+      </c>
+      <c r="E25" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="F25" s="0" t="s">
         <v>100</v>
       </c>
-      <c r="C25" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G25" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D26" s="0">
-        <v>610125</v>
+        <v>6101262</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0">
-        <v>72</v>
+        <v>48</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D27" s="0">
-        <v>6101262</v>
+        <v>6101263</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0">
-        <v>48</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="D28" s="0">
-        <v>6101263</v>
+        <v>6101265</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="0">
-        <v>1</v>
+        <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D29" s="0">
-        <v>6101265</v>
+        <v>610181</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="0">
-        <v>48</v>
+        <v>84</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="D30" s="0">
-        <v>610181</v>
+        <v>610913</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="0">
-        <v>84</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C31" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E31" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F31" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="G31" s="0" t="s">
         <v>123</v>
-      </c>
-[...13 lines deleted...]
-        <v>104</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0">
-        <v>80</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="C32" s="0" t="s">
+      <c r="D32" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="D32" s="0" t="s">
+      <c r="E32" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="E32" s="0" t="s">
+      <c r="F32" s="0"/>
+      <c r="G32" s="0" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="0">
-        <v>1</v>
+        <v>36</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>132</v>
+      </c>
+      <c r="D33" s="0">
+        <v>610908</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="F33" s="0"/>
+        <v>94</v>
+      </c>
+      <c r="F33" s="0" t="s">
+        <v>104</v>
+      </c>
       <c r="G33" s="0" t="s">
-        <v>137</v>
+        <v>96</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>139</v>
+        <v>18</v>
       </c>
       <c r="L33" s="0">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="D34" s="0">
-        <v>610908</v>
+        <v>610909</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>142</v>
+        <v>117</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="D35" s="0">
-        <v>610909</v>
+        <v>6103003</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>112</v>
+        <v>138</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>125</v>
+        <v>139</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0">
-        <v>1</v>
+        <v>72</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="D36" s="0">
-        <v>6103003</v>
+        <v>6103007</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>147</v>
+        <v>138</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>18</v>
+        <v>143</v>
       </c>
       <c r="L36" s="0">
-        <v>72</v>
+        <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="D37" s="0">
-        <v>6103007</v>
+        <v>610901</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>147</v>
+        <v>104</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="L37" s="0">
-        <v>5</v>
+        <v>84</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="D38" s="0">
-        <v>610901</v>
+        <v>610903</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>156</v>
+        <v>18</v>
       </c>
       <c r="L38" s="0">
         <v>84</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="D39" s="0">
-        <v>610903</v>
+        <v>610904</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>36</v>
+        <v>154</v>
       </c>
       <c r="L39" s="0">
-        <v>84</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="E40" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="F40" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="G40" s="0" t="s">
         <v>160</v>
-      </c>
-[...13 lines deleted...]
-        <v>104</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="L40" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="C41" s="0" t="s">
+      <c r="D41" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="D41" s="0" t="s">
+      <c r="E41" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="E41" s="0" t="s">
+      <c r="F41" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="F41" s="0" t="s">
+      <c r="G41" s="0" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>171</v>
+        <v>18</v>
       </c>
       <c r="L41" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>171</v>
+      </c>
+      <c r="D42" s="0">
+        <v>610912</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>175</v>
+        <v>104</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>18</v>
+        <v>162</v>
       </c>
       <c r="L42" s="0">
-        <v>24</v>
+        <v>84</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="C43" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="D43" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="E43" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="F43" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="C43" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G43" s="0" t="s">
-        <v>104</v>
+        <v>160</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>139</v>
+        <v>91</v>
       </c>
       <c r="L43" s="0">
-        <v>84</v>
+        <v>6</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="C44" s="0" t="s">
         <v>180</v>
       </c>
-      <c r="C44" s="0" t="s">
+      <c r="D44" s="0" t="s">
         <v>181</v>
       </c>
-      <c r="D44" s="0" t="s">
+      <c r="E44" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="F44" s="0" t="s">
         <v>182</v>
       </c>
-      <c r="E44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G44" s="0" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>99</v>
+        <v>183</v>
       </c>
       <c r="L44" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>186</v>
       </c>
-      <c r="C45" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E45" s="0" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>169</v>
+        <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>190</v>
+        <v>18</v>
       </c>
       <c r="L45" s="0">
-        <v>6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>189</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>190</v>
+      </c>
+      <c r="E46" s="0" t="s">
         <v>191</v>
       </c>
-      <c r="C46" s="0" t="s">
+      <c r="F46" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="D46" s="0" t="s">
-[...5 lines deleted...]
-      <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="0">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="C47" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="C47" s="0" t="s">
+      <c r="D47" s="0">
+        <v>71158</v>
+      </c>
+      <c r="E47" s="0" t="s">
         <v>196</v>
       </c>
-      <c r="D47" s="0" t="s">
+      <c r="F47" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="E47" s="0" t="s">
+      <c r="G47" s="0" t="s">
         <v>198</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>163</v>
+        <v>18</v>
       </c>
       <c r="L47" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D48" s="0">
-        <v>71158</v>
+        <v>610920</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>203</v>
+        <v>94</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>204</v>
+        <v>104</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>205</v>
+        <v>96</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="0">
-        <v>24</v>
+        <v>84</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="D49" s="0">
-        <v>610920</v>
+        <v>610921</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="0">
         <v>84</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="D50" s="0">
-        <v>610921</v>
+        <v>610922</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="0">
         <v>84</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="D51" s="0">
-        <v>610922</v>
+        <v>630312</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
-        <v>18</v>
+        <v>212</v>
       </c>
       <c r="L51" s="0">
-        <v>84</v>
+        <v>6</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D52" s="0">
-        <v>630312</v>
+        <v>630317</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>219</v>
+        <v>18</v>
       </c>
       <c r="L52" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D53" s="0">
-        <v>630317</v>
+        <v>630319</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>18</v>
+        <v>219</v>
       </c>
       <c r="L53" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="E54" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="F54" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="C54" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G54" s="0" t="s">
-        <v>104</v>
+        <v>160</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>225</v>
+        <v>178</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>226</v>
+        <v>183</v>
       </c>
       <c r="L54" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>225</v>
+      </c>
+      <c r="D55" s="0">
+        <v>7.0002</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>185</v>
+        <v>227</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
-        <v>190</v>
+        <v>18</v>
       </c>
       <c r="L55" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D56" s="0">
-        <v>7.0002</v>
+        <v>8175</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>233</v>
+        <v>100</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>8175</v>
+        <v>232</v>
+      </c>
+      <c r="D57" s="0" t="s">
+        <v>233</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="D58" s="0" t="s">
         <v>238</v>
       </c>
-      <c r="C58" s="0" t="s">
+      <c r="E58" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="F58" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="D58" s="0" t="s">
-[...5 lines deleted...]
-      <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>169</v>
+        <v>96</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>18</v>
+        <v>183</v>
       </c>
       <c r="L58" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>241</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>243</v>
       </c>
-      <c r="C59" s="0" t="s">
+      <c r="E59" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="F59" s="0"/>
+      <c r="G59" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="H59" s="0" t="s">
         <v>244</v>
       </c>
-      <c r="D59" s="0" t="s">
+      <c r="I59" s="1" t="s">
         <v>245</v>
-      </c>
-[...13 lines deleted...]
-        <v>247</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>190</v>
+        <v>18</v>
       </c>
       <c r="L59" s="0">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="D60" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="C60" s="0" t="s">
+      <c r="E60" s="0" t="s">
         <v>249</v>
       </c>
-      <c r="D60" s="0" t="s">
+      <c r="F60" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="E60" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>15</v>
+        <v>251</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>252</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="0">
-        <v>50</v>
+        <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
         <v>253</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>254</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>255</v>
       </c>
       <c r="E61" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F61" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="F61" s="0" t="s">
+      <c r="G61" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H61" s="0" t="s">
         <v>257</v>
       </c>
-      <c r="G61" s="0" t="s">
+      <c r="I61" s="1" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>18</v>
+        <v>154</v>
       </c>
       <c r="L61" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>260</v>
       </c>
-      <c r="C62" s="0" t="s">
+      <c r="D62" s="0" t="s">
         <v>261</v>
       </c>
-      <c r="D62" s="0" t="s">
+      <c r="E62" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F62" s="0"/>
+      <c r="G62" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H62" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="I62" s="1" t="s">
         <v>262</v>
-      </c>
-[...13 lines deleted...]
-        <v>265</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>163</v>
+        <v>18</v>
       </c>
       <c r="L62" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="E64" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F64" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>273</v>
+        <v>24</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="D65" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="E65" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="G65" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H65" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I65" s="1" t="s">
         <v>274</v>
-      </c>
-[...19 lines deleted...]
-        <v>24</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>36</v>
+        <v>183</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="D66" s="0">
+        <v>41906</v>
+      </c>
+      <c r="E66" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="F66" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="C66" s="0" t="s">
+      <c r="G66" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="H66" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I66" s="1" t="s">
         <v>278</v>
-      </c>
-[...16 lines deleted...]
-        <v>281</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>190</v>
+        <v>18</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="D67" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="E67" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F67" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="G67" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H67" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I67" s="1" t="s">
         <v>282</v>
-      </c>
-[...19 lines deleted...]
-        <v>285</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="D68" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="E68" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F68" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="G68" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H68" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I68" s="1" t="s">
         <v>287</v>
-      </c>
-[...16 lines deleted...]
-        <v>289</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="C69" s="0" t="s">
+      <c r="E69" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F69" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="D69" s="0" t="s">
+      <c r="G69" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H69" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>292</v>
-      </c>
-[...13 lines deleted...]
-        <v>294</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>295</v>
       </c>
-      <c r="C70" s="0" t="s">
+      <c r="E70" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F70" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="G70" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H70" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I70" s="1" t="s">
         <v>296</v>
-      </c>
-[...16 lines deleted...]
-        <v>299</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="A71" s="0"/>
       <c r="B71" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="D71" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="E71" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F71" s="0" t="s">
+        <v>256</v>
+      </c>
+      <c r="G71" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H71" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I71" s="1" t="s">
         <v>300</v>
-      </c>
-[...19 lines deleted...]
-        <v>303</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="A72" s="0"/>
       <c r="B72" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="D72" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="E72" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F72" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="C72" s="0" t="s">
+      <c r="G72" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>305</v>
-      </c>
-[...16 lines deleted...]
-        <v>307</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
-        <v>18</v>
+        <v>306</v>
       </c>
       <c r="L72" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="C73" s="0" t="s">
         <v>308</v>
       </c>
-      <c r="C73" s="0" t="s">
+      <c r="D73" s="0" t="s">
         <v>309</v>
       </c>
-      <c r="D73" s="0" t="s">
+      <c r="E73" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F73" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="G73" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H73" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I73" s="1" t="s">
         <v>310</v>
-      </c>
-[...13 lines deleted...]
-        <v>312</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
-        <v>313</v>
+        <v>18</v>
       </c>
       <c r="L73" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="D74" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="E74" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F74" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="G74" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H74" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I74" s="1" t="s">
         <v>314</v>
-      </c>
-[...19 lines deleted...]
-        <v>317</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="L74" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="A75" s="0"/>
       <c r="B75" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>316</v>
+      </c>
+      <c r="D75" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="E75" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F75" s="0" t="s">
         <v>318</v>
       </c>
-      <c r="C75" s="0" t="s">
+      <c r="G75" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H75" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I75" s="1" t="s">
         <v>319</v>
-      </c>
-[...16 lines deleted...]
-        <v>321</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>320</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="D76" s="0" t="s">
         <v>322</v>
       </c>
-      <c r="C76" s="0" t="s">
+      <c r="E76" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F76" s="0" t="s">
         <v>323</v>
       </c>
-      <c r="D76" s="0" t="s">
+      <c r="G76" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H76" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I76" s="1" t="s">
         <v>324</v>
-      </c>
-[...13 lines deleted...]
-        <v>326</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="A77" s="0"/>
       <c r="B77" s="0" t="s">
+        <v>325</v>
+      </c>
+      <c r="C77" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="D77" s="0" t="s">
         <v>327</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="E77" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F77" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="G77" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H77" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I77" s="1" t="s">
         <v>328</v>
-      </c>
-[...16 lines deleted...]
-        <v>331</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="L77" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="A78" s="0"/>
       <c r="B78" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="C78" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="D78" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="E78" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F78" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="G78" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H78" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>332</v>
-      </c>
-[...19 lines deleted...]
-        <v>335</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
-        <v>18</v>
+        <v>183</v>
       </c>
       <c r="L78" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="A79" s="0"/>
       <c r="B79" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="C79" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="D79" s="0" t="s">
+        <v>335</v>
+      </c>
+      <c r="E79" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F79" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="G79" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H79" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="I79" s="1" t="s">
         <v>336</v>
-      </c>
-[...19 lines deleted...]
-        <v>339</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
-        <v>190</v>
+        <v>337</v>
       </c>
       <c r="L79" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="C80" s="0" t="s">
+        <v>339</v>
+      </c>
+      <c r="D80" s="0" t="s">
         <v>340</v>
       </c>
-      <c r="C80" s="0" t="s">
+      <c r="E80" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F80" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="G80" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H80" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="I80" s="1" t="s">
         <v>341</v>
-      </c>
-[...16 lines deleted...]
-        <v>343</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>344</v>
+        <v>18</v>
       </c>
       <c r="L80" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:12" customHeight="1" ht="80">
       <c r="A81" s="0"/>
       <c r="B81" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="C81" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="D81" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="E81" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F81" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="G81" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H81" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="I81" s="1" t="s">
         <v>345</v>
-      </c>
-[...19 lines deleted...]
-        <v>348</v>
       </c>
       <c r="J81" s="0"/>
       <c r="K81" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L81" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="82" spans="1:12" customHeight="1" ht="80">
       <c r="A82" s="0"/>
       <c r="B82" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="C82" s="0" t="s">
+        <v>347</v>
+      </c>
+      <c r="D82" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="E82" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F82" s="0"/>
+      <c r="G82" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H82" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="I82" s="1" t="s">
         <v>349</v>
-      </c>
-[...19 lines deleted...]
-        <v>352</v>
       </c>
       <c r="J82" s="0"/>
       <c r="K82" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="83" spans="1:12" customHeight="1" ht="80">
       <c r="A83" s="0"/>
       <c r="B83" s="0" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="F83" s="0"/>
       <c r="G83" s="0" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="J83" s="0"/>
       <c r="K83" s="0" t="s">
-        <v>18</v>
+        <v>354</v>
       </c>
       <c r="L83" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="84" spans="1:12" customHeight="1" ht="80">
       <c r="A84" s="0"/>
       <c r="B84" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>356</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>357</v>
       </c>
-      <c r="C84" s="0" t="s">
+      <c r="E84" s="0" t="s">
         <v>358</v>
       </c>
-      <c r="D84" s="0" t="s">
+      <c r="F84" s="0" t="s">
         <v>359</v>
       </c>
-      <c r="E84" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F84" s="0"/>
       <c r="G84" s="0" t="s">
-        <v>258</v>
+        <v>15</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>251</v>
+        <v>83</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>360</v>
       </c>
       <c r="J84" s="0"/>
       <c r="K84" s="0" t="s">
         <v>361</v>
       </c>
       <c r="L84" s="0">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:12" customHeight="1" ht="80">
       <c r="A85" s="0"/>
       <c r="B85" s="0" t="s">
         <v>362</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>363</v>
       </c>
-      <c r="D85" s="0" t="s">
+      <c r="D85" s="0">
+        <v>1185</v>
+      </c>
+      <c r="E85" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="E85" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F85" s="0"/>
       <c r="G85" s="0" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="J85" s="0"/>
       <c r="K85" s="0" t="s">
-        <v>368</v>
+        <v>18</v>
       </c>
       <c r="L85" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:12" customHeight="1" ht="80">
       <c r="A86" s="0"/>
       <c r="B86" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="D86" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="E86" s="0" t="s">
         <v>369</v>
-      </c>
-[...7 lines deleted...]
-        <v>371</v>
       </c>
       <c r="F86" s="0"/>
       <c r="G86" s="0" t="s">
-        <v>34</v>
+        <v>160</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="J86" s="0"/>
       <c r="K86" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L86" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:12" customHeight="1" ht="80">
       <c r="A87" s="0"/>
       <c r="B87" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>373</v>
       </c>
-      <c r="C87" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E87" s="0" t="s">
-        <v>376</v>
+        <v>128</v>
       </c>
       <c r="F87" s="0"/>
       <c r="G87" s="0" t="s">
-        <v>169</v>
+        <v>15</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I87" s="1" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="J87" s="0"/>
       <c r="K87" s="0" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="L87" s="0">
-        <v>12</v>
+        <v>48</v>
       </c>
     </row>
     <row r="88" spans="1:12" customHeight="1" ht="80">
       <c r="A88" s="0"/>
       <c r="B88" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="D88" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="E88" s="0" t="s">
         <v>378</v>
-      </c>
-[...7 lines deleted...]
-        <v>136</v>
       </c>
       <c r="F88" s="0"/>
       <c r="G88" s="0" t="s">
-        <v>15</v>
+        <v>379</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="J88" s="0"/>
       <c r="K88" s="0" t="s">
-        <v>36</v>
+        <v>381</v>
       </c>
       <c r="L88" s="0">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:12" customHeight="1" ht="80">
       <c r="A89" s="0"/>
       <c r="B89" s="0" t="s">
         <v>382</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>383</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>384</v>
       </c>
       <c r="E89" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="F89" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="G89" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H89" s="0" t="s">
+        <v>244</v>
+      </c>
+      <c r="I89" s="1" t="s">
         <v>385</v>
-      </c>
-[...8 lines deleted...]
-        <v>387</v>
       </c>
       <c r="J89" s="0"/>
       <c r="K89" s="0" t="s">
-        <v>388</v>
+        <v>18</v>
       </c>
       <c r="L89" s="0">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="90" spans="1:12" customHeight="1" ht="80">
       <c r="A90" s="0"/>
       <c r="B90" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="C90" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="D90" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="E90" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="F90" s="0"/>
+      <c r="G90" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H90" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="I90" s="1" t="s">
         <v>389</v>
-      </c>
-[...19 lines deleted...]
-        <v>392</v>
       </c>
       <c r="J90" s="0"/>
       <c r="K90" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L90" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L90" s="0"/>
     </row>
     <row r="91" spans="1:12" customHeight="1" ht="80">
       <c r="A91" s="0"/>
       <c r="B91" s="0" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="F91" s="0"/>
       <c r="G91" s="0" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I91" s="1" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="J91" s="0"/>
       <c r="K91" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="0"/>
     </row>
     <row r="92" spans="1:12" customHeight="1" ht="80">
       <c r="A92" s="0"/>
       <c r="B92" s="0" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="F92" s="0"/>
+        <v>249</v>
+      </c>
+      <c r="F92" s="0" t="s">
+        <v>323</v>
+      </c>
       <c r="G92" s="0" t="s">
-        <v>169</v>
+        <v>251</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>83</v>
+        <v>257</v>
       </c>
       <c r="I92" s="1" t="s">
-        <v>400</v>
+        <v>328</v>
       </c>
       <c r="J92" s="0"/>
       <c r="K92" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L92" s="0"/>
+        <v>36</v>
+      </c>
+      <c r="L92" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="93" spans="1:12" customHeight="1" ht="80">
       <c r="A93" s="0"/>
       <c r="B93" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>398</v>
+      </c>
+      <c r="D93" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="E93" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="F93" s="0" t="s">
         <v>401</v>
       </c>
-      <c r="C93" s="0" t="s">
+      <c r="G93" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="H93" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="I93" s="1" t="s">
         <v>402</v>
-      </c>
-[...16 lines deleted...]
-        <v>335</v>
       </c>
       <c r="J93" s="0"/>
       <c r="K93" s="0" t="s">
         <v>36</v>
       </c>
       <c r="L93" s="0">
-        <v>1</v>
+        <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:12" customHeight="1" ht="80">
       <c r="A94" s="0"/>
       <c r="B94" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="C94" s="0" t="s">
         <v>404</v>
       </c>
-      <c r="C94" s="0" t="s">
+      <c r="D94" s="0" t="s">
         <v>405</v>
       </c>
-      <c r="D94" s="0" t="s">
+      <c r="E94" s="0" t="s">
         <v>406</v>
       </c>
-      <c r="E94" s="0" t="s">
+      <c r="F94" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="F94" s="0" t="s">
+      <c r="G94" s="0" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>409</v>
       </c>
       <c r="J94" s="0"/>
       <c r="K94" s="0" t="s">
-        <v>36</v>
+        <v>183</v>
       </c>
       <c r="L94" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:12" customHeight="1" ht="80">
       <c r="A95" s="0"/>
       <c r="B95" s="0" t="s">
         <v>410</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>411</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>412</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>413</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>414</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>415</v>
+        <v>160</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I95" s="1" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="J95" s="0"/>
       <c r="K95" s="0" t="s">
-        <v>190</v>
+        <v>36</v>
       </c>
       <c r="L95" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:12" customHeight="1" ht="80">
       <c r="A96" s="0"/>
       <c r="B96" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="C96" s="0" t="s">
         <v>417</v>
       </c>
-      <c r="C96" s="0" t="s">
+      <c r="D96" s="0">
+        <v>4645510</v>
+      </c>
+      <c r="E96" s="0" t="s">
         <v>418</v>
       </c>
-      <c r="D96" s="0" t="s">
+      <c r="F96" s="0" t="s">
         <v>419</v>
       </c>
-      <c r="E96" s="0" t="s">
+      <c r="G96" s="0" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I96" s="1" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="J96" s="0"/>
       <c r="K96" s="0" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L96" s="0"/>
     </row>
     <row r="97" spans="1:12" customHeight="1" ht="80">
       <c r="A97" s="0"/>
       <c r="B97" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="C97" s="0" t="s">
         <v>423</v>
       </c>
-      <c r="C97" s="0" t="s">
+      <c r="D97" s="0" t="s">
         <v>424</v>
       </c>
-      <c r="D97" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E97" s="0" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="F97" s="0"/>
       <c r="G97" s="0" t="s">
-        <v>427</v>
+        <v>15</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="J97" s="0"/>
       <c r="K97" s="0" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="L97" s="0"/>
+        <v>183</v>
+      </c>
+      <c r="L97" s="0">
+        <v>36</v>
+      </c>
     </row>
     <row r="98" spans="1:12" customHeight="1" ht="80">
       <c r="A98" s="0"/>
       <c r="B98" s="0" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-        <v>431</v>
+        <v>427</v>
+      </c>
+      <c r="D98" s="0">
+        <v>610907</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="F98" s="0"/>
+        <v>94</v>
+      </c>
+      <c r="F98" s="0" t="s">
+        <v>104</v>
+      </c>
       <c r="G98" s="0" t="s">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I98" s="1" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="J98" s="0"/>
       <c r="K98" s="0" t="s">
-        <v>190</v>
+        <v>18</v>
       </c>
       <c r="L98" s="0">
-        <v>36</v>
+        <v>84</v>
       </c>
     </row>
     <row r="99" spans="1:12" customHeight="1" ht="80">
       <c r="A99" s="0"/>
       <c r="B99" s="0" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>610907</v>
+        <v>430</v>
+      </c>
+      <c r="D99" s="0" t="s">
+        <v>431</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="F99" s="0"/>
       <c r="G99" s="0" t="s">
-        <v>104</v>
+        <v>129</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="J99" s="0"/>
       <c r="K99" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="0">
-        <v>84</v>
+        <v>30</v>
       </c>
     </row>
     <row r="100" spans="1:12" customHeight="1" ht="80">
       <c r="A100" s="0"/>
       <c r="B100" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="D100" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="E100" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="F100" s="0" t="s">
         <v>436</v>
       </c>
-      <c r="C100" s="0" t="s">
-[...8 lines deleted...]
-      <c r="F100" s="0"/>
       <c r="G100" s="0" t="s">
-        <v>137</v>
+        <v>15</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I100" s="1" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="J100" s="0"/>
       <c r="K100" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="0">
-        <v>30</v>
+        <v>6</v>
       </c>
     </row>
     <row r="101" spans="1:12" customHeight="1" ht="80">
       <c r="A101" s="0"/>
       <c r="B101" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>440</v>
       </c>
-      <c r="C101" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E101" s="0" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="F101" s="0"/>
       <c r="G101" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I101" s="1" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="J101" s="0"/>
       <c r="K101" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="102" spans="1:12" customHeight="1" ht="80">
       <c r="A102" s="0"/>
       <c r="B102" s="0" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="F102" s="0"/>
       <c r="G102" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="J102" s="0"/>
       <c r="K102" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="103" spans="1:12" customHeight="1" ht="80">
       <c r="A103" s="0"/>
       <c r="B103" s="0" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="F103" s="0"/>
       <c r="G103" s="0" t="s">
-        <v>15</v>
+        <v>129</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="J103" s="0"/>
       <c r="K103" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:12" customHeight="1" ht="80">
       <c r="A104" s="0"/>
       <c r="B104" s="0" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>136</v>
+        <v>400</v>
       </c>
       <c r="F104" s="0"/>
       <c r="G104" s="0" t="s">
-        <v>137</v>
+        <v>34</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="J104" s="0"/>
       <c r="K104" s="0" t="s">
-        <v>18</v>
+        <v>454</v>
       </c>
       <c r="L104" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:12" customHeight="1" ht="80">
       <c r="A105" s="0"/>
       <c r="B105" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="C105" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="D105" s="0" t="s">
         <v>457</v>
       </c>
-      <c r="C105" s="0" t="s">
+      <c r="E105" s="0" t="s">
         <v>458</v>
       </c>
-      <c r="D105" s="0" t="s">
+      <c r="F105" s="0" t="s">
         <v>459</v>
       </c>
-      <c r="E105" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F105" s="0"/>
       <c r="G105" s="0" t="s">
-        <v>34</v>
+        <v>460</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="J105" s="0"/>
       <c r="K105" s="0" t="s">
-        <v>461</v>
+        <v>183</v>
       </c>
       <c r="L105" s="0">
-        <v>24</v>
+        <v>2</v>
       </c>
     </row>
     <row r="106" spans="1:12" customHeight="1" ht="80">
       <c r="A106" s="0"/>
       <c r="B106" s="0" t="s">
         <v>462</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>463</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>464</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="J106" s="0"/>
       <c r="K106" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="107" spans="1:12" customHeight="1" ht="80">
       <c r="A107" s="0"/>
       <c r="B107" s="0" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="J107" s="0"/>
       <c r="K107" s="0" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L107" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="108" spans="1:12" customHeight="1" ht="80">
       <c r="A108" s="0"/>
       <c r="B108" s="0" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I108" s="1" t="s">
-        <v>476</v>
+        <v>465</v>
       </c>
       <c r="J108" s="0"/>
       <c r="K108" s="0" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="L108" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="109" spans="1:12" customHeight="1" ht="80">
       <c r="A109" s="0"/>
       <c r="B109" s="0" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I109" s="1" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="J109" s="0"/>
       <c r="K109" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="110" spans="1:12" customHeight="1" ht="80">
       <c r="A110" s="0"/>
       <c r="B110" s="0" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I110" s="1" t="s">
-        <v>472</v>
+        <v>465</v>
       </c>
       <c r="J110" s="0"/>
       <c r="K110" s="0" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="L110" s="0">
         <v>2</v>
       </c>
     </row>
     <row r="111" spans="1:12" customHeight="1" ht="80">
       <c r="A111" s="0"/>
       <c r="B111" s="0" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>465</v>
+        <v>413</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>466</v>
+        <v>482</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>467</v>
+        <v>160</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I111" s="1" t="s">
-        <v>472</v>
+        <v>483</v>
       </c>
       <c r="J111" s="0"/>
       <c r="K111" s="0" t="s">
-        <v>486</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L111" s="0"/>
     </row>
     <row r="112" spans="1:12" customHeight="1" ht="80">
       <c r="A112" s="0"/>
       <c r="B112" s="0" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-        <v>489</v>
+        <v>485</v>
+      </c>
+      <c r="D112" s="0">
+        <v>17983</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>420</v>
-[...3 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="F112" s="0"/>
       <c r="G112" s="0" t="s">
-        <v>169</v>
+        <v>15</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>83</v>
+        <v>16</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="J112" s="0"/>
       <c r="K112" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L112" s="0"/>
+      <c r="L112" s="0">
+        <v>6</v>
+      </c>
     </row>
     <row r="113" spans="1:12" customHeight="1" ht="80">
       <c r="A113" s="0"/>
       <c r="B113" s="0" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="D113" s="0">
-        <v>17983</v>
+        <v>17984</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="0"/>
       <c r="G113" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="J113" s="0"/>
       <c r="K113" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L113" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="1:12" customHeight="1" ht="80">
       <c r="A114" s="0"/>
       <c r="B114" s="0" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="D114" s="0">
-        <v>17984</v>
+        <v>17986</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="0"/>
       <c r="G114" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="J114" s="0"/>
       <c r="K114" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L114" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="1:12" customHeight="1" ht="80">
       <c r="A115" s="0"/>
       <c r="B115" s="0" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="D115" s="0">
-        <v>17986</v>
+        <v>17987</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="0"/>
       <c r="G115" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="J115" s="0"/>
       <c r="K115" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L115" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="1:12" customHeight="1" ht="80">
       <c r="A116" s="0"/>
       <c r="B116" s="0" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
       <c r="D116" s="0">
-        <v>17987</v>
+        <v>17993</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="0"/>
       <c r="G116" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I116" s="1" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="J116" s="0"/>
       <c r="K116" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L116" s="0">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="117" spans="1:12" customHeight="1" ht="80">
       <c r="A117" s="0"/>
       <c r="B117" s="0" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>504</v>
+        <v>499</v>
       </c>
       <c r="D117" s="0">
-        <v>17993</v>
+        <v>30264</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="F117" s="0"/>
       <c r="G117" s="0" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I117" s="1" t="s">
-        <v>505</v>
+        <v>500</v>
       </c>
       <c r="J117" s="0"/>
       <c r="K117" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L117" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="118" spans="1:12" customHeight="1" ht="80">
       <c r="A118" s="0"/>
       <c r="B118" s="0" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>507</v>
-[...3 lines deleted...]
-      </c>
+        <v>502</v>
+      </c>
+      <c r="D118" s="0"/>
       <c r="E118" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F118" s="0"/>
       <c r="G118" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I118" s="1" t="s">
-        <v>508</v>
+        <v>503</v>
       </c>
       <c r="J118" s="0"/>
       <c r="K118" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="119" spans="1:12" customHeight="1" ht="80">
       <c r="A119" s="0"/>
       <c r="B119" s="0" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="D119" s="0"/>
       <c r="E119" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F119" s="0"/>
       <c r="G119" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="J119" s="0"/>
       <c r="K119" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L119" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="120" spans="1:12" customHeight="1" ht="80">
       <c r="A120" s="0"/>
       <c r="B120" s="0" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="D120" s="0"/>
+        <v>508</v>
+      </c>
+      <c r="D120" s="0">
+        <v>19420</v>
+      </c>
       <c r="E120" s="0" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F120" s="0"/>
       <c r="G120" s="0" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
       <c r="J120" s="0"/>
       <c r="K120" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L120" s="0">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:12" customHeight="1" ht="80">
       <c r="A121" s="0"/>
       <c r="B121" s="0" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-        <v>19420</v>
+        <v>511</v>
+      </c>
+      <c r="D121" s="0" t="s">
+        <v>512</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F121" s="0"/>
+        <v>513</v>
+      </c>
+      <c r="F121" s="0" t="s">
+        <v>514</v>
+      </c>
       <c r="G121" s="0" t="s">
-        <v>15</v>
+        <v>420</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="J121" s="0"/>
       <c r="K121" s="0" t="s">
-        <v>18</v>
+        <v>516</v>
       </c>
       <c r="L121" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="122" spans="1:12" customHeight="1" ht="80">
       <c r="A122" s="0"/>
       <c r="B122" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="C122" s="0" t="s">
         <v>518</v>
       </c>
-      <c r="C122" s="0" t="s">
+      <c r="D122" s="0" t="s">
         <v>519</v>
       </c>
-      <c r="D122" s="0" t="s">
+      <c r="E122" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="F122" s="0" t="s">
         <v>520</v>
       </c>
-      <c r="E122" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G122" s="0" t="s">
-        <v>427</v>
+        <v>420</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="J122" s="0"/>
       <c r="K122" s="0" t="s">
-        <v>93</v>
+        <v>154</v>
       </c>
       <c r="L122" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="123" spans="1:12" customHeight="1" ht="80">
       <c r="A123" s="0"/>
       <c r="B123" s="0" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>525</v>
-[...3 lines deleted...]
-      </c>
+        <v>523</v>
+      </c>
+      <c r="D123" s="0"/>
       <c r="E123" s="0" t="s">
-        <v>521</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="F123" s="0"/>
       <c r="G123" s="0" t="s">
-        <v>427</v>
+        <v>34</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="J123" s="0"/>
       <c r="K123" s="0" t="s">
-        <v>163</v>
+        <v>525</v>
       </c>
       <c r="L123" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="124" spans="1:12" customHeight="1" ht="80">
       <c r="A124" s="0"/>
       <c r="B124" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="C124" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="D124" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="E124" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="F124" s="0" t="s">
         <v>529</v>
       </c>
-      <c r="C124" s="0" t="s">
+      <c r="G124" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="H124" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="I124" s="1" t="s">
         <v>530</v>
-      </c>
-[...12 lines deleted...]
-        <v>531</v>
       </c>
       <c r="J124" s="0"/>
       <c r="K124" s="0" t="s">
-        <v>532</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L124" s="0"/>
     </row>
     <row r="125" spans="1:12" customHeight="1" ht="80">
       <c r="A125" s="0"/>
       <c r="B125" s="0" t="s">
+        <v>531</v>
+      </c>
+      <c r="C125" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="D125" s="0" t="s">
         <v>533</v>
       </c>
-      <c r="C125" s="0" t="s">
+      <c r="E125" s="0" t="s">
+        <v>191</v>
+      </c>
+      <c r="F125" s="0" t="s">
         <v>534</v>
       </c>
-      <c r="D125" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G125" s="0" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>83</v>
       </c>
       <c r="I125" s="1" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="J125" s="0"/>
       <c r="K125" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L125" s="0"/>
+      <c r="L125" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="126" spans="1:12" customHeight="1" ht="80">
       <c r="A126" s="0"/>
       <c r="B126" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="D126" s="0" t="s">
         <v>538</v>
       </c>
-      <c r="C126" s="0" t="s">
+      <c r="E126" s="0" t="s">
         <v>539</v>
       </c>
-      <c r="D126" s="0" t="s">
+      <c r="F126" s="0" t="s">
         <v>540</v>
       </c>
-      <c r="E126" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F126" s="0" t="s">
+      <c r="G126" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="H126" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I126" s="1" t="s">
         <v>541</v>
-      </c>
-[...7 lines deleted...]
-        <v>542</v>
       </c>
       <c r="J126" s="0"/>
       <c r="K126" s="0" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="L126" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="127" spans="1:12" customHeight="1" ht="80">
       <c r="A127" s="0"/>
       <c r="B127" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="C127" s="0" t="s">
         <v>543</v>
       </c>
-      <c r="C127" s="0" t="s">
+      <c r="D127" s="0" t="s">
         <v>544</v>
       </c>
-      <c r="D127" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E127" s="0" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="I127" s="1" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="J127" s="0"/>
       <c r="K127" s="0" t="s">
-        <v>36</v>
+        <v>545</v>
       </c>
       <c r="L127" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="128" spans="1:12" customHeight="1" ht="80">
       <c r="A128" s="0"/>
       <c r="B128" s="0" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="I128" s="1" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="J128" s="0"/>
       <c r="K128" s="0" t="s">
-        <v>552</v>
+        <v>36</v>
       </c>
       <c r="L128" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="129" spans="1:12" customHeight="1" ht="80">
       <c r="A129" s="0"/>
       <c r="B129" s="0" t="s">
+        <v>549</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>550</v>
+      </c>
+      <c r="D129" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="E129" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="F129" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="G129" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H129" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I129" s="1" t="s">
         <v>553</v>
-      </c>
-[...19 lines deleted...]
-        <v>548</v>
       </c>
       <c r="J129" s="0"/>
       <c r="K129" s="0" t="s">
-        <v>36</v>
+        <v>554</v>
       </c>
       <c r="L129" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="130" spans="1:12" customHeight="1" ht="80">
       <c r="A130" s="0"/>
       <c r="B130" s="0" t="s">
+        <v>555</v>
+      </c>
+      <c r="C130" s="0" t="s">
         <v>556</v>
       </c>
-      <c r="C130" s="0" t="s">
+      <c r="D130" s="0" t="s">
         <v>557</v>
       </c>
-      <c r="D130" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E130" s="0" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>559</v>
+        <v>552</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="I130" s="1" t="s">
-        <v>560</v>
+        <v>553</v>
       </c>
       <c r="J130" s="0"/>
       <c r="K130" s="0" t="s">
-        <v>156</v>
+        <v>558</v>
       </c>
       <c r="L130" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:12" customHeight="1" ht="80">
       <c r="A131" s="0"/>
       <c r="B131" s="0" t="s">
+        <v>559</v>
+      </c>
+      <c r="C131" s="0" t="s">
+        <v>560</v>
+      </c>
+      <c r="D131" s="0" t="s">
         <v>561</v>
       </c>
-      <c r="C131" s="0" t="s">
+      <c r="E131" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="F131" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="G131" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H131" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I131" s="1" t="s">
         <v>562</v>
-      </c>
-[...16 lines deleted...]
-        <v>560</v>
       </c>
       <c r="J131" s="0"/>
       <c r="K131" s="0" t="s">
-        <v>171</v>
+        <v>563</v>
       </c>
       <c r="L131" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="132" spans="1:12" customHeight="1" ht="80">
       <c r="A132" s="0"/>
       <c r="B132" s="0" t="s">
         <v>564</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>565</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>566</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>546</v>
-[...3 lines deleted...]
-      </c>
+        <v>249</v>
+      </c>
+      <c r="F132" s="0"/>
       <c r="G132" s="0" t="s">
-        <v>169</v>
+        <v>251</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>264</v>
+        <v>567</v>
       </c>
       <c r="I132" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="J132" s="0"/>
       <c r="K132" s="0" t="s">
-        <v>568</v>
+        <v>18</v>
       </c>
       <c r="L132" s="0">
-        <v>1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="133" spans="1:12" customHeight="1" ht="80">
       <c r="A133" s="0"/>
       <c r="B133" s="0" t="s">
         <v>569</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>570</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>571</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="F133" s="0"/>
       <c r="G133" s="0" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="H133" s="0" t="s">
+        <v>567</v>
+      </c>
+      <c r="I133" s="1" t="s">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
       <c r="J133" s="0"/>
       <c r="K133" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L133" s="0">
-        <v>24</v>
+        <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:12" customHeight="1" ht="80">
       <c r="A134" s="0"/>
       <c r="B134" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="C134" s="0" t="s">
         <v>574</v>
       </c>
-      <c r="C134" s="0" t="s">
+      <c r="D134" s="0" t="s">
         <v>575</v>
       </c>
-      <c r="D134" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E134" s="0" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="F134" s="0"/>
       <c r="G134" s="0" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="I134" s="1" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="J134" s="0"/>
       <c r="K134" s="0" t="s">
-        <v>18</v>
+        <v>563</v>
       </c>
       <c r="L134" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:12" customHeight="1" ht="80">
       <c r="A135" s="0"/>
       <c r="B135" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="C135" s="0" t="s">
         <v>578</v>
       </c>
-      <c r="C135" s="0" t="s">
+      <c r="D135" s="0" t="s">
         <v>579</v>
       </c>
-      <c r="D135" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E135" s="0" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="F135" s="0"/>
       <c r="G135" s="0" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="I135" s="1" t="s">
-        <v>581</v>
+        <v>580</v>
       </c>
       <c r="J135" s="0"/>
       <c r="K135" s="0" t="s">
-        <v>582</v>
+        <v>18</v>
       </c>
       <c r="L135" s="0">
-        <v>12</v>
+        <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:12" customHeight="1" ht="80">
       <c r="A136" s="0"/>
       <c r="B136" s="0" t="s">
+        <v>581</v>
+      </c>
+      <c r="C136" s="0" t="s">
+        <v>582</v>
+      </c>
+      <c r="D136" s="0" t="s">
         <v>583</v>
       </c>
-      <c r="C136" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E136" s="0" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="F136" s="0"/>
       <c r="G136" s="0" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="I136" s="1" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="J136" s="0"/>
       <c r="K136" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L136" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="137" spans="1:12" customHeight="1" ht="80">
       <c r="A137" s="0"/>
       <c r="B137" s="0" t="s">
+        <v>585</v>
+      </c>
+      <c r="C137" s="0" t="s">
+        <v>586</v>
+      </c>
+      <c r="D137" s="0" t="s">
         <v>587</v>
       </c>
-      <c r="C137" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E137" s="0" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="F137" s="0"/>
       <c r="G137" s="0" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>572</v>
+        <v>588</v>
       </c>
       <c r="I137" s="1" t="s">
-        <v>590</v>
+        <v>589</v>
       </c>
       <c r="J137" s="0"/>
       <c r="K137" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L137" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:12" customHeight="1" ht="80">
       <c r="A138" s="0"/>
       <c r="B138" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="C138" s="0" t="s">
         <v>591</v>
       </c>
-      <c r="C138" s="0" t="s">
+      <c r="D138" s="0" t="s">
         <v>592</v>
       </c>
-      <c r="D138" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E138" s="0" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="F138" s="0"/>
       <c r="G138" s="0" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
       <c r="I138" s="1" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="J138" s="0"/>
       <c r="K138" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L138" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="139" spans="1:12" customHeight="1" ht="80">
       <c r="A139" s="0"/>
       <c r="B139" s="0" t="s">
+        <v>594</v>
+      </c>
+      <c r="C139" s="0" t="s">
+        <v>595</v>
+      </c>
+      <c r="D139" s="0">
+        <v>17000</v>
+      </c>
+      <c r="E139" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="F139" s="0" t="s">
         <v>596</v>
       </c>
-      <c r="C139" s="0" t="s">
+      <c r="G139" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="H139" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="I139" s="1" t="s">
         <v>597</v>
-      </c>
-[...14 lines deleted...]
-        <v>599</v>
       </c>
       <c r="J139" s="0"/>
       <c r="K139" s="0" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="L139" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>