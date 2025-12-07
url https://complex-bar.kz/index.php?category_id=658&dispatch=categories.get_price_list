--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -92,233 +92,233 @@
   <si>
     <t>АВСТРИЯ</t>
   </si>
   <si>
     <t>Светильники</t>
   </si>
   <si>
     <t>26512.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
     <t>Светильник масляный «Мидия»;стекло,сталь;D=99,H=255,L=130,B=130мм;хромиров.,прозр.</t>
   </si>
   <si>
     <t>03200513</t>
   </si>
   <si>
     <t>1007М</t>
   </si>
   <si>
     <t>17718.00₸</t>
   </si>
   <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Светильник «Аладин»;стекло;D=10,2,H=18,8см;коричнев.,прозр.</t>
+  </si>
+  <si>
+    <t>03200514</t>
+  </si>
+  <si>
+    <t>1109М</t>
+  </si>
+  <si>
+    <t>Aladin</t>
+  </si>
+  <si>
+    <t>22246.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Светильник «Кокон»;прозр.</t>
+  </si>
+  <si>
+    <t>03200515</t>
+  </si>
+  <si>
+    <t>Arcoroc</t>
+  </si>
+  <si>
+    <t>Cocoon</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>2833.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Рустика»;сталь,стекло;D=11,8,H=18,1см;черный,красный</t>
+  </si>
+  <si>
+    <t>03200516</t>
+  </si>
+  <si>
+    <t>6510L</t>
+  </si>
+  <si>
+    <t>Rustica</t>
+  </si>
+  <si>
+    <t>25603.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Студио»;сталь,стекло;D=11,8,H=16см;металлич.,прозр.</t>
+  </si>
+  <si>
+    <t>03200517</t>
+  </si>
+  <si>
+    <t>0407L</t>
+  </si>
+  <si>
+    <t>Studio</t>
+  </si>
+  <si>
+    <t>25872.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Люмина»;сталь,стекло;D=99,H=187мм;черный,красный</t>
+  </si>
+  <si>
+    <t>03200518</t>
+  </si>
+  <si>
+    <t>1510M</t>
+  </si>
+  <si>
+    <t>Lumina</t>
+  </si>
+  <si>
+    <t>21245.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Студио»;сталь,стекло;D=11,8,H=16см;золотой,красный</t>
+  </si>
+  <si>
+    <t>03200519</t>
+  </si>
+  <si>
+    <t>0401L</t>
+  </si>
+  <si>
+    <t>27613.00₸</t>
+  </si>
+  <si>
+    <t>Светильник масляный «Мидия»;сталь,стекло;D=97,H=181мм;белый,прозр.</t>
+  </si>
+  <si>
+    <t>03200523</t>
+  </si>
+  <si>
+    <t>1005M</t>
+  </si>
+  <si>
+    <t>22865.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Джим»;сталь,стекло;D=64,H=195мм;матовый,металлич.</t>
+  </si>
+  <si>
+    <t>03200525</t>
+  </si>
+  <si>
+    <t>6001A/063</t>
+  </si>
+  <si>
+    <t>Jim</t>
+  </si>
+  <si>
+    <t>30654.00₸</t>
+  </si>
+  <si>
+    <t>15 шт.</t>
+  </si>
+  <si>
+    <t>Светильник «Джим»;сталь,стекло;D=64,H=195мм;серебрист.,прозр.</t>
+  </si>
+  <si>
+    <t>03200526</t>
+  </si>
+  <si>
+    <t>6001A/064</t>
+  </si>
+  <si>
+    <t>34643.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Джим»;сталь,стекло;D=64,H=195мм;золотой,прозр.</t>
+  </si>
+  <si>
+    <t>03200527</t>
+  </si>
+  <si>
+    <t>6011A/064</t>
+  </si>
+  <si>
+    <t>30215.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Коко»;сталь,стекло;D=76,H=178мм;золотой,матовый</t>
+  </si>
+  <si>
+    <t>03200529</t>
+  </si>
+  <si>
+    <t>6101A066</t>
+  </si>
+  <si>
+    <t>Coco</t>
+  </si>
+  <si>
+    <t>31416.00₸</t>
+  </si>
+  <si>
+    <t>Светильник «Делия»;сталь,стекло;D=12,4,H=24,6см;золотой,прозр.</t>
+  </si>
+  <si>
+    <t>03200530</t>
+  </si>
+  <si>
+    <t>0921S022</t>
+  </si>
+  <si>
+    <t>Delia</t>
+  </si>
+  <si>
+    <t>48172.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Светильник «Аладин»;стекло;D=10,2,H=18,8см;коричнев.,прозр.</t>
-[...178 lines deleted...]
-  <si>
     <t>Светильник «Делия»;сталь,стекло;D=12,4,H=24,6см;металлич.,матовый</t>
   </si>
   <si>
     <t>03200531</t>
   </si>
   <si>
     <t>0927</t>
   </si>
   <si>
     <t>45423.00₸</t>
   </si>
   <si>
     <t>Светильник «Делия»;сталь,стекло;D=12,4,H=24,6см;металлич.,прозр.</t>
   </si>
   <si>
     <t>03200558</t>
   </si>
   <si>
     <t>0927S</t>
   </si>
   <si>
     <t>Лампа настольная «Астрэо» LED 3ватт;пластик;D=15,H=27,5см;металлич.</t>
   </si>
   <si>
     <t>03202010</t>
@@ -384,50 +384,65 @@
     <t>Лампа настольная «Этэре» LED;алюмин.;D=13,H=38см;медный</t>
   </si>
   <si>
     <t>03202014</t>
   </si>
   <si>
     <t>LETE000CT863380</t>
   </si>
   <si>
     <t>16 шт.</t>
   </si>
   <si>
     <t>Лампа настольная «Этэре» LED;алюмин.;D=13,H=38см;черный</t>
   </si>
   <si>
     <t>03202015</t>
   </si>
   <si>
     <t>LETE000NE863380</t>
   </si>
   <si>
     <t>65450.00₸</t>
   </si>
   <si>
     <t>37 шт.</t>
+  </si>
+  <si>
+    <t>Лампа настольная «Мерле» электрическая;металл;D=11,H=30,5см;металлич.</t>
+  </si>
+  <si>
+    <t>03202018</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>Merle</t>
+  </si>
+  <si>
+    <t>62594.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -442,51 +457,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B6E-E3D3-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCCA-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD6-E3D3-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CF5-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE6B-424B-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B6C-E3D3-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F0824A8-21BF-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F082408-21BF-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF083-424B-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD3-E3D3-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD2-E3D3-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D15-424C-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B70-E3D3-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD5-E3D3-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD4-E3D3-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB63B-4253-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F102-C783-11EE-BC3E-0050569297EB17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F1B4-C783-11EE-BC3E-0050569297EB18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F25D-C783-11EE-BC3E-0050569297EB19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85EB8-3484-11EF-BC57-00505692E04920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85DE8-3484-11EF-BC57-00505692E04921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1AAF9EA-3484-11EF-BC57-00505692E04922.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B6E-E3D3-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6979FCCA-424B-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD6-E3D3-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F792CF5-424B-11E8-A155-00259035BB674.gif"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BA8FE6B-424B-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B6C-E3D3-11EB-BBF2-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F0824A8-21BF-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5F082408-21BF-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A82CF083-424B-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD3-E3D3-11EB-BBF2-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD2-E3D3-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6EF13D15-424C-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CBC7B70-E3D3-11EB-BBF2-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD5-E3D3-11EB-BBF2-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52E71AD4-E3D3-11EB-BBF2-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/727AB63B-4253-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F102-C783-11EE-BC3E-0050569297EB17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F1B4-C783-11EE-BC3E-0050569297EB18.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11B0F25D-C783-11EE-BC3E-0050569297EB19.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85EB8-3484-11EF-BC57-00505692E04920.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F7E85DE8-3484-11EF-BC57-00505692E04921.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F1AAF9EA-3484-11EF-BC57-00505692E04922.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D9C2534A-C7F0-11F0-BC5A-00505692E2D023.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1107,50 +1122,80 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1396,62 +1441,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200509/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200513/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200514/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-arcoroc-03200515/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200516/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200517/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200518/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200519/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200523/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200525/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200526/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200527/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200529/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200530/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200531/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200558/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202010/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202011/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202012/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202013/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202014/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202015/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200509/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200513/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200514/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-arcoroc-03200515/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200516/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200517/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200518/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200519/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-maslyanyy-candol-03200523/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200525/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200526/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200527/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200529/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200530/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200531/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/svetilnik-candol-03200558/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202010/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202011/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202012/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202013/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202014/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-le-coq-03202015/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/lampa-nastolnaya-aps-03202018/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L23"/>
+  <dimension ref="A1:L24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I23" sqref="I23"/>
+      <selection activeCell="I24" sqref="I24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1594,493 +1639,493 @@
         <v>32</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D5" s="0">
         <v>41906</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>37</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>58</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>89</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>91</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>92</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>89</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>95</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>98</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>102</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>98</v>
       </c>
@@ -2104,51 +2149,51 @@
         <v>104</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>105</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>98</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>99</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>111</v>
       </c>
@@ -2211,76 +2256,109 @@
       <c r="D23" s="0" t="s">
         <v>120</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>111</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>121</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>122</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
+    </row>
+    <row r="24" spans="1:12" customHeight="1" ht="80">
+      <c r="A24" s="0"/>
+      <c r="B24" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="D24" s="0">
+        <v>17000</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="F24" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="G24" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="J24" s="0"/>
+      <c r="K24" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="L24" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>