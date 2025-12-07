--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -2228,51 +2228,51 @@
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D16" s="0">
         <v>19305</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>52</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="L16" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D17" s="0">
         <v>19306</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>