--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -92,62 +92,65 @@
   <si>
     <t>Комплектующие для тележек сервировочных</t>
   </si>
   <si>
     <t>203658.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Контейнер для тележки сервировочной 11945 подвесной;полипроп.;42л;,H=56,5,L=33,B=23см;черный</t>
   </si>
   <si>
     <t>04011431</t>
   </si>
   <si>
     <t>APS</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>43848.00₸</t>
   </si>
   <si>
-    <t>более 50 шт.</t>
+    <t>47 шт.</t>
   </si>
   <si>
     <t>Контейнер для тележки сервировочной 11945 подвесной;полипроп.;13л;,H=17,5,L=33,B=23см;черный</t>
   </si>
   <si>
     <t>04011432</t>
   </si>
   <si>
     <t>22715.00₸</t>
   </si>
   <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
     <t>Тележка для посуды 104 тарелки;сталь нерж.;,H=180,L=60,B=60см;серебрист.</t>
   </si>
   <si>
     <t>04150180</t>
   </si>
   <si>
     <t>44830-99</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>Тележки для посуды</t>
   </si>
   <si>
     <t>1469923.00₸</t>
   </si>
   <si>
     <t>Ремень для тележки для контейнеров;,L=5 м;бежев.</t>
   </si>
   <si>
     <t>07020232</t>
   </si>
   <si>
     <t>400STP000</t>
@@ -287,53 +290,50 @@
   <si>
     <t>Тележка для посуды для тарелок на 96шт;сталь нерж.;,H=183,L=70,B=70см;серебрист.</t>
   </si>
   <si>
     <t>08060142</t>
   </si>
   <si>
     <t>2168667.00₸</t>
   </si>
   <si>
     <t>Тележка сервировочная 3 яруса;берёза;,H=82,L=90,B=50см;красный,махагон</t>
   </si>
   <si>
     <t>08060156</t>
   </si>
   <si>
     <t>Was</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>842411.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Тележка сервировочная 3 яруса;сталь нерж.;,H=96,L=84,B=55см;серебрист.</t>
   </si>
   <si>
     <t>08060157</t>
   </si>
   <si>
     <t>572965.00₸</t>
   </si>
   <si>
     <t>Тележка для контейнеров для 51052051 (круглых);полиэтилен;D=46,H=17см;черный</t>
   </si>
   <si>
     <t>08060160</t>
   </si>
   <si>
     <t>98491.00₸</t>
   </si>
   <si>
     <t>Тележка для контейнеров 63,5х46см;пластик;,H=23,L=70,B=53см;голуб.</t>
   </si>
   <si>
     <t>08060162</t>
   </si>
   <si>
     <t>CD400401</t>
@@ -350,59 +350,50 @@
   <si>
     <t>08060165</t>
   </si>
   <si>
     <t>DC825191</t>
   </si>
   <si>
     <t>748548.00₸</t>
   </si>
   <si>
     <t>Тележка сервировочная 3 яруса;мдф;,H=81,L=87,B=55см;венге</t>
   </si>
   <si>
     <t>08060169</t>
   </si>
   <si>
     <t>Pintinox</t>
   </si>
   <si>
     <t>Buffet</t>
   </si>
   <si>
     <t>549157.00₸</t>
   </si>
   <si>
-    <t>Тележка сервировочная 3 яруса;полипроп.;,H=96,L=103,B=51см;свет.-сер.</t>
-[...7 lines deleted...]
-  <si>
     <t>Ручка для тележки для тарелок с подогревом 777304;сталь нерж.</t>
   </si>
   <si>
     <t>08060184</t>
   </si>
   <si>
     <t>139.00₸</t>
   </si>
   <si>
     <t>Контейнер для тележки сервировочной 104-Q90, 1104-90N, 1104-80N для подогрева еды</t>
   </si>
   <si>
     <t>08060196</t>
   </si>
   <si>
     <t>A0003</t>
   </si>
   <si>
     <t>423416.00₸</t>
   </si>
   <si>
     <t>Ручки запасные для тележки сервировочной 11945[1шт];полипроп.</t>
   </si>
   <si>
     <t>08060228</t>
@@ -566,104 +557,92 @@
   <si>
     <t>Тележка для гастроемкостей ТП-276/1</t>
   </si>
   <si>
     <t>08060375</t>
   </si>
   <si>
     <t>сц618</t>
   </si>
   <si>
     <t>205821.00₸</t>
   </si>
   <si>
     <t>Тележка для гастроемкостей GN 1/1 14 ярусов ТШГ-14;сталь нерж.;,H=151,9,L=56,B=37см;серебрист.</t>
   </si>
   <si>
     <t>08060376</t>
   </si>
   <si>
     <t>мко215</t>
   </si>
   <si>
     <t>414977.00₸</t>
   </si>
   <si>
-    <t>Тележка для контейнеров с тормозом;пластик;,H=25,L=60,B=40см;синий</t>
+    <t>Тележка для контейнеров с тормозом;пластик;,H=17,5,L=60,B=40см;синий</t>
   </si>
   <si>
     <t>08060379</t>
   </si>
   <si>
     <t>508-3/blue</t>
   </si>
   <si>
     <t>Tara</t>
   </si>
   <si>
     <t>60445.00₸</t>
   </si>
   <si>
     <t>Тележка для гастроемкостей GN 1/1 20 ярусов;сталь нерж.;,H=165,L=63,B=46см;серебрист.</t>
   </si>
   <si>
     <t>08060383</t>
   </si>
   <si>
     <t>501247.00₸</t>
   </si>
   <si>
     <t>Тележка для кассет 3 яруса для сушки;сталь нерж.;,H=170,L=100,B=49,5см;серебрист.</t>
   </si>
   <si>
     <t>08060384</t>
   </si>
   <si>
     <t>763455.00₸</t>
   </si>
   <si>
     <t>Тележка для посуды для тарелок;сталь нерж.;,H=78,5,L=111,2,B=54см;серебрист.</t>
   </si>
   <si>
     <t>08060385</t>
   </si>
   <si>
     <t>828913.00₸</t>
   </si>
   <si>
-    <t>Тележка для контейнеров SlimJim 1980602 платформа;полиэтилен;,H=21,2,L=60,6,B=37,4см;черный</t>
-[...10 lines deleted...]
-  <si>
     <t>Тележка для обслуживания номеров складная;сталь нерж.,мдф;D=80,H=78см;черный</t>
   </si>
   <si>
     <t>08060391</t>
   </si>
   <si>
     <t>1104-80N</t>
   </si>
   <si>
     <t>463078.00₸</t>
   </si>
   <si>
     <t>Тележка для кассет «Проотель» и контейнеров;сталь нерж.,пластик;,H=23,L=56,B=56см;синий</t>
   </si>
   <si>
     <t>08060392</t>
   </si>
   <si>
     <t>JW-ST blue</t>
   </si>
   <si>
     <t>158025.00₸</t>
   </si>
   <si>
     <t>более 100 шт.</t>
@@ -716,51 +695,51 @@
   <si>
     <t>Тележка сервировочная;дуб,сталь;,H=90,L=111,7,B=66,9см;черный</t>
   </si>
   <si>
     <t>08060404</t>
   </si>
   <si>
     <t>TO_MOD31_OAKB</t>
   </si>
   <si>
     <t>4986867.00₸</t>
   </si>
   <si>
     <t>Тележка сервировочная;орех,сталь нерж.;,H=88,L=110,B=65см;тем.дерево,черный</t>
   </si>
   <si>
     <t>08060405</t>
   </si>
   <si>
     <t>TO_MOD31_WALN</t>
   </si>
   <si>
     <t>5797754.00₸</t>
   </si>
   <si>
-    <t>Тележка для контейнеров с тормозом;пластик;,H=25,L=60,B=40см;зелен.</t>
+    <t>Тележка для контейнеров с тормозом;пластик;,H=17,5,L=60,B=40см;зелен.</t>
   </si>
   <si>
     <t>08060406</t>
   </si>
   <si>
     <t>508-3/green</t>
   </si>
   <si>
     <t>43775.00₸</t>
   </si>
   <si>
     <t>Тележка для кассет 53х53см;пластик;,H=18,7,L=54,5,B=53см;свет.-сер.</t>
   </si>
   <si>
     <t>09100393</t>
   </si>
   <si>
     <t>CDR2020151</t>
   </si>
   <si>
     <t>186109.00₸</t>
   </si>
   <si>
     <t>Тележка сервировочная 3 яруса для обслуживания ;пластик,алюмин.;,H=96,5,L=83,5,B=41см;черный</t>
   </si>
@@ -791,141 +770,144 @@
   <si>
     <t>Тележка сервировочная 2 яруса;сталь нерж.;,H=90,L=85,B=45см;металлич.</t>
   </si>
   <si>
     <t>08060409</t>
   </si>
   <si>
     <t>JW-TS285</t>
   </si>
   <si>
     <t>106218.00₸</t>
   </si>
   <si>
     <t>Тележка сервировочная 3 яруса;сталь нерж.;,H=95,L=95,B=50см;металлич.</t>
   </si>
   <si>
     <t>08060410</t>
   </si>
   <si>
     <t>JW-TS395</t>
   </si>
   <si>
     <t>127463.00₸</t>
   </si>
   <si>
-    <t>30 шт.</t>
+    <t>19 шт.</t>
   </si>
   <si>
     <t>Тележка сервировочная 3 яруса;полипроп.;,H=95,L=80,B=42см;черный,белый</t>
   </si>
   <si>
     <t>08060407</t>
   </si>
   <si>
     <t>JW-SSC</t>
   </si>
   <si>
-    <t>29 шт.</t>
+    <t>13 шт.</t>
   </si>
   <si>
     <t>Тележка сервировочная 3 яруса;полипроп.;,H=93,L=98,B=53см;черный</t>
   </si>
   <si>
     <t>08060412</t>
   </si>
   <si>
     <t>JW-SEDO</t>
   </si>
   <si>
     <t>182567.00₸</t>
   </si>
   <si>
     <t>Тележка сервировочная 3 яруса;сталь нерж.;,H=90,L=85,B=45см;металлич.</t>
   </si>
   <si>
     <t>08060411</t>
   </si>
   <si>
     <t>JW-TS385</t>
   </si>
   <si>
     <t>116844.00₸</t>
   </si>
   <si>
+    <t>50 шт.</t>
+  </si>
+  <si>
     <t>Тележка для контейнеров;сталь,полипроп.;,H=86,L=90,3,B=60,5см;серый,металлич.</t>
   </si>
   <si>
     <t>08060408</t>
   </si>
   <si>
     <t>JW-HD3624</t>
   </si>
   <si>
     <t>288785.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
+    <t>20 шт.</t>
   </si>
   <si>
     <t>Тележка для контейнеров;металл,резина;,L=60,B=40см;металлич.</t>
   </si>
   <si>
     <t>08060413</t>
   </si>
   <si>
     <t>ТЛ-6040-1</t>
   </si>
   <si>
     <t>63102.00₸</t>
   </si>
   <si>
     <t>Тележка для контейнеров (до 200 кг);пластик,резина;,H=17,5,L=62,5,B=42см;красный,черный</t>
   </si>
   <si>
     <t>08060418</t>
   </si>
   <si>
     <t>508/red</t>
   </si>
   <si>
     <t>53900.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Тележка для контейнеров до 200 кг, для ящиков 600х400 мм;пластик,резина;,H=17,5,L=62,5,B=42см;синий,</t>
   </si>
   <si>
     <t>08060419</t>
   </si>
   <si>
     <t>508/blue</t>
   </si>
   <si>
-    <t>46893.00₸</t>
+    <t>53877.00₸</t>
   </si>
   <si>
     <t>Тележка-шпилька «Retail» для гастроемкостей GN 1/1 15 ярусов;сталь нерж.;,H=173,5,L=55,B=38,3см;мета</t>
   </si>
   <si>
     <t>08050272</t>
   </si>
   <si>
     <t>ТШГ-R383551735/15-1/1</t>
   </si>
   <si>
     <t>Mecon</t>
   </si>
   <si>
     <t>Retail</t>
   </si>
   <si>
     <t>194194.00₸</t>
   </si>
   <si>
     <t>Тележка сервировочная «Retail» 2 яруса;сталь нерж.;,H=86,L=80,B=50см;металлич.</t>
   </si>
   <si>
     <t>08050271</t>
   </si>
@@ -982,51 +964,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D85338-20D1-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8C0-424F-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8C1-424F-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088DBF1F-2223-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345180-4251-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/704B2D52-222F-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F548821-F4B0-11ED-BC09-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC38D-4252-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1362603-222F-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB75-424E-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877683E9-424F-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3B5-4250-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E4008-4250-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037984-4250-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C02902C-4250-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255E0-4250-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766C56A9-222F-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD489-4251-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345182-4251-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F1B6CF5-222F-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB70-4251-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/704B2B60-222F-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F485B8C-104E-11EA-BBC6-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F27141B-2230-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBE9CA39-5268-11EA-BBCE-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C99461E5-2230-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7224AEAA-AEC8-11EE-BC40-00505692492F27.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDCFA9E2-EA55-11EB-BBF2-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CD0CD2B-222F-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766C5609-222F-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766C5569-222F-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25EB7527-2230-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D054007-814A-11E9-BBBA-005056921CC433.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B28335E-222F-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D65FE11F-F160-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7CB77B1-EA55-11EB-BBF2-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B28350B-222F-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3D179A8-EA55-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F1B706E-222F-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890234F7-222F-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13B7DFFA-1C46-11F0-BC48-00505692492F41.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20913501-0D95-11EC-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E19D9677-1A7B-11ED-BBFC-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66B3FC40-2231-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5502E6-F544-11EB-BBF2-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82E59D32-222F-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82E59AB2-222F-11EE-BC0D-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BE4FC1D-E44E-11ED-BC09-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600DB6FA-FE3F-11ED-BC09-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EB0C0F3-32C8-11EE-BC0D-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78457261-AEC8-11EE-BC40-00505692492F51.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C03E607-AEC8-11EE-BC40-00505692492F52.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B283893-222F-11EE-BC0D-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CD3A37A-61BD-11F0-BC55-00505692E2D054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D037A4A-6220-11F0-BC53-00505692C44755.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CD3A2C8-61BD-11F0-BC55-00505692E2D056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AB8053B-61BD-11F0-BC55-00505692E2D057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CD3A10E-61BD-11F0-BC55-00505692E2D058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CD3A43E-61BD-11F0-BC55-00505692E2D059.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7C779B0-D74A-11EF-BC53-00505692E2D060.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7276D61E-4257-11F0-BC50-00505692C44761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7101CFB2-4257-11F0-BC50-00505692C44762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DBD92BD-63E8-11F0-BC59-00505692E04963.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95C6311F-8FBB-11F0-BC57-00505692E2D064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D125F3A4-6484-11F0-BC53-00505692C44765.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09D85338-20D1-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8C0-424F-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/153BC8C1-424F-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/088DBF1F-2223-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345180-4251-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/704B2D52-222F-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6F548821-F4B0-11ED-BC09-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/943AC38D-4252-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A1362603-222F-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AF19FB75-424E-11E8-A155-00259035BB6710.gif"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877683E9-424F-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2A1BD3B5-4250-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3C0E4008-4250-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5A037984-4250-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C02902C-4250-11E8-A155-00259035BB6715.gif"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D20255E0-4250-11E8-A155-00259035BB6716.gif"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766C56A9-222F-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1A2FD489-4251-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345182-4251-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F1B6CF5-222F-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6833EB70-4251-11E8-A155-00259035BB6721.gif"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4F485B8C-104E-11EA-BBC6-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F27141B-2230-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BBE9CA39-5268-11EA-BBCE-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C99461E5-2230-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7224AEAA-AEC8-11EE-BC40-00505692492F26.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CDCFA9E2-EA55-11EB-BBF2-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7CD0CD2B-222F-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766C5609-222F-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/766C5569-222F-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25EB7527-2230-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7D054007-814A-11E9-BBBA-005056921CC432.gif"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B28335E-222F-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D65FE11F-F160-11EB-BBF2-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7CB77B1-EA55-11EB-BBF2-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B28350B-222F-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D3D179A8-EA55-11EB-BBF2-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8F1B706E-222F-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890234F7-222F-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20913501-0D95-11EC-BBF2-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E19D9677-1A7B-11ED-BBFC-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66B3FC40-2231-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/FC5502E6-F544-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82E59D32-222F-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82E59AB2-222F-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7BE4FC1D-E44E-11ED-BC09-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600DB6FA-FE3F-11ED-BC09-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EB0C0F3-32C8-11EE-BC0D-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78457261-AEC8-11EE-BC40-00505692492F49.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C03E607-AEC8-11EE-BC40-00505692492F50.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9B283893-222F-11EE-BC0D-005056921CC451.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CD3A37A-61BD-11F0-BC55-00505692E2D052.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6D037A4A-6220-11F0-BC53-00505692C44753.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CD3A2C8-61BD-11F0-BC55-00505692E2D054.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3AB8053B-61BD-11F0-BC55-00505692E2D055.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CD3A10E-61BD-11F0-BC55-00505692E2D056.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3CD3A43E-61BD-11F0-BC55-00505692E2D057.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7C779B0-D74A-11EF-BC53-00505692E2D058.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7276D61E-4257-11F0-BC50-00505692C44759.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7101CFB2-4257-11F0-BC50-00505692C44760.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4DBD92BD-63E8-11F0-BC59-00505692E04961.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95C6311F-8FBB-11F0-BC57-00505692E2D062.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D125F3A4-6484-11F0-BC53-00505692C44763.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2011,51 +1993,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="34" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -2864,110 +2846,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="63" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
-        <a:stretch>
-[...58 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3226,62 +3148,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-butylki-d-servtelezhki-metalcarrelli-02121460/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-navesnoy-dlya-telezhki-11945-aps-04011431/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-podvesnoy-dlya-telezhki-11945-aps-04011432/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-furshetnyy-na-kolesah-paderno-04150180/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remen-cambro-07020232/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-termostatichnaya-dlya-tarelok-matfer-07110402/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-podnosov-i-gastroemkostey-craster-08030229/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-podnosov-i-gastroemkostey-matfer-08060102/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-gastroemkostey-matfer-08060103/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-kasset-i-konteynerov-prohotel-08060121/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-zio-pepe-08060127/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-matfer-08060138/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-matfer-08060139/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-matfer-08060141/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-tarelok-matfer-08060142/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-was-08060156/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-matfer-08060157/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-kruglogo-konteynera-art510520510516-matfer-08060160/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-cambro-08060162/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-tarelok-cambro-08060165/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-pintinox-08060169/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-universalnaya-matfer-08060179/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-d-kryshki-telezhki-art777304-matfer-08060184/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-telezhek-1104-q90-1104-90n-1104-80n-dlya-podogreva-edy-metalcarrelli-08060196/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapasnye-ruchki-k-telezhke-11945-aps-08060228/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koleso-d-telezhki-s-tormozom-carlisle-08060231/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-tarelok-cambro-08060303/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stol-dlya-obsluzhivaniya-nomerov-metalcarrelli-08060319/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-matfer-08060326/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-matfer-08060327/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-matfer-08060328/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-koles-s-fiksatorom-d-art4690-vse-mod-metalcarrelli-08060338/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-tarelok-kruglyh-ovalnyh-i-kvadratnyh-cambro-08060352/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-podnosov-foshan-08060364/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-kasset-carlisle-08060368/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-pintinox-08060371/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-gastroemkostey-i-protivney-kl-08060373/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-d-gastroemkostey-tp-276-1-kl-08060375/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-gastroemkostey-kl-08060376/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-tara-08060379/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-gastroemkostey-matfer-08060383/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-sushki-kasset-matfer-08060384/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-tarelok-matfer-08060385/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/platforma-dlya-kontekonteynera-hold-08060388/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stol-dlya-obsluzhivaniya-nomerov-metalcarrelli-08060391/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-kasset-i-konteynerov-prohotel-08060392/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokovaya-stvorka-dlya-telezhki-1104-80n-metalcarrelli-08060393/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-termokonteynerov-restola-08060394/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-dlya-napitkov-pintinox-08060402/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-ppwood-08060403/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-craster-08060404/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-craster-08060405/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-tara-08060406/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-kasset-cambro-09100393/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-hozyaystvennaya-cambro-09100402/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-cambro-09101224/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-prohotel-08060409/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-prohotel-08060410/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-prohotel-08060407/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-prohotel-08060412/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-prohotel-08060411/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-prohotel-08060408/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-tara-08060413/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-tara-08060418/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-tara-08060419/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-shpilka-mecon-08050272/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-mecon-08050271/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-shpilka-mecon-08050273/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-butylki-d-servtelezhki-metalcarrelli-02121460/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-navesnoy-dlya-telezhki-11945-aps-04011431/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-podvesnoy-dlya-telezhki-11945-aps-04011432/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stend-furshetnyy-na-kolesah-paderno-04150180/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/remen-cambro-07020232/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-termostatichnaya-dlya-tarelok-matfer-07110402/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-podnosov-i-gastroemkostey-craster-08030229/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-podnosov-i-gastroemkostey-matfer-08060102/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-gastroemkostey-matfer-08060103/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-kasset-i-konteynerov-prohotel-08060121/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-zio-pepe-08060127/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-matfer-08060138/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-matfer-08060139/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-matfer-08060141/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-tarelok-matfer-08060142/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-was-08060156/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-matfer-08060157/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-kruglogo-konteynera-art510520510516-matfer-08060160/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-cambro-08060162/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-tarelok-cambro-08060165/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-pintinox-08060169/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/ruchka-d-kryshki-telezhki-art777304-matfer-08060184/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-telezhek-1104-q90-1104-90n-1104-80n-dlya-podogreva-edy-metalcarrelli-08060196/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/zapasnye-ruchki-k-telezhke-11945-aps-08060228/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/koleso-d-telezhki-s-tormozom-carlisle-08060231/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-tarelok-cambro-08060303/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stol-dlya-obsluzhivaniya-nomerov-metalcarrelli-08060319/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-matfer-08060326/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-matfer-08060327/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-matfer-08060328/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-koles-s-fiksatorom-d-art4690-vse-mod-metalcarrelli-08060338/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-tarelok-kruglyh-ovalnyh-i-kvadratnyh-cambro-08060352/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-podnosov-foshan-08060364/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-kasset-carlisle-08060368/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-pintinox-08060371/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-gastroemkostey-i-protivney-kl-08060373/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-d-gastroemkostey-tp-276-1-kl-08060375/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-gastroemkostey-kl-08060376/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-tara-08060379/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-gastroemkostey-matfer-08060383/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-sushki-kasset-matfer-08060384/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-tarelok-matfer-08060385/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/stol-dlya-obsluzhivaniya-nomerov-metalcarrelli-08060391/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-kasset-i-konteynerov-prohotel-08060392/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bokovaya-stvorka-dlya-telezhki-1104-80n-metalcarrelli-08060393/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-termokonteynerov-restola-08060394/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-dlya-napitkov-pintinox-08060402/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-ppwood-08060403/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-craster-08060404/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-craster-08060405/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-tara-08060406/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-kasset-cambro-09100393/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-hozyaystvennaya-cambro-09100402/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-cambro-09101224/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-prohotel-08060409/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-prohotel-08060410/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-prohotel-08060407/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-prohotel-08060412/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-prohotel-08060411/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-prohotel-08060408/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-tara-08060413/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-tara-08060418/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-dlya-konteynerov-tara-08060419/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-shpilka-mecon-08050272/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-servirovochnaya-mecon-08050271/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/telezhka-shpilka-mecon-08050273/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L69"/>
+  <dimension ref="A1:L67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I69" sqref="I69"/>
+      <selection activeCell="I67" sqref="I67"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -3382,2108 +3304,2048 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="0">
         <v>11947</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>28</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="L4" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H6" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D7" s="0">
         <v>777104</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H7" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="0"/>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="0"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D9" s="0">
         <v>775820</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="0"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D10" s="0">
         <v>771506</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H10" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0"/>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D13" s="0">
         <v>779108</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D14" s="0">
         <v>778006</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D15" s="0">
         <v>140523</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D16" s="0">
         <v>798896</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="0"/>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D17" s="0">
         <v>4437000</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>90</v>
+        <v>43</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D18" s="0">
         <v>778406</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D19" s="0">
         <v>510518</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>96</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>98</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>99</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>100</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>101</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>104</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>105</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D22" s="0">
         <v>97150739</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>108</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>109</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>110</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D23" s="0">
-        <v>140521</v>
+        <v>480274</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>113</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="D24" s="0">
-        <v>480274</v>
+      <c r="D24" s="0" t="s">
+        <v>116</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>22</v>
+        <v>125</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>88</v>
+        <v>40</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>19</v>
+        <v>127</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>128</v>
+        <v>39</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L27" s="0"/>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L28" s="0"/>
+      <c r="L28" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D29" s="0" t="s">
         <v>137</v>
       </c>
+      <c r="D29" s="0">
+        <v>778156</v>
+      </c>
       <c r="E29" s="0" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>138</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D30" s="0">
-        <v>778156</v>
+        <v>778456</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>141</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D31" s="0">
-        <v>778456</v>
+        <v>778556</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>144</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="D32" s="0">
-        <v>778556</v>
+      <c r="D32" s="0" t="s">
+        <v>147</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L32" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L32" s="0"/>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>38</v>
+        <v>156</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L34" s="0"/>
+      <c r="L34" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>159</v>
+        <v>125</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>54</v>
+        <v>161</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L35" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
-      <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>164</v>
+      </c>
+      <c r="D36" s="0">
+        <v>97150735</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="F36" s="0"/>
+        <v>108</v>
+      </c>
+      <c r="F36" s="0" t="s">
+        <v>109</v>
+      </c>
       <c r="G36" s="0" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>164</v>
+        <v>48</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>165</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="B37" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="D37" s="0">
-        <v>97150735</v>
+      <c r="D37" s="0" t="s">
+        <v>168</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>16</v>
+        <v>170</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="0"/>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="B38" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>174</v>
+      </c>
+      <c r="E38" s="0" t="s">
         <v>169</v>
-      </c>
-[...7 lines deleted...]
-        <v>172</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="0"/>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
+      <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L39" s="0"/>
+        <v>43</v>
+      </c>
+      <c r="L39" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>172</v>
+        <v>183</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>186</v>
+      </c>
+      <c r="D41" s="0">
+        <v>775420</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>186</v>
+        <v>46</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>173</v>
+        <v>47</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L41" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L41" s="0"/>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>189</v>
       </c>
       <c r="D42" s="0">
-        <v>775420</v>
+        <v>798745</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>54</v>
+        <v>161</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>190</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="0"/>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D43" s="0">
-        <v>798745</v>
+        <v>791206</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>164</v>
+        <v>34</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>193</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0"/>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="D44" s="0">
-        <v>791206</v>
+      <c r="D44" s="0" t="s">
+        <v>196</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L44" s="0"/>
+      <c r="L44" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>1980602</v>
+        <v>199</v>
+      </c>
+      <c r="D45" s="0" t="s">
+        <v>200</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="F45" s="0"/>
+        <v>66</v>
+      </c>
+      <c r="F45" s="0" t="s">
+        <v>66</v>
+      </c>
       <c r="G45" s="0" t="s">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>66</v>
+        <v>161</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L45" s="0"/>
+        <v>202</v>
+      </c>
+      <c r="L45" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>202</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>204</v>
+      </c>
+      <c r="D46" s="0">
+        <v>3326040800010</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L46" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="D47" s="0" t="s">
         <v>207</v>
       </c>
+      <c r="D47" s="0">
+        <v>422114013</v>
+      </c>
       <c r="E47" s="0" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>164</v>
+        <v>67</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>209</v>
+        <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
         <v>210</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>211</v>
       </c>
       <c r="D48" s="0">
-        <v>3326040800010</v>
+        <v>97150852</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="F48" s="0"/>
+        <v>108</v>
+      </c>
+      <c r="F48" s="0" t="s">
+        <v>109</v>
+      </c>
       <c r="G48" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>212</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="L48" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L48" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
         <v>213</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="D49" s="0">
-        <v>422114013</v>
+      <c r="D49" s="0" t="s">
+        <v>215</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>23</v>
+        <v>170</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L49" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L49" s="0"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>97150852</v>
+        <v>219</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>220</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L50" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L50" s="0"/>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>223</v>
+        <v>53</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>173</v>
+        <v>54</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="0"/>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>52</v>
+        <v>183</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>53</v>
+        <v>170</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="0"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="F53" s="0"/>
+        <v>39</v>
+      </c>
+      <c r="F53" s="0" t="s">
+        <v>100</v>
+      </c>
       <c r="G53" s="0" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>47</v>
+        <v>161</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L53" s="0"/>
+      <c r="L53" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>186</v>
+        <v>39</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>173</v>
+        <v>23</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L54" s="0"/>
+      <c r="L54" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>100</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>39</v>
+        <v>241</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>164</v>
+        <v>67</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>248</v>
+        <v>23</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>19</v>
+        <v>251</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>42</v>
+        <v>255</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>258</v>
+        <v>202</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>209</v>
+        <v>269</v>
       </c>
       <c r="L61" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>65</v>
+        <v>183</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>23</v>
+        <v>170</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="L62" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>65</v>
+        <v>183</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>23</v>
+        <v>170</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="L63" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>186</v>
-[...1 lines deleted...]
-      <c r="F65" s="0"/>
+        <v>286</v>
+      </c>
+      <c r="F65" s="0" t="s">
+        <v>287</v>
+      </c>
       <c r="G65" s="0" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>284</v>
+        <v>19</v>
       </c>
       <c r="L65" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="C66" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="D66" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="E66" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="D66" s="0" t="s">
+      <c r="F66" s="0" t="s">
         <v>287</v>
       </c>
-      <c r="E66" s="0" t="s">
-[...2 lines deleted...]
-      <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L66" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L66" s="0"/>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
-    </row>
-[...62 lines deleted...]
-      <c r="L69" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -5510,52 +5372,50 @@
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
     <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
     <hyperlink ref="B51" r:id="rId_hyperlink_50"/>
     <hyperlink ref="B52" r:id="rId_hyperlink_51"/>
     <hyperlink ref="B53" r:id="rId_hyperlink_52"/>
     <hyperlink ref="B54" r:id="rId_hyperlink_53"/>
     <hyperlink ref="B55" r:id="rId_hyperlink_54"/>
     <hyperlink ref="B56" r:id="rId_hyperlink_55"/>
     <hyperlink ref="B57" r:id="rId_hyperlink_56"/>
     <hyperlink ref="B58" r:id="rId_hyperlink_57"/>
     <hyperlink ref="B59" r:id="rId_hyperlink_58"/>
     <hyperlink ref="B60" r:id="rId_hyperlink_59"/>
     <hyperlink ref="B61" r:id="rId_hyperlink_60"/>
     <hyperlink ref="B62" r:id="rId_hyperlink_61"/>
     <hyperlink ref="B63" r:id="rId_hyperlink_62"/>
     <hyperlink ref="B64" r:id="rId_hyperlink_63"/>
     <hyperlink ref="B65" r:id="rId_hyperlink_64"/>
     <hyperlink ref="B66" r:id="rId_hyperlink_65"/>
     <hyperlink ref="B67" r:id="rId_hyperlink_66"/>
-    <hyperlink ref="B68" r:id="rId_hyperlink_67"/>
-    <hyperlink ref="B69" r:id="rId_hyperlink_68"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>