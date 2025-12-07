--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -88,51 +88,51 @@
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Защитные маски</t>
   </si>
   <si>
     <t>3743.00₸</t>
   </si>
   <si>
     <t>15 шт.</t>
   </si>
   <si>
     <t>Защитный настольный экран д/персонала сборный;пластик;,L=60,B=60см;прозр.</t>
   </si>
   <si>
     <t>08100161</t>
   </si>
   <si>
     <t>ЗЭ-01</t>
   </si>
   <si>
     <t>24918.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Маска двухслойная тканевая 100% СО,144 гр/м2 (черный(10шт.)</t>
   </si>
   <si>
     <t>pr180681</t>
   </si>
   <si>
     <t>0.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>