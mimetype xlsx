--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -149,51 +149,51 @@
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>19374.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Ведро д/чеков;сталь оцинк.;D=82,H=82мм;металлич.</t>
   </si>
   <si>
     <t>02122915</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>3673.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
+    <t>14 шт.</t>
   </si>
   <si>
     <t>Держатель для чеков;алюмин.;,L=61,B=5см;металлич.</t>
   </si>
   <si>
     <t>02122916</t>
   </si>
   <si>
     <t>21098.00₸</t>
   </si>
   <si>
     <t>Накалыватель для чеков «Проотель» основание-спираль;сталь нерж.;,H=15см</t>
   </si>
   <si>
     <t>02122957</t>
   </si>
   <si>
     <t>BHW15</t>
   </si>
   <si>
     <t>1680.00₸</t>
   </si>
   <si>
     <t>Накалыватель для чеков «Проотель»;сталь нерж.;,H=23см</t>
   </si>
@@ -209,173 +209,167 @@
   <si>
     <t>Держатель для карточек;металл;D=65,H=50,B=65мм;металлич.</t>
   </si>
   <si>
     <t>02130119</t>
   </si>
   <si>
     <t>TW-III-U</t>
   </si>
   <si>
     <t>466.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек 4шт.+20 карточек;сталь нерж.;D=40,H=105,L=40,B=40мм;металлич.</t>
   </si>
   <si>
     <t>02130131</t>
   </si>
   <si>
     <t>00070</t>
   </si>
   <si>
     <t>32094.00₸</t>
   </si>
   <si>
+    <t>Держатель для чеков с пружинами;сталь;,L=62,B=9см;металлич.</t>
+  </si>
+  <si>
+    <t>02130138</t>
+  </si>
+  <si>
+    <t>42509-60</t>
+  </si>
+  <si>
+    <t>54717.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для чеков с шариками;сталь;,L=250,B=75мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130140</t>
+  </si>
+  <si>
+    <t>42509-25</t>
+  </si>
+  <si>
+    <t>22338.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для чеков;сталь нерж.;,L=50,B=9см;металлич.</t>
+  </si>
+  <si>
+    <t>02130141</t>
+  </si>
+  <si>
+    <t>42509-50</t>
+  </si>
+  <si>
+    <t>31871.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для чеков «Проотель»;сталь нерж.;,L=310,B=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130192</t>
+  </si>
+  <si>
+    <t>ORS12</t>
+  </si>
+  <si>
+    <t>5201.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для чеков «Проотель»;сталь нерж.;,L=610,B=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130193</t>
+  </si>
+  <si>
+    <t>ORS24</t>
+  </si>
+  <si>
+    <t>7819.00₸</t>
+  </si>
+  <si>
+    <t>Накалыватель для чеков нат.камень;,H=15,L=10,B=10см;металлич.,белый</t>
+  </si>
+  <si>
+    <t>02130194</t>
+  </si>
+  <si>
+    <t>APCOM</t>
+  </si>
+  <si>
+    <t>Zio Pepe</t>
+  </si>
+  <si>
+    <t>44645.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для чеков «Проотель»;сталь нерж.;,L=920,B=85мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130195</t>
+  </si>
+  <si>
+    <t>ORS36</t>
+  </si>
+  <si>
+    <t>11949.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для карточек  4шт.+20карточек;акрил;,H=12,L=3,B=3см;прозр.</t>
+  </si>
+  <si>
+    <t>02130199</t>
+  </si>
+  <si>
+    <t>00074</t>
+  </si>
+  <si>
+    <t>ТАЙВАНЬ (КИТАЙ)</t>
+  </si>
+  <si>
+    <t>14338.00₸</t>
+  </si>
+  <si>
     <t>более 100 шт.</t>
   </si>
   <si>
-    <t>Держатель для чеков с пружинами;сталь;,L=62,B=9см;металлич.</t>
-[...103 lines deleted...]
-  <si>
     <t>Держатель для меню;сталь нерж.;D=75,H=290мм</t>
   </si>
   <si>
     <t>02130711</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>13482.00₸</t>
   </si>
   <si>
-    <t>16 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Держатель для меню;сталь нерж.;D=75,H=460мм</t>
   </si>
   <si>
     <t>02130721</t>
   </si>
   <si>
     <t>11250.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек;,H=25мм</t>
   </si>
   <si>
     <t>02131301</t>
   </si>
   <si>
     <t>3SH011</t>
   </si>
   <si>
     <t>Frilich</t>
   </si>
   <si>
     <t>18180.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек;базальт;,H=25мм</t>
@@ -434,78 +428,78 @@
   <si>
     <t>4767.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек «Прищепка» карт15/15 черн/бел[2шт];дерево;,L=10,B=4см;черный</t>
   </si>
   <si>
     <t>02131312</t>
   </si>
   <si>
     <t>13837.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек;бук;,H=47,L=50,B=47мм</t>
   </si>
   <si>
     <t>02131314</t>
   </si>
   <si>
     <t>F903O-06N</t>
   </si>
   <si>
     <t>PPwood</t>
   </si>
   <si>
-    <t>2896.00₸</t>
+    <t>3080.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек[4шт];мрамор;D=3,H=10см;белый</t>
   </si>
   <si>
     <t>02131316</t>
   </si>
   <si>
     <t>17641.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек  4шт.+20карточек[4шт];сталь нерж.,полипроп.;D=50,H=105мм;черный</t>
   </si>
   <si>
     <t>02131320</t>
   </si>
   <si>
     <t>36321.00₸</t>
   </si>
   <si>
     <t>Держатель д/карточек +15 белых и 15 черный карточек[2шт];,L=10,B=80см</t>
   </si>
   <si>
     <t>02131322</t>
   </si>
   <si>
-    <t>8301.00₸</t>
+    <t>10881.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек;сталь нерж.,латунь;D=30,H=38мм;латун.</t>
   </si>
   <si>
     <t>02131505</t>
   </si>
   <si>
     <t>BU_LH002</t>
   </si>
   <si>
     <t>Craster</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>34889.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек;сталь нерж.;D=25,H=25мм;черный</t>
   </si>
   <si>
     <t>02131506</t>
   </si>
@@ -516,50 +510,59 @@
     <t>24856.00₸</t>
   </si>
   <si>
     <t>Держатель для чеков;алюмин.;,H=2,L=91,B=9см</t>
   </si>
   <si>
     <t>09100308</t>
   </si>
   <si>
     <t>21953.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек</t>
   </si>
   <si>
     <t>09101215</t>
   </si>
   <si>
     <t>Cal M</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>3720.00₸</t>
+  </si>
+  <si>
+    <t>Держатель для чеков;сталь нерж.;,H=2,L=40,B=8см;металлич.</t>
+  </si>
+  <si>
+    <t>02130905</t>
+  </si>
+  <si>
+    <t>16255.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -574,51 +577,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2970D56-F150-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF31-E3C6-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB87C-424F-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EF2FF5E-696C-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1602760B-20D1-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029032-4250-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C853-4253-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CF78273-8149-11E9-BBBA-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4474DF4-424B-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDC791-20D1-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8321056E-696D-11EC-BBF7-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8321056D-696D-11EC-BBF7-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8321056C-696D-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB890-424F-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB891-424F-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A317B1A1-E3C6-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D84819E-424F-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E04A403-4250-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345193-4251-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22BF-4251-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307462-4251-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307463-4251-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307464-4251-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28225195-4252-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BA6F20D-F151-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5290-4252-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7486536A-4254-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDC6F1-20D1-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BA6F20B-F151-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDC8E3-20D1-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDCAC3-20D1-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40AB8-F4B0-11ED-BC09-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6606C007-FE3F-11ED-BC09-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BE8-3126-11EC-BBF4-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92845203-8147-11E9-BBBA-005056921CC435.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2970D56-F150-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9CF2DF31-E3C6-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB87C-424F-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9EF2FF5E-696C-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1602760B-20D1-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6C029032-4250-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F682C853-4253-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4CF78273-8149-11E9-BBBA-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E4474DF4-424B-11E8-A155-00259035BB679.gif"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDC791-20D1-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8321056E-696D-11EC-BBF7-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8321056D-696D-11EC-BBF7-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8321056C-696D-11EC-BBF7-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB890-424F-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/817FB891-424F-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A317B1A1-E3C6-11EB-BBF2-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D84819E-424F-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E04A403-4250-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A345193-4251-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F81E22BF-4251-11E8-A155-00259035BB6720.gif"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307462-4251-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307463-4251-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50307464-4251-11E8-A155-00259035BB6723.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28225195-4252-11E8-A155-00259035BB6724.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BA6F20D-F151-11EB-BBF2-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D03D5290-4252-11E8-A155-00259035BB6726.gif"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7486536A-4254-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDC6F1-20D1-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0BA6F20B-F151-11EB-BBF2-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDC8E3-20D1-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03DDCAC3-20D1-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87F40AB8-F4B0-11ED-BC09-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6606C007-FE3F-11ED-BC09-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4A123BE8-3126-11EC-BBF4-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92845203-8147-11E9-BBBA-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ECB753C1-C7F0-11F0-BC5A-00505692E2D036.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1616,50 +1619,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="35" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1918,62 +1951,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klipsa-derzhatel-d-kartochek-15-belyh-kartochek-i-15-chernyh-108-sm-aps-02120546/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-tabl-02122910/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-prohotel-02122912/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-paderno-02122913/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vedro-d-chekov-matfer-02122915/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-matfer-02122916/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-prohotel-02122957/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-prohotel-02122958/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-02130119/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-4sht20-kartochek-aps-02130131/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-s-pruzhinami-paderno-02130138/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-s-sharikami-paderno-02130140/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-paderno-02130141/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-prohotel-02130192/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-prohotel-02130193/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-zio-pepe-02130194/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-prohotel-02130195/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-4sht20kartochek-aps-02130199/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-menyu-aps-02130711/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-menyu-aps-02130721/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-frilich-02131301/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochekbazalt-frilich-02131302/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-frilich-02131303/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-10sht-aps-02131305/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-10kartochek-aps-02131308/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-aps-02131310/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-aps-02131312/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-ppwood-02131314/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-aps-02131316/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-4sht20kartochek-aps-02131320/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-kartochek-15-belyh-i-15-chernyy-kartochek-aps-02131322/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-craster-02131505/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-craster-02131506/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-matfer-09100308/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-cal-m-09101215/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/klipsa-derzhatel-d-kartochek-15-belyh-kartochek-i-15-chernyh-108-sm-aps-02120546/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-tabl-02122910/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-prohotel-02122912/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-paderno-02122913/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vedro-d-chekov-matfer-02122915/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-matfer-02122916/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-prohotel-02122957/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-prohotel-02122958/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-02130119/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-4sht20-kartochek-aps-02130131/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-s-pruzhinami-paderno-02130138/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-s-sharikami-paderno-02130140/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-paderno-02130141/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-prohotel-02130192/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-prohotel-02130193/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nakalyvatel-dlya-chekov-zio-pepe-02130194/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-prohotel-02130195/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-4sht20kartochek-aps-02130199/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-menyu-aps-02130711/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-menyu-aps-02130721/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-frilich-02131301/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochekbazalt-frilich-02131302/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-frilich-02131303/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-10sht-aps-02131305/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-10kartochek-aps-02131308/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-aps-02131310/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-aps-02131312/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-ppwood-02131314/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-aps-02131316/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-4sht20kartochek-aps-02131320/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-d-kartochek-15-belyh-i-15-chernyy-kartochek-aps-02131322/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-craster-02131505/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-craster-02131506/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-matfer-09100308/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-cal-m-09101215/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-chekov-aps-02130905/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L36"/>
+  <dimension ref="A1:L37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I36" sqref="I36"/>
+      <selection activeCell="I37" sqref="I37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2296,890 +2329,921 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>61</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="L11" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>73</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>77</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L15" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="C16" s="0" t="s">
+      <c r="D16" s="0" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L16" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="D17" s="0" t="s">
         <v>86</v>
       </c>
-      <c r="D17" s="0" t="s">
+      <c r="E17" s="0" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
       <c r="L17" s="0">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>31</v>
       </c>
       <c r="L18" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>64</v>
+        <v>98</v>
       </c>
       <c r="L19" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D20" s="0">
         <v>71461</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>104</v>
+        <v>38</v>
       </c>
       <c r="L20" s="0">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="D21" s="0">
         <v>71462</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="E22" s="0" t="s">
         <v>109</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>113</v>
       </c>
-      <c r="C23" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E23" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>116</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="C24" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" s="0" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D25" s="0">
         <v>71482</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D26" s="0">
         <v>71480</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D27" s="0">
         <v>71470</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D28" s="0">
         <v>71489</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="D29" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="E29" s="0" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>138</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>22</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>38</v>
+        <v>119</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D30" s="0">
         <v>71425</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D31" s="0">
         <v>71512</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D32" s="0">
         <v>71495</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="D33" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="C33" s="0" t="s">
+      <c r="E33" s="0" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="0"/>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="D34" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C34" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E34" s="0" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="0"/>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D35" s="0">
         <v>665004</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="0"/>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D36" s="0">
         <v>509</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="0">
         <v>1</v>
       </c>
+    </row>
+    <row r="37" spans="1:12" customHeight="1" ht="80">
+      <c r="A37" s="0"/>
+      <c r="B37" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="D37" s="0">
+        <v>88900</v>
+      </c>
+      <c r="E37" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F37" s="0"/>
+      <c r="G37" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="H37" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="J37" s="0"/>
+      <c r="K37" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="L37" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>