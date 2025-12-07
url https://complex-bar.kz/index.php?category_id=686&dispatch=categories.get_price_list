--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -74,555 +74,546 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Подставка-ценник настольная «Базальт»;фарфор;,H=57,L=56,B=30мм;черный</t>
   </si>
   <si>
     <t>02122919</t>
   </si>
   <si>
     <t>Revol</t>
   </si>
   <si>
     <t>Basalt</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Таблички информационные</t>
   </si>
   <si>
     <t>5183.00₸</t>
   </si>
   <si>
+    <t>0 шт.</t>
+  </si>
+  <si>
+    <t>Табличка «Открыто-Закрыто»;пластик;,L=30,B=12см;белый,синий</t>
+  </si>
+  <si>
+    <t>02130108</t>
+  </si>
+  <si>
+    <t>TABL</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>2780.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Табличка «Резерв»[2шт];металл;,H=5,L=5,B=5см;металлич.</t>
+  </si>
+  <si>
+    <t>02130109</t>
+  </si>
+  <si>
+    <t>00017</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>5782.00₸</t>
+  </si>
+  <si>
+    <t>Подставка «Резерв»;кожа;,H=75,L=210,B=70мм;коричнев.</t>
+  </si>
+  <si>
+    <t>02130128</t>
+  </si>
+  <si>
+    <t>LK</t>
+  </si>
+  <si>
+    <t>8586.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Табличка д/резервир.стола[2шт];металл;,H=40,L=60,B=45мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130129</t>
+  </si>
+  <si>
+    <t>0133W020IVV</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>5044.00₸</t>
+  </si>
+  <si>
+    <t>Набор наклеек д/таблички «Не курить»[10шт];резина;,L=24,B=9см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>02130130</t>
+  </si>
+  <si>
+    <t>0133S000V</t>
+  </si>
+  <si>
+    <t>11882.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Табличка;акрил;,H=15,L=10см;оранжев.</t>
+  </si>
+  <si>
+    <t>02130144</t>
+  </si>
+  <si>
+    <t>1494.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Табличка «Резерв»;кожезам.,металл;,H=8,L=16,B=9см;бордо,золотой</t>
+  </si>
+  <si>
+    <t>02130157</t>
+  </si>
+  <si>
+    <t>980.00₸</t>
+  </si>
+  <si>
+    <t>Табличка «Не курить»;сталь нерж.;,H=45,L=54,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130167</t>
+  </si>
+  <si>
+    <t>42951-57</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>5329.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Табличка «Резерв»[2шт];сталь нерж.;,H=45,L=55,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130168</t>
+  </si>
+  <si>
+    <t>00013</t>
+  </si>
+  <si>
+    <t>5537.00₸</t>
+  </si>
+  <si>
+    <t>Табличка «Зарезервировано»;пластик;,H=95,L=200,B=100мм;серебрист.,черный</t>
+  </si>
+  <si>
+    <t>02130171</t>
+  </si>
+  <si>
+    <t>3581.00₸</t>
+  </si>
+  <si>
+    <t>40 шт.</t>
+  </si>
+  <si>
+    <t>Табличка «Зарезервировано»;пластик;,H=95,L=200,B=100мм;золотой,черный</t>
+  </si>
+  <si>
+    <t>02130172</t>
+  </si>
+  <si>
+    <t>3311.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Табличка «Зарезервировано»;пластик;,H=95,L=200,B=100мм;белый,красный</t>
+  </si>
+  <si>
+    <t>02130173</t>
+  </si>
+  <si>
+    <t>2926.00₸</t>
+  </si>
+  <si>
+    <t>Табличка «Не курить»[2шт];металл;200мл;,H=35,L=50,B=50мм;металлич.</t>
+  </si>
+  <si>
+    <t>02130185</t>
+  </si>
+  <si>
+    <t>00572</t>
+  </si>
+  <si>
+    <t>ГЕРМАНИЯ</t>
+  </si>
+  <si>
+    <t>6168.00₸</t>
+  </si>
+  <si>
+    <t>Табличка «Можно курить»[2шт];металл;100мл;,H=37,L=50,B=50мм;металлич.,зелен.</t>
+  </si>
+  <si>
+    <t>02130186</t>
+  </si>
+  <si>
+    <t>00573</t>
+  </si>
+  <si>
+    <t>Подставка «Резерв»;кожа;,H=65,L=210,B=65мм;черный</t>
+  </si>
+  <si>
+    <t>02130188</t>
+  </si>
+  <si>
+    <t>7539.00₸</t>
+  </si>
+  <si>
+    <t>Подставка «Резерв»;кожезам.;,H=45,L=165/50,B=50мм;золотой</t>
+  </si>
+  <si>
+    <t>02130702</t>
+  </si>
+  <si>
+    <t>4928.00₸</t>
+  </si>
+  <si>
     <t>1 шт.</t>
   </si>
   <si>
-    <t>Табличка «Открыто-Закрыто»;пластик;,L=30,B=12см;белый,синий</t>
-[...211 lines deleted...]
-  <si>
     <t>Подставка «Резерв»;кожезам.;,H=45,L=165/50,B=50мм;коричнев.</t>
   </si>
   <si>
     <t>02130703</t>
   </si>
   <si>
-    <t>5 шт.</t>
+    <t>5929.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
   </si>
   <si>
     <t>Табличка «Резерв»;сталь нерж.;,H=40,L=65,B=50мм;металлич.</t>
   </si>
   <si>
     <t>02130704</t>
   </si>
   <si>
     <t>SBT9</t>
   </si>
   <si>
     <t>Prohotel</t>
   </si>
   <si>
     <t>ИНДИЯ</t>
   </si>
   <si>
     <t>1477.00₸</t>
   </si>
   <si>
     <t>более 1 000 шт.</t>
   </si>
   <si>
     <t>Табличка «Не курить»;сталь нерж.;,H=45,L=60,B=60мм;металлич.</t>
   </si>
   <si>
     <t>02130705</t>
   </si>
   <si>
     <t>SBT8</t>
   </si>
   <si>
     <t>1190.00₸</t>
   </si>
   <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
     <t>Табличка «Не курить»;поливинилхл.;,L=21,5,B=14см;черный,золотой</t>
   </si>
   <si>
     <t>02130707</t>
   </si>
   <si>
-    <t>3073.00₸</t>
+    <t>3542.00₸</t>
   </si>
   <si>
     <t>Держатель для карточек;сталь нерж.;,H=3,L=6,B=5см</t>
   </si>
   <si>
     <t>02130713</t>
   </si>
   <si>
     <t>42952-05</t>
   </si>
   <si>
     <t>4359.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Набор табличек д/нумерации столов 11-20;пластик;,H=10,B=7см;золотой,черный</t>
   </si>
   <si>
     <t>02130717</t>
   </si>
   <si>
     <t>11-20</t>
   </si>
   <si>
     <t>24394.00₸</t>
   </si>
   <si>
     <t>Табличка «Не курить»;сталь нерж.;D=16см;металлич.</t>
   </si>
   <si>
     <t>02130720</t>
   </si>
   <si>
     <t>42958-29</t>
   </si>
   <si>
     <t>10727.00₸</t>
   </si>
   <si>
     <t>Подставка на кольцах «Резерв»;кожа;,L=200,B=75мм;коричнев.</t>
   </si>
   <si>
     <t>02130722</t>
   </si>
   <si>
     <t>5082.00₸</t>
   </si>
   <si>
-    <t>15 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Табличка «Резерв»;поливинилхл.;,H=5,B=7см;черный</t>
   </si>
   <si>
     <t>02130729</t>
   </si>
   <si>
     <t>010376</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>2133.00₸</t>
   </si>
   <si>
     <t>Меловой тейбл-тент А4 горизонтальный ,деревян.основание;,H=23,L=30,B=4см</t>
   </si>
   <si>
     <t>02130745</t>
   </si>
   <si>
     <t>3181.00₸</t>
   </si>
   <si>
-    <t>36 шт.</t>
+    <t>34 шт.</t>
   </si>
   <si>
     <t>Меловой тейбл-тент А5 деревян.основание;,H=240,L=150,B=45мм;черный,деревян.</t>
   </si>
   <si>
     <t>02130746</t>
   </si>
   <si>
     <t>Табличка-ценник деревян.основание;,H=75,L=105,B=75мм</t>
   </si>
   <si>
     <t>02130747</t>
   </si>
   <si>
     <t>TEX</t>
   </si>
   <si>
-    <t>1540.00₸</t>
+    <t>1833.00₸</t>
   </si>
   <si>
     <t>более 500 шт.</t>
   </si>
   <si>
     <t>Табличка-ценник деревян.основание;,H=50,L=75,B=50мм</t>
   </si>
   <si>
     <t>02130748</t>
   </si>
   <si>
-    <t>1155.00₸</t>
+    <t>1379.00₸</t>
   </si>
   <si>
     <t>Подставка-ценник настольная «Базальт»;керамика;,H=60,L=80,B=35мм;черный</t>
   </si>
   <si>
     <t>02130750</t>
   </si>
   <si>
     <t>7408.00₸</t>
   </si>
   <si>
     <t>Меловой тейбл-тент А4 вертикальный ,дерев.основание;,H=32,8,B=21,2см</t>
   </si>
   <si>
     <t>02130751</t>
   </si>
   <si>
-    <t>3234.00₸</t>
+    <t>3850.00₸</t>
   </si>
   <si>
     <t>Карточки д/информации д/арт.71487-89[50шт];пластик;,L=10,B=8см</t>
   </si>
   <si>
     <t>02131501</t>
   </si>
   <si>
     <t>4074.00₸</t>
   </si>
   <si>
     <t>Табличка д/маркировки сыра;фарфор;,L=55,B=40мм;белый</t>
   </si>
   <si>
     <t>04140903</t>
   </si>
   <si>
     <t>955.00₸</t>
   </si>
   <si>
     <t>Набор фломастеров д/декор-ния[8шт];разноцветн.</t>
   </si>
   <si>
     <t>04146066</t>
   </si>
   <si>
     <t>21560.00₸</t>
   </si>
   <si>
     <t>Лейбл «Фло»[10шт];поливинилхл.;,H=5,L=7см;белый</t>
   </si>
   <si>
     <t>08090403</t>
   </si>
   <si>
     <t>Flo</t>
   </si>
   <si>
     <t>4844.00₸</t>
   </si>
   <si>
-    <t>19 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Лейбл «Фло»[10шт];поливинилхл.;,H=7,L=10см;белый</t>
   </si>
   <si>
     <t>08090405</t>
   </si>
   <si>
     <t>7901.00₸</t>
   </si>
   <si>
-    <t>39 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Лейбл[10шт];поливинилхл.;,H=68,B=70мм;белый,золотой</t>
   </si>
   <si>
     <t>08090409</t>
   </si>
   <si>
     <t>16810.00₸</t>
   </si>
   <si>
-    <t>24 шт.</t>
-[...2 lines deleted...]
-    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Понедельник»;,L=5,B=5см</t>
+    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Понедельник»[500шт];,L=5,B=5см</t>
   </si>
   <si>
     <t>08090420</t>
   </si>
   <si>
     <t>RU-RIDU2201R</t>
   </si>
   <si>
     <t>Hold</t>
   </si>
   <si>
     <t>8008.00₸</t>
   </si>
   <si>
-    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Вторник»;,L=5,B=5см</t>
+    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Вторник»[500шт];,L=5,B=5см</t>
   </si>
   <si>
     <t>08090421</t>
   </si>
   <si>
-    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Среда»;,L=5,B=5см</t>
+    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Среда»[500шт];,L=5,B=5см</t>
   </si>
   <si>
     <t>08090422</t>
   </si>
   <si>
-    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Четверг»;,L=5,B=5см</t>
+    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Четверг»[500шт];,L=5,B=5см</t>
   </si>
   <si>
     <t>08090423</t>
   </si>
   <si>
-    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Пятница»;,L=5,B=5см</t>
+    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Пятница»[500шт];,L=5,B=5см</t>
   </si>
   <si>
     <t>08090424</t>
   </si>
   <si>
-    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Суббота»;,L=5,B=5см</t>
+    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Суббота»[500шт];,L=5,B=5см</t>
   </si>
   <si>
     <t>08090425</t>
   </si>
   <si>
-    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Воскресенье»;,L=5,B=5см</t>
+    <t>Этикетка д/маркировки удаляем.квадр.полноформатная «Воскресенье»[500шт];,L=5,B=5см</t>
   </si>
   <si>
     <t>08090426</t>
   </si>
   <si>
     <t>Набор бирок со шнурком</t>
   </si>
   <si>
     <t>08100110</t>
   </si>
   <si>
     <t>B5314003</t>
   </si>
   <si>
     <t>Serax</t>
   </si>
   <si>
     <t>БЕЛЬГИЯ</t>
   </si>
   <si>
     <t>3835.00₸</t>
   </si>
   <si>
     <t>Табличка с указанием направления;,L=30,B=22см</t>
   </si>
@@ -633,50 +624,62 @@
     <t>RS-SF/BK</t>
   </si>
   <si>
     <t>Update</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>29246.00₸</t>
   </si>
   <si>
     <t>Подставка для таблички (указателя);пластик;D=185,H=50мм;черный</t>
   </si>
   <si>
     <t>09100809</t>
   </si>
   <si>
     <t>9137/RS-36BK</t>
   </si>
   <si>
     <t>78456.00₸</t>
   </si>
   <si>
     <t>3 шт.</t>
+  </si>
+  <si>
+    <t>Карточки для информации[10шт];поливинилхл.;,L=75,B=50мм;черный</t>
+  </si>
+  <si>
+    <t>02130904</t>
+  </si>
+  <si>
+    <t>00037</t>
+  </si>
+  <si>
+    <t>4522.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -691,51 +694,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4451-20D0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87EC21-20CF-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA4D-424C-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E64577C-20D0-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB2468-424C-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791E1409-20D0-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDAAC722-9B58-11EE-BC36-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87ED61-20CF-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7315974D-424E-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87EF53-20CF-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87F005-20CF-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87F0B7-20CF-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE2A-424E-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA842-424E-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E64582E-20D0-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8CC-4250-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8CD-4250-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65FEF33C-4250-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7209618B-4250-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87EE13-20CF-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32ABD24A-EA59-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730AD2E3-20D0-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87ECC1-20CF-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4631-20D0-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877B3971-20CF-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852DE420-20D0-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5F9B9DE-8149-11E9-BBBA-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877B3831-20CF-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A690D-4254-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C389F-4254-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852DE4C0-20D0-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5627B0A-20D0-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E6C-424D-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5639417A-4251-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE5D-4250-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/377C35CC-3126-11EC-BBF4-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62A2AA19-2230-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0BE9-222F-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0C9B-222F-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0D3B-222F-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25EB7667-2230-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62BAE198-8147-11E9-BBBA-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62BAE199-8147-11E9-BBBA-005056921CC443.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4451-20D0-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87EC21-20CF-11EE-BC0D-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/BCFECA4D-424C-11E8-A155-00259035BB673.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E64577C-20D0-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F2FB2468-424C-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791E1409-20D0-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DDAAC722-9B58-11EE-BC36-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87ED61-20CF-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7315974D-424E-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87EF53-20CF-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87F005-20CF-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87F0B7-20CF-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F13FBE2A-424E-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F73AA842-424E-11E8-A155-00259035BB6714.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1E64582E-20D0-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8CC-4250-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5FFED8CD-4250-11E8-A155-00259035BB6717.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65FEF33C-4250-11E8-A155-00259035BB6718.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7209618B-4250-11E8-A155-00259035BB6719.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87EE13-20CF-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32ABD24A-EA59-11EB-BBF2-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/730AD2E3-20D0-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D87ECC1-20CF-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0C3F4631-20D0-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877B3971-20CF-11EE-BC0D-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852DE420-20D0-11EE-BC0D-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C5F9B9DE-8149-11E9-BBBA-005056921CC427.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877B3831-20CF-11EE-BC0D-005056921CC428.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B08A690D-4254-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C89C389F-4254-11E8-A155-00259035BB6730.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852DE4C0-20D0-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B5627B0A-20D0-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A7020E6C-424D-11E8-A155-00259035BB6733.gif"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5639417A-4251-11E8-A155-00259035BB6734.gif"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A208AE5D-4250-11E8-A155-00259035BB6735.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/377C35CC-3126-11EC-BBF4-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62A2AA19-2230-11EE-BC0D-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0BE9-222F-11EE-BC0D-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0C9B-222F-11EE-BC0D-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0F4A0D3B-222F-11EE-BC0D-005056921CC440.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25EB7667-2230-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62BAE198-8147-11E9-BBBA-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62BAE199-8147-11E9-BBBA-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DFC6A4EB-C7F0-11F0-BC5A-00505692E2D044.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1973,50 +1976,80 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="43" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm rot="0"/>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="952500" cy="952500"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="" descr=""/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2275,62 +2308,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-cennik-nastolnaya-revol-02122919/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130108/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130109/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130128/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-d-rezervirstola-ilsa-02130129/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nakleek-d-tablichki-ilsa-02130130/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130144/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-02130157/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-paderno-02130167/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130168/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130171/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130172/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130173/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130185/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130186/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130188/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130702/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130703/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-prohotel-02130704/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-prohotel-02130705/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-lk-02130707/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-paderno-02130713/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-tablichek-d-numeracii-stolov-11-20-tabl-02130717/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-paderno-02130720/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-na-kolcah-lk-02130722/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-matfer-02130729/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-teybl-tent-a4-gorizontalnyy-tabl-02130745/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-teybl-tent-a5-derevyanosnovanie-tabl-02130746/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-cennik-derevyanosnovanie-tabl-02130747/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-cennik-derevyanosnovanie-tabl-02130748/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-cennik-nastolnaya-revol-02130750/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-teybl-tent-a4-vertikalnyy-tabl-02130751/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kartochki-d-informacii-d-art71487-89-aps-02131501/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-d-markirovki-syra-revol-04140903/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-flomasterov-d-dekor-niya-matfer-04146066/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/leybl-matfer-08090403/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/leybl-matfer-08090405/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/leybl-matfer-08090409/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090420/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090421/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090422/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090423/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090424/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090425/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090426/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-birok-so-shnurkom-serax-08100110/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-s-ukazaniem-napravleniya-update-09100808/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tablichki-ukazatelya-update-09100809/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-cennik-nastolnaya-revol-02122919/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130108/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130109/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130128/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-d-rezervirstola-ilsa-02130129/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-nakleek-d-tablichki-ilsa-02130130/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130144/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-02130157/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-paderno-02130167/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130168/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130171/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130172/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-tabl-02130173/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130185/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-aps-02130186/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130188/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130702/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-lk-02130703/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-prohotel-02130704/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-prohotel-02130705/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-lk-02130707/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/derzhatel-dlya-kartochek-paderno-02130713/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-tablichek-d-numeracii-stolov-11-20-tabl-02130717/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-paderno-02130720/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-na-kolcah-lk-02130722/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-matfer-02130729/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-teybl-tent-a4-gorizontalnyy-tabl-02130745/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-teybl-tent-a5-derevyanosnovanie-tabl-02130746/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-cennik-derevyanosnovanie-tabl-02130747/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-cennik-derevyanosnovanie-tabl-02130748/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-cennik-nastolnaya-revol-02130750/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/melovoy-teybl-tent-a4-vertikalnyy-tabl-02130751/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kartochki-d-informacii-d-art71487-89-aps-02131501/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-d-markirovki-syra-revol-04140903/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-flomasterov-d-dekor-niya-matfer-04146066/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/leybl-matfer-08090403/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/leybl-matfer-08090405/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/leybl-matfer-08090409/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090420/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090421/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090422/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090423/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090424/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090425/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/etiketka-d-markirovki-udalyaemkvadrpolnoformatnaya-hold-08090426/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/nabor-birok-so-shnurkom-serax-08100110/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tablichka-s-ukazaniem-napravleniya-update-09100808/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podstavka-dlya-tablichki-ukazatelya-update-09100809/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kartochki-dlya-informacii-aps-02130904/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L49"/>
+  <dimension ref="A1:L50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I49" sqref="I49"/>
+      <selection activeCell="I50" sqref="I50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -2433,113 +2466,113 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>31</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L4" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="0" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D5" s="0"/>
       <c r="E5" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="L5" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>42</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
@@ -2586,51 +2619,51 @@
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="B9" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D9" s="0">
         <v>602</v>
       </c>
       <c r="E9" s="0"/>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>54</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
@@ -2650,81 +2683,81 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>64</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="L11" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="D12" s="0"/>
       <c r="E12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="L12" s="0">
         <v>120</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D13" s="0"/>
       <c r="E13" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
@@ -2820,375 +2853,375 @@
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>80</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="L16" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D17" s="0"/>
       <c r="E17" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>86</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>87</v>
+        <v>25</v>
       </c>
       <c r="L17" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D18" s="0"/>
       <c r="E18" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>19</v>
+        <v>90</v>
       </c>
       <c r="L18" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>91</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D19" s="0"/>
       <c r="E19" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L19" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L20" s="0">
         <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>51</v>
+        <v>106</v>
       </c>
       <c r="L21" s="0">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D22" s="0"/>
       <c r="E22" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>112</v>
+        <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D26" s="0"/>
       <c r="E26" s="0" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>124</v>
+        <v>94</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>129</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L27" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D28" s="0"/>
       <c r="E28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
@@ -3298,51 +3331,51 @@
         <v>144</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>145</v>
       </c>
       <c r="D32" s="0">
         <v>651032</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>146</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>19</v>
+        <v>90</v>
       </c>
       <c r="L32" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
         <v>147</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>148</v>
       </c>
       <c r="D33" s="0"/>
       <c r="E33" s="0" t="s">
         <v>138</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I33" s="1" t="s">
@@ -3360,507 +3393,551 @@
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>151</v>
       </c>
       <c r="D34" s="0">
         <v>71499</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>79</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>152</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L34" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D35" s="0">
         <v>615525</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>155</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L35" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D36" s="0">
         <v>410304</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>158</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L36" s="0"/>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D37" s="0">
         <v>690681</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>161</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>162</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>163</v>
+        <v>19</v>
       </c>
       <c r="L37" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="C38" s="0" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D38" s="0">
         <v>690682</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>161</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>167</v>
+        <v>19</v>
       </c>
       <c r="L38" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D39" s="0">
         <v>691116</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>128</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>171</v>
+        <v>19</v>
       </c>
       <c r="L39" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="B40" s="0" t="s">
+        <v>169</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="E40" s="0" t="s">
         <v>172</v>
-      </c>
-[...7 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="L40" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L40" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="B41" s="0" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D41" s="0"/>
       <c r="E41" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="L41" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L41" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D42" s="0"/>
       <c r="E42" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="L42" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L42" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="B43" s="0" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D43" s="0"/>
       <c r="E43" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="L43" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L43" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D44" s="0"/>
       <c r="E44" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="L44" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L44" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="B45" s="0" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D45" s="0"/>
       <c r="E45" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="L45" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L45" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D46" s="0"/>
       <c r="E46" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="L46" s="0"/>
+        <v>19</v>
+      </c>
+      <c r="L46" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>188</v>
+      </c>
+      <c r="E47" s="0" t="s">
         <v>189</v>
-      </c>
-[...7 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L47" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="E48" s="0" t="s">
         <v>195</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
+    </row>
+    <row r="50" spans="1:12" customHeight="1" ht="80">
+      <c r="A50" s="0"/>
+      <c r="B50" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>204</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="E50" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="F50" s="0"/>
+      <c r="G50" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I50" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="J50" s="0"/>
+      <c r="K50" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L50" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
@@ -3869,50 +3946,51 @@
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
     <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
     <hyperlink ref="B36" r:id="rId_hyperlink_35"/>
     <hyperlink ref="B37" r:id="rId_hyperlink_36"/>
     <hyperlink ref="B38" r:id="rId_hyperlink_37"/>
     <hyperlink ref="B39" r:id="rId_hyperlink_38"/>
     <hyperlink ref="B40" r:id="rId_hyperlink_39"/>
     <hyperlink ref="B41" r:id="rId_hyperlink_40"/>
     <hyperlink ref="B42" r:id="rId_hyperlink_41"/>
     <hyperlink ref="B43" r:id="rId_hyperlink_42"/>
     <hyperlink ref="B44" r:id="rId_hyperlink_43"/>
     <hyperlink ref="B45" r:id="rId_hyperlink_44"/>
     <hyperlink ref="B46" r:id="rId_hyperlink_45"/>
     <hyperlink ref="B47" r:id="rId_hyperlink_46"/>
     <hyperlink ref="B48" r:id="rId_hyperlink_47"/>
     <hyperlink ref="B49" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="B50" r:id="rId_hyperlink_49"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>