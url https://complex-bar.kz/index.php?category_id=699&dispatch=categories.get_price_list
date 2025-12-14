--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -71,354 +71,336 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Полотенце в пачках V сложение  200шт. 216мм*210мм. уп 20шт</t>
   </si>
   <si>
     <t>00102</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Полотенца</t>
   </si>
   <si>
     <t>0.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Салфетка вафельная;,L=80,B=45см</t>
-[...2 lines deleted...]
-    <t>03201410</t>
+    <t>Подогреватель полотенец;сталь нерж.;,H=35,5,L=27,5,B=45см;серый</t>
+  </si>
+  <si>
+    <t>07020304</t>
+  </si>
+  <si>
+    <t>TW-18S</t>
+  </si>
+  <si>
+    <t>KYOTO</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>130739.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца v-сл.2сл.[200шт];бум. салфет.;,H=80,L=235,B=115мм;белый</t>
+  </si>
+  <si>
+    <t>08010601</t>
+  </si>
+  <si>
+    <t>PB</t>
+  </si>
+  <si>
+    <t>658.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца V-слож.1-сл.[200шт]</t>
+  </si>
+  <si>
+    <t>08010637</t>
+  </si>
+  <si>
+    <t>647.00₸</t>
+  </si>
+  <si>
+    <t>47 шт.</t>
+  </si>
+  <si>
+    <t>Полотенца V-укл.1-сл.[250шт];,L=22,5,B=11,5см;серый</t>
+  </si>
+  <si>
+    <t>08010639</t>
+  </si>
+  <si>
+    <t>Torus</t>
+  </si>
+  <si>
+    <t>724.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца V-укл.1-сл.[200шт];,L=22,B=8см;белый</t>
+  </si>
+  <si>
+    <t>08010640</t>
+  </si>
+  <si>
+    <t>640.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца V-укл.1-сл.[200шт];,L=22,5,B=11,5см;серый</t>
+  </si>
+  <si>
+    <t>08010641</t>
+  </si>
+  <si>
+    <t>624.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца V-укл.2-сл.[200шт];,L=22,5,B=11,5см;белый</t>
+  </si>
+  <si>
+    <t>08010644</t>
+  </si>
+  <si>
+    <t>894.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца Z-укл.1-сл.[250шт];,L=215,B=80мм;белый</t>
+  </si>
+  <si>
+    <t>08010645</t>
+  </si>
+  <si>
+    <t>1025.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца Z-укл.1-сл.[200шт];,L=215,B=80мм;серый</t>
+  </si>
+  <si>
+    <t>08010646</t>
+  </si>
+  <si>
+    <t>563.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца Z-укл.2-сл.[180шт];,L=215,B=80мм;белый</t>
+  </si>
+  <si>
+    <t>08010647</t>
+  </si>
+  <si>
+    <t>847.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца в рулоне с центр.вытяжкой 1-сл.120м[12шт];белый</t>
+  </si>
+  <si>
+    <t>08010648</t>
+  </si>
+  <si>
+    <t>12243.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца в рулоне 100 метров;целлюл.;серый</t>
+  </si>
+  <si>
+    <t>08010649</t>
+  </si>
+  <si>
+    <t>Motti</t>
+  </si>
+  <si>
+    <t>1872.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца в рулоне 120 метров;целлюл.;белый</t>
+  </si>
+  <si>
+    <t>08010650</t>
+  </si>
+  <si>
+    <t>2464.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца в рулоне 2-сл.17м[2шт];белый</t>
+  </si>
+  <si>
+    <t>08010651</t>
+  </si>
+  <si>
+    <t>08010652</t>
+  </si>
+  <si>
+    <t>1309.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца V-укл.1-сл.[200шт];,L=22,5,B=11,5см;белый</t>
+  </si>
+  <si>
+    <t>08010654</t>
+  </si>
+  <si>
+    <t>Lime</t>
+  </si>
+  <si>
+    <t>809.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца V-укл.1-сл.[250шт];,L=22,5,B=11,5см;белый</t>
+  </si>
+  <si>
+    <t>08010655</t>
+  </si>
+  <si>
+    <t>1001.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца Z-укл.2-сл.[180шт];,L=22,B=8см;белый</t>
+  </si>
+  <si>
+    <t>08010658</t>
+  </si>
+  <si>
+    <t>230180ЦТ</t>
+  </si>
+  <si>
+    <t>1379.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца в рулоне 2-слойные 170м[6шт];белый</t>
+  </si>
+  <si>
+    <t>08010660</t>
+  </si>
+  <si>
+    <t>30069.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца V-сложение,1-слойные[200шт];,L=22,5,B=11,5см;свет.-сер.</t>
+  </si>
+  <si>
+    <t>08010668</t>
+  </si>
+  <si>
+    <t>261355-М</t>
+  </si>
+  <si>
+    <t>732.00₸</t>
+  </si>
+  <si>
+    <t>Полотенца в рулоне с центральной вытяжкой 1-слойные 300м;белый</t>
+  </si>
+  <si>
+    <t>08010670</t>
+  </si>
+  <si>
+    <t>2357.00₸</t>
+  </si>
+  <si>
+    <t>Tork Xpress Листовые полотенца Multifod мягкие, 2 сл, 4 панели, М слож., 21,2х34см, 110л/п Н2 (21)</t>
+  </si>
+  <si>
+    <t>100288-01</t>
+  </si>
+  <si>
+    <t>пустая</t>
+  </si>
+  <si>
+    <t>Tork листовые полотенца Singlefold сложения ZZ, 2 сл., 23х24,8см, 250л/пачке (15);бумага;,L=40,6,B=5</t>
+  </si>
+  <si>
+    <t>Полотенца лист.1-о сл.белые 20*250лист.35гр</t>
+  </si>
+  <si>
+    <t>5000/940420</t>
+  </si>
+  <si>
+    <t>Полотенца для рук Scott Xtra 320листов 20х22х10,5см, 1 слой (V / ZZ-сложение) (15 шт/упак)</t>
+  </si>
+  <si>
+    <t>Полотенца махровые , цвет бирюзовый, разм. 30*30</t>
+  </si>
+  <si>
+    <t>pr000122krd</t>
+  </si>
+  <si>
+    <t>Полотенца махровые , цвет зеленый (салат), разм. 30*30</t>
+  </si>
+  <si>
+    <t>pr000123krd</t>
+  </si>
+  <si>
+    <t>Полотенца махровые , цвет розовый, разм. 30*30</t>
+  </si>
+  <si>
+    <t>pr000125krd</t>
+  </si>
+  <si>
+    <t>Полотенца махровые , цвет серый, разм. 30*30</t>
+  </si>
+  <si>
+    <t>pr000126krd</t>
+  </si>
+  <si>
+    <t>Полотенца в рулоне 2 сл. белый</t>
+  </si>
+  <si>
+    <t>pr181460</t>
+  </si>
+  <si>
+    <t>Полотенце «Лайм» Z-укладки 1 слой[220шт];,L=225,B=80мм;белый</t>
+  </si>
+  <si>
+    <t>08014048</t>
+  </si>
+  <si>
+    <t>886.00₸</t>
+  </si>
+  <si>
+    <t>Вафельное полотно плотность 240 г/кв.м;хлопок;,L=100,B=45см;белый</t>
+  </si>
+  <si>
+    <t>03177256</t>
+  </si>
+  <si>
+    <t>45-240</t>
   </si>
   <si>
     <t>Hold</t>
   </si>
   <si>
-    <t>871.00₸</t>
-[...106 lines deleted...]
-  <si>
     <t>5 шт.</t>
-  </si>
-[...184 lines deleted...]
-    <t>35 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -433,51 +415,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/CBD445D5-21BF-11EE-BC0D-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39A2BBF0-EA57-11EB-BBF2-005056921CC42.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5E3D698-424F-11E8-A155-00259035BB673.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA2A1285-FAF7-11E9-BBC6-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E341320C-222F-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E341335E-222F-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E94D977C-222F-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3413082-222F-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD3F50D4-222F-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3412E00-222F-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD3F5034-222F-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96E74925-E3D3-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD3F4BD5-222F-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD3F4B11-222F-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D742ECCA-222F-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3412FE2-222F-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E94D981C-222F-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E34132BE-222F-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD3F4F94-222F-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D742EC2A-222F-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DECDC052-B3AB-11EE-BC40-00505692492F21.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7636BED-ADA2-11F0-BC58-00505692C44722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A98F63EB-B3AB-11EE-BC40-00505692492F23.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6C6BDE7-2935-11F0-BC54-00505692E2D024.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39A2BBF0-EA57-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A5E3D698-424F-11E8-A155-00259035BB672.gif"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/AA2A1285-FAF7-11E9-BBC6-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E341320C-222F-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E341335E-222F-11EE-BC0D-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E94D977C-222F-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3413082-222F-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD3F50D4-222F-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3412E00-222F-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD3F5034-222F-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96E74925-E3D3-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD3F4BD5-222F-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD3F4B11-222F-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D742ECCA-222F-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E3412FE2-222F-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E94D981C-222F-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E34132BE-222F-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DD3F4F94-222F-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D742EC2A-222F-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/DECDC052-B3AB-11EE-BC40-00505692492F20.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C7636BED-ADA2-11F0-BC58-00505692C44721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A98F63EB-B3AB-11EE-BC40-00505692492F22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D6C6BDE7-2935-11F0-BC54-00505692E2D023.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1012,51 +994,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="19" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="20" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -1072,123 +1054,93 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="21" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="22" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="23" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -1447,62 +1399,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotence-v-pachkah-v-slozhenie-200sht-216mm210mm-up-20sht-00102/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/salfetka-vafelnaya-hold-03201410/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podogrevatel-polotenec-md-07020304/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-sl2sl-pb-08010601/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotencev-slozh1-sl-pb-08010637/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-ukl1-sl-torus-08010639/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-ukl1-sl-torus-08010640/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-ukl1-sl-torus-08010641/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-ukl2-sl-torus-08010644/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-z-ukl1-sl-torus-08010645/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-z-ukl1-sl-torus-08010646/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-z-ukl2-sl-torus-08010647/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-rulone-s-centrvytyazhkoy-1-sl120m-torus-08010648/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-rulone-torus-08010649/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-rulone-torus-08010650/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-rulone-2-sl17m-torus-08010651/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-ukl2-sl-torus-08010652/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-ukl1-sl-torus-08010654/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-ukl1-sl-torus-08010655/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-z-ukl2-sl-torus-08010658/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-rulone-2-sloynye-170m-torus-08010660/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-slozhenie-1-sloynye-torus-08010668/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-rulone-s-centralnoy-vytyazhkoy-1-sloynye-300m-torus-08010670/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tork-xpress-listovye-polotenca-multifod-myagkie-2-sl-4-paneli-m-slozh-21-2h34sm-110l-p-n2-21-pustaya-100288-01/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tork-listovye-polotenca-singlefold-slozheniya-zz-2-sl-23h24-8sm-250l-pachke-15-290163/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-list1-o-slbelye-20250list35gr-5000-940420/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-dlya-ruk-scott-xtra-320listov-20h22h10-5sm-1-sloy-v-zz-slozhenie-15-sht-upak-pustaya-6677/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-mahrovye-cvet-biryuzovyy-razm-3030-pr000122krd/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-mahrovye-cvet-zelenyy-salat-razm-3030-pr000123krd/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-mahrovye-cvet-rozovyy-razm-3030-pr000125krd/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-mahrovye-cvet-seryy-razm-3030-pr000126krd/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-rulone-2-sl-belyy-pr181460/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotence-torus-08014048/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vafelnoe-polotno-hold-03177256/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotence-v-pachkah-v-slozhenie-200sht-216mm210mm-up-20sht-00102/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/podogrevatel-polotenec-md-07020304/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-sl2sl-pb-08010601/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotencev-slozh1-sl-pb-08010637/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-ukl1-sl-torus-08010639/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-ukl1-sl-torus-08010640/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-ukl1-sl-torus-08010641/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-ukl2-sl-torus-08010644/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-z-ukl1-sl-torus-08010645/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-z-ukl1-sl-torus-08010646/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-z-ukl2-sl-torus-08010647/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-rulone-s-centrvytyazhkoy-1-sl120m-torus-08010648/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-rulone-torus-08010649/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-rulone-torus-08010650/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-rulone-2-sl17m-torus-08010651/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-ukl2-sl-torus-08010652/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-ukl1-sl-torus-08010654/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-ukl1-sl-torus-08010655/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-z-ukl2-sl-torus-08010658/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-rulone-2-sloynye-170m-torus-08010660/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-slozhenie-1-sloynye-torus-08010668/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-rulone-s-centralnoy-vytyazhkoy-1-sloynye-300m-torus-08010670/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tork-xpress-listovye-polotenca-multifod-myagkie-2-sl-4-paneli-m-slozh-21-2h34sm-110l-p-n2-21-pustaya-100288-01/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/tork-listovye-polotenca-singlefold-slozheniya-zz-2-sl-23h24-8sm-250l-pachke-15-290163/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-list1-o-slbelye-20250list35gr-5000-940420/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-dlya-ruk-scott-xtra-320listov-20h22h10-5sm-1-sloy-v-zz-slozhenie-15-sht-upak-pustaya-6677/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-mahrovye-cvet-biryuzovyy-razm-3030-pr000122krd/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-mahrovye-cvet-zelenyy-salat-razm-3030-pr000123krd/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-mahrovye-cvet-rozovyy-razm-3030-pr000125krd/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-mahrovye-cvet-seryy-razm-3030-pr000126krd/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotenca-v-rulone-2-sl-belyy-pr181460/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/polotence-torus-08014048/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vafelnoe-polotno-hold-03177256/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L35"/>
+  <dimension ref="A1:L34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I35" sqref="I35"/>
+      <selection activeCell="I34" sqref="I34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1550,1106 +1502,1075 @@
       <c r="G2" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H2" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J2" s="0"/>
       <c r="K2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L2" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:12" customHeight="1" ht="80">
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="D3" s="0"/>
+      <c r="D3" s="0" t="s">
+        <v>20</v>
+      </c>
       <c r="E3" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="D4" s="0"/>
       <c r="E4" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L4" s="0">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>29</v>
       </c>
-      <c r="D5" s="0"/>
+      <c r="D5" s="0" t="s">
+        <v>29</v>
+      </c>
       <c r="E5" s="0" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="L5" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="D6" s="0" t="s">
-        <v>33</v>
+      <c r="D6" s="0">
+        <v>261352</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="L6" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="0">
-        <v>261352</v>
+        <v>261253</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="L7" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D8" s="0">
-        <v>261253</v>
+        <v>261353</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="L8" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D9" s="0">
-        <v>261353</v>
+        <v>262202</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L9" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D10" s="0">
-        <v>262202</v>
+        <v>271183</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="L10" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D11" s="0">
-        <v>271183</v>
+        <v>271185</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="L11" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D12" s="0">
-        <v>271185</v>
+        <v>272182</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="L12" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="D13" s="0">
-        <v>272182</v>
+        <v>281120</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L13" s="0">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D14" s="0">
-        <v>281120</v>
+        <v>266100</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="F14" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="F14" s="0" t="s">
+        <v>59</v>
+      </c>
       <c r="G14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L14" s="0">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D15" s="0">
-        <v>266100</v>
+        <v>266120</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L15" s="0">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D16" s="0">
-        <v>266120</v>
+        <v>191724</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="D17" s="0">
-        <v>191724</v>
+        <v>263200</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>39</v>
+        <v>67</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="L17" s="0">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D18" s="0">
-        <v>263200</v>
+        <v>210200</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="L18" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D19" s="0">
-        <v>210200</v>
+        <v>210250</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L19" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>210250</v>
+        <v>76</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>77</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L20" s="0">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>80</v>
+      </c>
+      <c r="D21" s="0">
+        <v>193052</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L21" s="0">
-        <v>20</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
-      <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>193052</v>
+        <v>83</v>
+      </c>
+      <c r="D22" s="0" t="s">
+        <v>84</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L22" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L22" s="0"/>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="B23" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>87</v>
+      </c>
+      <c r="D23" s="0">
+        <v>281300</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="L23" s="0"/>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
+      <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="D24" s="0"/>
       <c r="E24" s="0" t="s">
-        <v>38</v>
+        <v>91</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L24" s="0"/>
+      <c r="L24" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>96</v>
-[...4 lines deleted...]
-      <c r="D25" s="0"/>
+        <v>92</v>
+      </c>
+      <c r="C25" s="0">
+        <v>290163</v>
+      </c>
+      <c r="D25" s="0">
+        <v>290163</v>
+      </c>
       <c r="E25" s="0" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L25" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L25" s="0"/>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
-      <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>99</v>
-[...9 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="D26" s="0"/>
+      <c r="E26" s="0"/>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>17</v>
       </c>
-      <c r="L26" s="0"/>
+      <c r="L26" s="0">
+        <v>0</v>
+      </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
+      <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>95</v>
+      </c>
+      <c r="C27" s="0">
+        <v>6677</v>
       </c>
       <c r="D27" s="0"/>
-      <c r="E27" s="0"/>
+      <c r="E27" s="0" t="s">
+        <v>91</v>
+      </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L27" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
-      <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>6677</v>
+        <v>96</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>97</v>
       </c>
       <c r="D28" s="0"/>
-      <c r="E28" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E28" s="0"/>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I28" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L28" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="B29" s="0" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="D29" s="0"/>
       <c r="E29" s="0"/>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I29" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L29" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="B30" s="0" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="D30" s="0"/>
       <c r="E30" s="0"/>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I30" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L30" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="B31" s="0" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="D31" s="0"/>
       <c r="E31" s="0"/>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L31" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="B32" s="0" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="D32" s="0"/>
       <c r="E32" s="0"/>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>16</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L32" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
+      <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      <c r="F33" s="0"/>
+        <v>107</v>
+      </c>
+      <c r="D33" s="0">
+        <v>240220</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F33" s="0" t="s">
+        <v>70</v>
+      </c>
       <c r="G33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>16</v>
+        <v>108</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
         <v>17</v>
       </c>
       <c r="L33" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
-      <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>240220</v>
+        <v>110</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>111</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>115</v>
+        <v>53</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>17</v>
+        <v>113</v>
       </c>
       <c r="L34" s="0">
-        <v>1</v>
-[...29 lines deleted...]
-      <c r="L35" s="0">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
     <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
     <hyperlink ref="B24" r:id="rId_hyperlink_23"/>
     <hyperlink ref="B25" r:id="rId_hyperlink_24"/>
     <hyperlink ref="B26" r:id="rId_hyperlink_25"/>
     <hyperlink ref="B27" r:id="rId_hyperlink_26"/>
     <hyperlink ref="B28" r:id="rId_hyperlink_27"/>
     <hyperlink ref="B29" r:id="rId_hyperlink_28"/>
     <hyperlink ref="B30" r:id="rId_hyperlink_29"/>
     <hyperlink ref="B31" r:id="rId_hyperlink_30"/>
     <hyperlink ref="B32" r:id="rId_hyperlink_31"/>
     <hyperlink ref="B33" r:id="rId_hyperlink_32"/>
     <hyperlink ref="B34" r:id="rId_hyperlink_33"/>
-    <hyperlink ref="B35" r:id="rId_hyperlink_34"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>