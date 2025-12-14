--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="317">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -95,627 +95,609 @@
   <si>
     <t>18851.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Контейнер д/мусора настол.;пластик;2,8л;D=12,H=12,5,L=18,B=12,5см;белый,серый</t>
   </si>
   <si>
     <t>02123103</t>
   </si>
   <si>
     <t>00031</t>
   </si>
   <si>
     <t>ГЕРМАНИЯ</t>
   </si>
   <si>
     <t>9872.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
-    <t>Контейнер для мусора «СЛИМ ДЖИМ» с крышкой;полиэтилен;60л;,H=63,5,L=55,8,B=27,9см;черный</t>
-[...8 lines deleted...]
-    <t>SLIM JIM</t>
+    <t>Ящик д/грязной посуды;полиэтилен;,H=13,L=53,B=39,9см;черный</t>
+  </si>
+  <si>
+    <t>04121201</t>
+  </si>
+  <si>
+    <t>1621CBP110</t>
+  </si>
+  <si>
+    <t>Cambro</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>Контейнеры для мусора</t>
   </si>
   <si>
-    <t>148841.00₸</t>
-[...13 lines deleted...]
-  <si>
     <t>56187.00₸</t>
   </si>
   <si>
     <t>Ящик д/грязной посуды;пластик;,H=17,6,L=51,5,B=38,6см;черный</t>
   </si>
   <si>
     <t>04121202</t>
   </si>
   <si>
     <t>21157CBR110</t>
   </si>
   <si>
     <t>33472.00₸</t>
   </si>
   <si>
     <t>Урна-пепельница;сталь;D=25,H=60см;металлич.</t>
   </si>
   <si>
     <t>08010309</t>
   </si>
   <si>
     <t>250 НН нерж</t>
   </si>
   <si>
     <t>TIT</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>30146.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Урна-пепельница;сталь оцинк.;D=23,H=60см;белый</t>
+  </si>
+  <si>
+    <t>08010310</t>
+  </si>
+  <si>
+    <t>250Н белая</t>
+  </si>
+  <si>
+    <t>16478.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Урна-пепельница;сталь оцинк.;D=23,H=60см;черный</t>
+  </si>
+  <si>
+    <t>08010311</t>
+  </si>
+  <si>
+    <t>250H черн</t>
+  </si>
+  <si>
+    <t>Бак для мусора с крышкой;пластик;35л;D=42,H=48см;белый</t>
+  </si>
+  <si>
+    <t>08010321</t>
+  </si>
+  <si>
+    <t>Б-35</t>
+  </si>
+  <si>
+    <t>NS</t>
+  </si>
+  <si>
+    <t>Баки для мусора</t>
+  </si>
+  <si>
+    <t>6699.00₸</t>
+  </si>
+  <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Бак для мусора с крышкой;полипроп.;65л;D=50,H=55см;бордо,серый</t>
+  </si>
+  <si>
+    <t>08010325</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>14014.00₸</t>
+  </si>
+  <si>
+    <t>20 шт.</t>
+  </si>
+  <si>
+    <t>Урна-пепельница;сталь оцинк.;D=15,H=60см;черный</t>
+  </si>
+  <si>
+    <t>08010333</t>
+  </si>
+  <si>
+    <t>150H черн</t>
+  </si>
+  <si>
+    <t>13052.00₸</t>
+  </si>
+  <si>
     <t>11 шт.</t>
   </si>
   <si>
-    <t>Урна-пепельница;сталь оцинк.;D=23,H=60см;белый</t>
-[...20 lines deleted...]
-    <t>250H черн</t>
+    <t>Урна-пепельница;сталь;D=15,H=60см;металлич.</t>
+  </si>
+  <si>
+    <t>08010334</t>
+  </si>
+  <si>
+    <t>150HH нерж</t>
+  </si>
+  <si>
+    <t>27874.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Урна д/мусора,настольная;сталь нерж.;2,7л;D=12,H=14,5,L=12,5,B=12,5см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>08010353</t>
+  </si>
+  <si>
+    <t>00292</t>
+  </si>
+  <si>
+    <t>19068.00₸</t>
+  </si>
+  <si>
+    <t>Бак для мусора с крышкой;пластик;105л;D=60,H=65см;белый</t>
+  </si>
+  <si>
+    <t>08010354</t>
+  </si>
+  <si>
+    <t>Б-105</t>
+  </si>
+  <si>
+    <t>13552.00₸</t>
+  </si>
+  <si>
+    <t>29 шт.</t>
+  </si>
+  <si>
+    <t>Бак для мусора с крышкой;полипроп.;45л;D=48,H=61см;бордо,серый</t>
+  </si>
+  <si>
+    <t>08010366</t>
+  </si>
+  <si>
+    <t>10549.00₸</t>
+  </si>
+  <si>
+    <t>36 шт.</t>
+  </si>
+  <si>
+    <t>Бак для мусора с крышкой;полипроп.;25л;D=35,H=45см;бордо</t>
+  </si>
+  <si>
+    <t>08010368</t>
+  </si>
+  <si>
+    <t>5275.00₸</t>
+  </si>
+  <si>
+    <t>Урна д/мусора на колесах;полипроп.;80л;,H=81,L=40см</t>
+  </si>
+  <si>
+    <t>08010371</t>
+  </si>
+  <si>
+    <t>44095-18</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>85678.00₸</t>
+  </si>
+  <si>
+    <t>Корзина д/бумаги;сталь нерж.,пластик;D=22,H=31см;коричнев.</t>
+  </si>
+  <si>
+    <t>08010374</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>18966.00₸</t>
+  </si>
+  <si>
+    <t>Ведро педальное;сталь нерж.;5л</t>
+  </si>
+  <si>
+    <t>08010378</t>
+  </si>
+  <si>
+    <t>kt 1321</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>10514.00₸</t>
+  </si>
+  <si>
+    <t>Бак для мусора;пластик;60л;,H=63,L=59,B=28см;серый</t>
+  </si>
+  <si>
+    <t>08010379</t>
+  </si>
+  <si>
+    <t>49931-60</t>
+  </si>
+  <si>
+    <t>139394.00₸</t>
+  </si>
+  <si>
+    <t>Урна д/мусора,настольная;сталь нерж.;D=12,H=17см;серебрист.</t>
+  </si>
+  <si>
+    <t>08010382</t>
+  </si>
+  <si>
+    <t>00029</t>
+  </si>
+  <si>
+    <t>22099.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер д/мусора с педалью;полиэтилен;90л</t>
+  </si>
+  <si>
+    <t>08010383</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>ФРАНЦИЯ</t>
+  </si>
+  <si>
+    <t>170894.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для мусора с крышкой на обрезиненных колесах;пластик;240л;,H=106,L=73,B=58см;зелен.</t>
+  </si>
+  <si>
+    <t>08010385</t>
+  </si>
+  <si>
+    <t>МКТ 240/green</t>
+  </si>
+  <si>
+    <t>Tara</t>
+  </si>
+  <si>
+    <t>61600.00₸</t>
+  </si>
+  <si>
+    <t>9 шт.</t>
+  </si>
+  <si>
+    <t>Урна с педалью;пластик;120мл;,H=93,L=48,B=55см</t>
+  </si>
+  <si>
+    <t>08010386</t>
+  </si>
+  <si>
+    <t>44095-12</t>
+  </si>
+  <si>
+    <t>198406.00₸</t>
+  </si>
+  <si>
+    <t>Урна д/мусора 3*30л;D=45,H=84см</t>
+  </si>
+  <si>
+    <t>08010388</t>
+  </si>
+  <si>
+    <t>010</t>
+  </si>
+  <si>
+    <t>Ovetto</t>
+  </si>
+  <si>
+    <t>134643.00₸</t>
+  </si>
+  <si>
+    <t>Урна уличная;металл;31л;D=40,5,H=71,5см;черный</t>
+  </si>
+  <si>
+    <t>08010393</t>
+  </si>
+  <si>
+    <t>СЛ1-К</t>
+  </si>
+  <si>
+    <t>28490.00₸</t>
+  </si>
+  <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
+    <t>Мешки д/мусора 43мкм.[50шт];полиэтилен;120л;,L=11,2,B=70см;черный</t>
+  </si>
+  <si>
+    <t>08010505</t>
+  </si>
+  <si>
+    <t>70/110</t>
+  </si>
+  <si>
+    <t>OP</t>
+  </si>
+  <si>
+    <t>Мешки для мусора</t>
+  </si>
+  <si>
+    <t>3388.00₸</t>
+  </si>
+  <si>
+    <t>Мешки д/мусора[25шт];полиэтилен;180л</t>
+  </si>
+  <si>
+    <t>08010513</t>
+  </si>
+  <si>
+    <t>3812.00₸</t>
+  </si>
+  <si>
+    <t>8 шт.</t>
+  </si>
+  <si>
+    <t>Ведро педальное;сталь нерж.;12л;D=25,H=40см;металлич.</t>
+  </si>
+  <si>
+    <t>08011101</t>
+  </si>
+  <si>
+    <t>kt 161</t>
+  </si>
+  <si>
+    <t>19208.00₸</t>
+  </si>
+  <si>
+    <t>Бак для мусора с крышкой;полипроп.;105л;D=60,H=65см;зелен.</t>
+  </si>
+  <si>
+    <t>08011102</t>
+  </si>
+  <si>
+    <t>Б-105/Green</t>
+  </si>
+  <si>
+    <t>11858.00₸</t>
+  </si>
+  <si>
+    <t>Бак для мусора с крышкой;полипроп.;35л;D=42,H=48см;зелен.</t>
+  </si>
+  <si>
+    <t>08011103</t>
+  </si>
+  <si>
+    <t>Б-35/Green</t>
+  </si>
+  <si>
+    <t>6353.00₸</t>
+  </si>
+  <si>
+    <t>Урна с педалью;хром;15л;D=24,H=31см</t>
+  </si>
+  <si>
+    <t>08011104</t>
+  </si>
+  <si>
+    <t>14091.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Контейнер для мусора с крышкой на обрезиненных колесах;пластик;120л;,H=99,7,L=48,B=48см;зелен.</t>
+  </si>
+  <si>
+    <t>08011105</t>
+  </si>
+  <si>
+    <t>МКТ 120/green</t>
+  </si>
+  <si>
+    <t>44814.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер д/мусора с педалью;полипроп.;7л;серый</t>
+  </si>
+  <si>
+    <t>08011106</t>
+  </si>
+  <si>
+    <t>2788.00₸</t>
+  </si>
+  <si>
+    <t>Бак для мусора «Бинго» с крышкой;полипроп.;45л;D=48,H=61см;зелен.,серый</t>
+  </si>
+  <si>
+    <t>08011108</t>
+  </si>
+  <si>
+    <t>10519.00₸</t>
   </si>
   <si>
     <t>5 шт.</t>
   </si>
   <si>
-    <t>Бак для мусора с крышкой;пластик;35л;D=42,H=48см;белый</t>
-[...41 lines deleted...]
-    <t>13052.00₸</t>
+    <t>Бак для мусора «Бинго» с крышкой;полипроп.;65л;D=50,H=55см;зелен.,серый</t>
+  </si>
+  <si>
+    <t>08011109</t>
+  </si>
+  <si>
+    <t>32 шт.</t>
+  </si>
+  <si>
+    <t>Бак для мусора;пластик;87,06л;,H=76,2,L=27,9,B=50,8см</t>
+  </si>
+  <si>
+    <t>08011110</t>
+  </si>
+  <si>
+    <t>Carlisle</t>
+  </si>
+  <si>
+    <t>109063.00₸</t>
+  </si>
+  <si>
+    <t>Бак для мусора с крышкой;пластик;150л;D=72,L=78см;белый</t>
+  </si>
+  <si>
+    <t>08011112</t>
+  </si>
+  <si>
+    <t>Б-150</t>
+  </si>
+  <si>
+    <t>17941.00₸</t>
+  </si>
+  <si>
+    <t>22 шт.</t>
+  </si>
+  <si>
+    <t>Бак для мусора с педалью на колесах с крышкой;сталь нерж.;90л;D=45,H=69см</t>
+  </si>
+  <si>
+    <t>08011115</t>
+  </si>
+  <si>
+    <t>2190PP</t>
+  </si>
+  <si>
+    <t>Metalcarrelli</t>
+  </si>
+  <si>
+    <t>198376.00₸</t>
+  </si>
+  <si>
+    <t>Урна с педалью;металл;30л;D=25,H=60см;черный</t>
+  </si>
+  <si>
+    <t>08011117</t>
+  </si>
+  <si>
+    <t>18865.00₸</t>
+  </si>
+  <si>
+    <t>Урна с педалью;металл;30л;D=25,H=60см;серый</t>
+  </si>
+  <si>
+    <t>08011118</t>
+  </si>
+  <si>
+    <t>18788.00₸</t>
   </si>
   <si>
     <t>10 шт.</t>
   </si>
   <si>
-    <t>Урна-пепельница;сталь;D=15,H=60см;металлич.</t>
-[...392 lines deleted...]
-    <t>Контейнер для мусора на обрезиненных колесах;пластик;120л;,H=95,L=48,B=48см;синий</t>
+    <t>Контейнер для мусора с крышкой на обрезиненных колесах;пластик;120л;,H=99,7,L=48,B=48см;синий</t>
   </si>
   <si>
     <t>08011120</t>
   </si>
   <si>
-    <t>МКТ 120 blue</t>
-[...2 lines deleted...]
-    <t>Контейнер для мусора на обрезиненных колесах;пластик;120л;,H=95,L=48,B=48см;серый</t>
+    <t>МКТ 120/blue</t>
+  </si>
+  <si>
+    <t>Контейнер для мусора с крышкой на обрезиненных колесах;пластик;120л;,H=99,7,L=48,B=48см;серый</t>
   </si>
   <si>
     <t>08011122</t>
   </si>
   <si>
-    <t>МКТ 120 grey</t>
+    <t>МКТ 120/grey</t>
   </si>
   <si>
     <t>20128.00₸</t>
   </si>
   <si>
     <t>Педальный привод д/контейнеров МКТ 120</t>
   </si>
   <si>
     <t>08011128</t>
   </si>
   <si>
     <t>Комплектующие для контейнеров для мусора</t>
   </si>
   <si>
-    <t>13167.00₸</t>
-[...2 lines deleted...]
-    <t>Контейнер д/мусора mах. нагрузка 180 кг;полиэтилен;360л;,H=110,L=93,5,B=60,5см</t>
+    <t>13437.00₸</t>
+  </si>
+  <si>
+    <t>Контейнер для мусора с крышкой (mах. нагрузка 180 кг);полиэтилен;360л;,H=110,L=93,5,B=60,5см;зелен.</t>
   </si>
   <si>
     <t>08011134</t>
   </si>
   <si>
-    <t>МКТ 360 green</t>
+    <t>МКТ 360/green</t>
   </si>
   <si>
     <t>94710.00₸</t>
   </si>
   <si>
     <t>Контейнер д/мусора с педалью светло-серый;полипроп.;7л;,H=28,5,L=23,B=19см;серый</t>
   </si>
   <si>
     <t>08011135</t>
   </si>
   <si>
     <t>4774.00₸</t>
   </si>
   <si>
     <t>Урна-пепельница напольная;хром;D=25,7,H=69см</t>
   </si>
   <si>
     <t>08011143</t>
   </si>
   <si>
     <t>ПН150</t>
   </si>
   <si>
     <t>19250.00₸</t>
   </si>
@@ -779,51 +761,51 @@
   <si>
     <t>08011901</t>
   </si>
   <si>
     <t>более 100 шт.</t>
   </si>
   <si>
     <t>Бак для мусора с крышкой;полипроп.;45л;D=48,H=61см;черный</t>
   </si>
   <si>
     <t>08011902</t>
   </si>
   <si>
     <t>8894.00₸</t>
   </si>
   <si>
     <t>Бак для мусора;пластик;87л;,H=76,L=56,B=28см</t>
   </si>
   <si>
     <t>08011907</t>
   </si>
   <si>
     <t>49931-87</t>
   </si>
   <si>
-    <t>88296.00₸</t>
+    <t>192439.00₸</t>
   </si>
   <si>
     <t>Бак для мусора без крышки;полипроп.;45л;D=48см;черный</t>
   </si>
   <si>
     <t>08011914</t>
   </si>
   <si>
     <t>4927.00₸</t>
   </si>
   <si>
     <t>Крышка д/ведра 15л;сталь нерж.;D=31,5см</t>
   </si>
   <si>
     <t>08012413</t>
   </si>
   <si>
     <t>523203-03</t>
   </si>
   <si>
     <t>Linden</t>
   </si>
   <si>
     <t>ШВЕЦИЯ</t>
   </si>
@@ -890,135 +872,144 @@
   <si>
     <t>08014046</t>
   </si>
   <si>
     <t>18627.00₸</t>
   </si>
   <si>
     <t>Мешки для мусора «Мешкoff» элитные с завязками 40 мкм[10шт];полиэтилен;60л;,L=60,B=70см;черный</t>
   </si>
   <si>
     <t>08014049</t>
   </si>
   <si>
     <t>717.00₸</t>
   </si>
   <si>
     <t>Контейнер для мусора «Смарт Бин Про»;полипроп.;50л;,H=65,L=43,B=32см;черный,серый</t>
   </si>
   <si>
     <t>08014053</t>
   </si>
   <si>
     <t>11704.00₸</t>
   </si>
   <si>
+    <t>45 шт.</t>
+  </si>
+  <si>
     <t>Мусоропровод;сталь нерж.;D=16,8,H=15,2см</t>
   </si>
   <si>
     <t>08081001</t>
   </si>
   <si>
     <t>L360C</t>
   </si>
   <si>
     <t>San Jamar</t>
   </si>
   <si>
     <t>31738.00₸</t>
   </si>
   <si>
     <t>Мусоропровод;пластик;D=17,3/14,H=15см</t>
   </si>
   <si>
     <t>08081002</t>
   </si>
   <si>
     <t>10112-02</t>
   </si>
   <si>
     <t>Bonzer</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>73766.00₸</t>
   </si>
   <si>
-    <t>8 шт.</t>
-[...2 lines deleted...]
-    <t>Бак для мусора с крышкой, с педальным приводом;полипроп.;85л;,H=75,L=49,B=47см;зелен.</t>
+    <t>Бак для мусора с крышкой, с педальным приводом (от -10°C до +60°C);полипроп.;85л;,H=75,L=49,B=47см;з</t>
   </si>
   <si>
     <t>08014054</t>
   </si>
   <si>
     <t>SW-85</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>84816.00₸</t>
   </si>
   <si>
     <t>Мешки для мусора «Мешкoff» 90 мкм[5шт];полиэтилен;240л;,L=13,B=9см;черный</t>
   </si>
   <si>
     <t>08014050</t>
   </si>
   <si>
     <t>KR004217</t>
   </si>
   <si>
     <t>2156.00₸</t>
   </si>
   <si>
     <t>Бак для мусора с крышкой на колесах;полипроп.;90л;,H=85,L=53,B=49,5см;черный,серый</t>
   </si>
   <si>
     <t>08011159</t>
   </si>
   <si>
     <t>24332.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
-[...2 lines deleted...]
-    <t>Контейнер для мусора на обрезиненных колесах;пластик;1 100л;зелен.</t>
+    <t>Контейнер для мусора с крышкой на обрезиненных колесах;пластик;1 100л;,H=1,355,L=1,085,B=1,375 м;зел</t>
   </si>
   <si>
     <t>08014096</t>
   </si>
   <si>
     <t>МКТ-1100/green</t>
   </si>
   <si>
     <t>220990.00₸</t>
+  </si>
+  <si>
+    <t>Урна-пепельница;сталь,алюмин.;D=25,7,H=60,2см;металлич.</t>
+  </si>
+  <si>
+    <t>08010915</t>
+  </si>
+  <si>
+    <t>250Н(Ц)</t>
+  </si>
+  <si>
+    <t>14630.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1033,51 +1024,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BDB-424E-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BDC-424E-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A95FEB04-EA58-11EB-BBF2-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23536A49-AEC8-11EE-BC40-00505692492F4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23536B0D-AEC8-11EE-BC40-00505692492F5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5784AA34-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5784AA35-424B-11E8-A155-00259035BB677.gif"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9019E893-424B-11E8-A155-00259035BB678.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D291FE9-E3DB-11EF-BC4E-00505692C4479.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78CABC87-2231-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5220-424D-11E8-A155-00259035BB6711.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5221-424D-11E8-A155-00259035BB6712.gif"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F8B-424E-11E8-A155-00259035BB6713.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78CABDD9-2231-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EDFFE35-2231-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059366-4250-11E8-A155-00259035BB6716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C0EE8DC-222F-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6D6-4251-11E8-A155-00259035BB6718.gif"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6B4F59-2231-11EE-BC0D-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A99A85BE-696D-11EC-BBF7-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C0EE82A-222F-11EE-BC0D-005056921CC421.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D6082-4251-11E8-A155-00259035BB6722.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F271527-2230-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C0EE781-222F-11EE-BC0D-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4B3-3126-11EC-BBF4-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4B2-3126-11EC-BBF4-005056921CC426.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B205-424E-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A3FF-424E-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC6799-424C-11E8-A155-00259035BB6729.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78CABD39-2231-11EE-BC0D-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86D5B0F-EA59-11EB-BBF2-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45E696D6-222F-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F27174F-2230-11EE-BC0D-005056921CC433.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF6C-4254-11E8-A155-00259035BB6734.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78CABF87-2231-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78CABEE7-2231-11EE-BC0D-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87AB458A-8149-11E9-BBBA-005056921CC437.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38FA-4254-11E8-A155-00259035BB6738.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86D5B11-EA59-11EB-BBF2-005056921CC439.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2554-4254-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2555-4254-11E8-A155-00259035BB6741.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F2715FD-2230-11EE-BC0D-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A95FEB09-EA58-11EB-BBF2-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DBA90B4-2230-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A53C334F-2230-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A53C30CD-2230-11EE-BC0D-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF366A5D-CBAD-11EC-BBFA-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF366A5C-CBAD-11EC-BBFA-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F190471A-0683-11ED-BBFC-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5D611A2-CBAD-11EC-BBFA-005056921CC450.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59AF-4252-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59B0-4252-11E8-A155-00259035BB6752.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11A8FA1B-0684-11ED-BBFC-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01B55DB7-50A0-11EC-BBF6-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D070E18-2230-11EE-BC0D-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225DD59B-D3A8-11ED-BC05-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225DD63B-D3A8-11ED-BC05-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3893891-F591-11ED-BC09-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FA0229-50CE-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FA0177-50CE-11EE-BC0D-005056921CC460.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782D8862-BB9E-11EE-BC41-00505692492F61.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C40362F9-42DB-11EF-BC4D-00505692C44762.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127B81-2230-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127C21-2230-11EE-BC0D-005056921CC464.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FE1647B-6ECE-11EF-BC53-00505692E2D065.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4456BCB5-071C-11F0-BC57-00505692E04966.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19C2D52A-1C46-11F0-BC48-00505692492F67.jpg"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84CF85C1-4257-11F0-BC50-00505692C44768.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BDB-424E-11E8-A155-00259035BB671.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C1287BDC-424E-11E8-A155-00259035BB672.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23536A49-AEC8-11EE-BC40-00505692492F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23536B0D-AEC8-11EE-BC40-00505692492F4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5784AA34-424B-11E8-A155-00259035BB675.gif"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5784AA35-424B-11E8-A155-00259035BB676.gif"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9019E893-424B-11E8-A155-00259035BB677.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1D291FE9-E3DB-11EF-BC4E-00505692C4478.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78CABC87-2231-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5220-424D-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10FF5221-424D-11E8-A155-00259035BB6711.gif"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C72D9F8B-424E-11E8-A155-00259035BB6712.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78CABDD9-2231-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7EDFFE35-2231-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96059366-4250-11E8-A155-00259035BB6715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C0EE8DC-222F-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0817B6D6-4251-11E8-A155-00259035BB6717.gif"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4E6B4F59-2231-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A99A85BE-696D-11EC-BBF7-005056921CC419.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C0EE82A-222F-11EE-BC0D-005056921CC420.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D6082-4251-11E8-A155-00259035BB6721.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F271527-2230-11EE-BC0D-005056921CC422.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C0EE781-222F-11EE-BC0D-005056921CC423.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4B3-3126-11EC-BBF4-005056921CC424.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D20D4B2-3126-11EC-BBF4-005056921CC425.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0D08B205-424E-11E8-A155-00259035BB6726.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D328A3FF-424E-11E8-A155-00259035BB6727.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68EC6799-424C-11E8-A155-00259035BB6728.jpg"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78CABD39-2231-11EE-BC0D-005056921CC429.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86D5B0F-EA59-11EB-BBF2-005056921CC430.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45E696D6-222F-11EE-BC0D-005056921CC431.jpg"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F27174F-2230-11EE-BC0D-005056921CC432.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF6C-4254-11E8-A155-00259035BB6733.jpg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78CABF87-2231-11EE-BC0D-005056921CC434.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78CABEE7-2231-11EE-BC0D-005056921CC435.jpg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87AB458A-8149-11E9-BBBA-005056921CC436.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/509B38FA-4254-11E8-A155-00259035BB6737.jpg"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F86D5B11-EA59-11EB-BBF2-005056921CC438.jpg"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2554-4254-11E8-A155-00259035BB6739.jpg"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/D4AC2555-4254-11E8-A155-00259035BB6740.jpg"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F2715FD-2230-11EE-BC0D-005056921CC441.jpg"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A95FEB09-EA58-11EB-BBF2-005056921CC442.jpg"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0DBA90B4-2230-11EE-BC0D-005056921CC443.jpg"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A53C334F-2230-11EE-BC0D-005056921CC444.jpg"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A53C30CD-2230-11EE-BC0D-005056921CC445.jpg"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF366A5D-CBAD-11EC-BBFA-005056921CC446.jpg"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/EF366A5C-CBAD-11EC-BBFA-005056921CC447.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F190471A-0683-11ED-BBFC-005056921CC448.jpg"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/F5D611A2-CBAD-11EC-BBFA-005056921CC449.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59AF-4252-11E8-A155-00259035BB6750.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/E24D59B0-4252-11E8-A155-00259035BB6751.jpg"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11A8FA1B-0684-11ED-BBFC-005056921CC452.jpg"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01B55DB7-50A0-11EC-BBF6-005056921CC453.jpg"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8D070E18-2230-11EE-BC0D-005056921CC454.jpg"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225DD59B-D3A8-11ED-BC05-005056921CC455.jpg"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/225DD63B-D3A8-11ED-BC05-005056921CC456.jpg"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C3893891-F591-11ED-BC09-005056921CC457.jpg"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FA0229-50CE-11EE-BC0D-005056921CC458.jpg"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FA0177-50CE-11EE-BC0D-005056921CC459.jpg"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/782D8862-BB9E-11EE-BC41-00505692492F60.jpg"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C40362F9-42DB-11EF-BC4D-00505692C44761.jpg"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127B81-2230-11EE-BC0D-005056921CC462.jpg"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127C21-2230-11EE-BC0D-005056921CC463.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7FE1647B-6ECE-11EF-BC53-00505692E2D064.jpg"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4456BCB5-071C-11F0-BC57-00505692E04965.jpg"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19C2D52A-1C46-11F0-BC48-00505692492F66.jpg"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84CF85C1-4257-11F0-BC50-00505692C44767.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -2482,51 +2473,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="48" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="49" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -2602,51 +2593,51 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="52" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>54</xdr:row>
+      <xdr:row>55</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="53" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
@@ -3035,80 +3026,50 @@
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="67" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
-        <a:stretch>
-[...28 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -3367,51 +3328,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-nastol-aps-02123102/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-nastol-aps-02123103/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-rubbermaid-04013897/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-gryaznoy-posudy-cambro-04121201/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-gryaznoy-posudy-cambro-04121202/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010309/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010310/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010311/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-ns-08010321/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-restola-08010325/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010333/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010334/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-nastolnaya-aps-08010353/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-ns-08010354/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-restola-08010366/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-restola-08010368/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-na-kolesah-paderno-08010371/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-bumagi-was-08010374/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vedro-pedalnoe-kl-08010378/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-paderno-08010379/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-nastolnaya-aps-08010382/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-s-pedalyu-matfer-08010383/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08010385/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-paderno-08010386/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-ovetto-08010388/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-ulichnaya-tit-08010393/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshki-d-musora-43mkm-op-08010505/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshki-d-musora-op-08010513/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vedro-pedalnoe-kl-08011101/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-ns-08011102/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-ns-08011103/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-tit-08011104/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08011105/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-s-pedalyu-restola-08011106/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-restola-08011108/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-restola-08011109/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-carlisle-08011110/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-ns-08011112/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-s-pedalyu-na-kolesah-s-kryshkoy-metalcarrelli-08011115/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-tit-08011117/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-tit-08011118/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08011120/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08011122/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pedalnyy-privod-d-konteynerov-mkt-120-tara-08011128/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-tara-08011134/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-s-pedalyu-svetlo-seryy-restola-08011135/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-napolnaya-tit-08011143/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-napolnaya-tit-08011144/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-k-baku-49931-60-paderno-08011145/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-forcar-08011149/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-tit-08011152/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-restola-08011901/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-restola-08011902/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-paderno-08011907/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-bez-kryshki-restola-08011914/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-vedra-15l-linden-08012413/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-musora-restola-08014016/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshki-dlya-musora-op-08014020/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshki-dlya-musora-op-08014021/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pedalnyy-privod-dlya-konteynera-dlya-musora-tara-08014024/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-carlisle-08014045/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-musornogo-baka-carlisle-08014046/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshki-dlya-musora-op-08014049/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-restola-08014053/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musoroprovod-san-jamar-08081001/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musoroprovod-bonzer-08081002/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-tara-08014054/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshki-dlya-musora-op-08014050/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-restola-08011159/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-tara-08014096/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-nastol-aps-02123102/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-nastol-aps-02123103/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-gryaznoy-posudy-cambro-04121201/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-gryaznoy-posudy-cambro-04121202/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010309/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010310/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010311/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-ns-08010321/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-restola-08010325/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010333/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010334/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-nastolnaya-aps-08010353/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-ns-08010354/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-restola-08010366/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-restola-08010368/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-na-kolesah-paderno-08010371/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-bumagi-was-08010374/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vedro-pedalnoe-kl-08010378/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-paderno-08010379/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-nastolnaya-aps-08010382/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-s-pedalyu-matfer-08010383/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08010385/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-paderno-08010386/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-ovetto-08010388/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-ulichnaya-tit-08010393/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshki-d-musora-43mkm-op-08010505/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshki-d-musora-op-08010513/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vedro-pedalnoe-kl-08011101/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-ns-08011102/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-ns-08011103/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-tit-08011104/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08011105/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-s-pedalyu-restola-08011106/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-restola-08011108/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-restola-08011109/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-carlisle-08011110/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-ns-08011112/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-s-pedalyu-na-kolesah-s-kryshkoy-metalcarrelli-08011115/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-tit-08011117/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-tit-08011118/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08011120/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08011122/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pedalnyy-privod-d-konteynerov-mkt-120-tara-08011128/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-tara-08011134/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-s-pedalyu-svetlo-seryy-restola-08011135/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-napolnaya-tit-08011143/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-napolnaya-tit-08011144/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-k-baku-49931-60-paderno-08011145/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-forcar-08011149/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-tit-08011152/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-restola-08011901/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-s-kryshkoy-restola-08011902/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-paderno-08011907/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-bez-kryshki-restola-08011914/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-d-vedra-15l-linden-08012413/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-musora-restola-08014016/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshki-dlya-musora-op-08014020/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshki-dlya-musora-op-08014021/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/pedalnyy-privod-dlya-konteynera-dlya-musora-tara-08014024/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-carlisle-08014045/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/kryshka-dlya-musornogo-baka-carlisle-08014046/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshki-dlya-musora-op-08014049/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-restola-08014053/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musoroprovod-san-jamar-08081001/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musoroprovod-bonzer-08081002/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-tara-08014054/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/meshki-dlya-musora-op-08014050/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-restola-08011159/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-tara-08014096/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010915/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:L71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="I71" sqref="I71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
@@ -3507,2183 +3468,2182 @@
       <c r="G3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
         <v>25</v>
       </c>
       <c r="L3" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>27</v>
       </c>
-      <c r="D4" s="0">
-        <v>1955959</v>
+      <c r="D4" s="0" t="s">
+        <v>28</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="F4" s="0" t="s">
         <v>29</v>
       </c>
+      <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L4" s="0"/>
+      <c r="L4" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="C6" s="0" t="s">
+      <c r="D6" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="D6" s="0" t="s">
+      <c r="E6" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="H6" s="0" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="L6" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="E9" s="0" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="L9" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="D10" s="0" t="s">
         <v>60</v>
+      </c>
+      <c r="D10" s="0">
+        <v>432106221</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H10" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>19</v>
+        <v>63</v>
       </c>
       <c r="L10" s="0">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="D11" s="0">
-        <v>432106221</v>
+      <c r="D11" s="0" t="s">
+        <v>66</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>67</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>68</v>
       </c>
       <c r="L11" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>72</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>73</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>77</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>78</v>
+        <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="D14" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="D14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" s="0" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>19</v>
+        <v>82</v>
       </c>
       <c r="L14" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="D15" s="0" t="s">
-        <v>85</v>
+      <c r="D15" s="0">
+        <v>432106121</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="L15" s="0">
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="0">
-        <v>432106121</v>
+        <v>432106021</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>91</v>
+        <v>68</v>
       </c>
       <c r="L16" s="0">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="C17" s="0" t="s">
+      <c r="E17" s="0" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>95</v>
+        <v>19</v>
       </c>
       <c r="L17" s="0">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="D18" s="0" t="s">
+      <c r="D18" s="0">
+        <v>1125221</v>
+      </c>
+      <c r="E18" s="0" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>100</v>
+        <v>23</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C19" s="0" t="s">
+      <c r="E19" s="0" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L19" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L19" s="0"/>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="D20" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="D20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" s="0" t="s">
-        <v>109</v>
+        <v>93</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>16</v>
+        <v>94</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L20" s="0"/>
+        <v>68</v>
+      </c>
+      <c r="L20" s="0">
+        <v>4</v>
+      </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C21" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="D21" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="C21" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" s="0" t="s">
-        <v>99</v>
+        <v>15</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="L21" s="0">
-        <v>4</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>114</v>
+      </c>
+      <c r="D22" s="0">
+        <v>150372</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>15</v>
+        <v>115</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>16</v>
+        <v>116</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
-        <v>120</v>
+        <v>19</v>
       </c>
       <c r="L22" s="0">
-        <v>24</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E23" s="0" t="s">
         <v>121</v>
-      </c>
-[...7 lines deleted...]
-        <v>123</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>124</v>
+        <v>41</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
-        <v>19</v>
+        <v>123</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="D24" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="C24" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" s="0" t="s">
-        <v>129</v>
+        <v>93</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L24" s="0"/>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>99</v>
+        <v>131</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L25" s="0"/>
+        <v>48</v>
+      </c>
+      <c r="L25" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>100</v>
+        <v>41</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>73</v>
+        <v>137</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="E27" s="0" t="s">
         <v>141</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>17</v>
+        <v>142</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>57</v>
+        <v>123</v>
       </c>
       <c r="L27" s="0">
-        <v>1</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>145</v>
       </c>
-      <c r="C28" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D28" s="0"/>
       <c r="E28" s="0" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>73</v>
+        <v>147</v>
       </c>
       <c r="L28" s="0">
-        <v>20</v>
+        <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="D29" s="0"/>
+        <v>149</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>150</v>
+      </c>
       <c r="E29" s="0" t="s">
-        <v>148</v>
+        <v>103</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
-        <v>154</v>
+        <v>19</v>
       </c>
       <c r="L29" s="0">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>109</v>
+        <v>55</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="0">
-        <v>6</v>
+        <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="F31" s="0"/>
       <c r="G31" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="J31" s="0"/>
       <c r="K31" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:12" customHeight="1" ht="80">
       <c r="A32" s="0"/>
       <c r="B32" s="0" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>164</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="D32" s="0"/>
       <c r="E32" s="0" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="F32" s="0"/>
       <c r="G32" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="J32" s="0"/>
       <c r="K32" s="0" t="s">
-        <v>19</v>
+        <v>163</v>
       </c>
       <c r="L32" s="0">
-        <v>10</v>
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:12" customHeight="1" ht="80">
       <c r="A33" s="0"/>
       <c r="B33" s="0" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D33" s="0"/>
+        <v>165</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>166</v>
+      </c>
       <c r="E33" s="0" t="s">
-        <v>45</v>
+        <v>121</v>
       </c>
       <c r="F33" s="0"/>
       <c r="G33" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="J33" s="0"/>
       <c r="K33" s="0" t="s">
-        <v>170</v>
+        <v>19</v>
       </c>
       <c r="L33" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:12" customHeight="1" ht="80">
       <c r="A34" s="0"/>
       <c r="B34" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>169</v>
+      </c>
+      <c r="D34" s="0">
+        <v>431202611</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>129</v>
+        <v>61</v>
       </c>
       <c r="F34" s="0"/>
       <c r="G34" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="J34" s="0"/>
       <c r="K34" s="0" t="s">
-        <v>73</v>
+        <v>19</v>
       </c>
       <c r="L34" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="35" spans="1:12" customHeight="1" ht="80">
       <c r="A35" s="0"/>
       <c r="B35" s="0" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="D35" s="0">
-        <v>431202611</v>
+        <v>431227609</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F35" s="0"/>
       <c r="G35" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="J35" s="0"/>
       <c r="K35" s="0" t="s">
-        <v>19</v>
+        <v>174</v>
       </c>
       <c r="L35" s="0">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:12" customHeight="1" ht="80">
       <c r="A36" s="0"/>
       <c r="B36" s="0" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D36" s="0">
-        <v>431227609</v>
+        <v>431227709</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F36" s="0"/>
       <c r="G36" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H36" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="J36" s="0"/>
       <c r="K36" s="0" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="L36" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:12" customHeight="1" ht="80">
       <c r="A37" s="0"/>
       <c r="B37" s="0" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D37" s="0">
-        <v>431227709</v>
+        <v>34202323</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>66</v>
+        <v>180</v>
       </c>
       <c r="F37" s="0"/>
       <c r="G37" s="0" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>67</v>
+        <v>181</v>
       </c>
       <c r="J37" s="0"/>
       <c r="K37" s="0" t="s">
-        <v>183</v>
+        <v>19</v>
       </c>
       <c r="L37" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" customHeight="1" ht="80">
       <c r="A38" s="0"/>
       <c r="B38" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>183</v>
+      </c>
+      <c r="D38" s="0" t="s">
         <v>184</v>
       </c>
-      <c r="C38" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E38" s="0" t="s">
-        <v>186</v>
+        <v>55</v>
       </c>
       <c r="F38" s="0"/>
       <c r="G38" s="0" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="J38" s="0"/>
       <c r="K38" s="0" t="s">
-        <v>19</v>
+        <v>186</v>
       </c>
       <c r="L38" s="0">
-        <v>1</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:12" customHeight="1" ht="80">
       <c r="A39" s="0"/>
       <c r="B39" s="0" t="s">
+        <v>187</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>188</v>
       </c>
-      <c r="C39" s="0" t="s">
+      <c r="D39" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="D39" s="0" t="s">
+      <c r="E39" s="0" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F39" s="0"/>
       <c r="G39" s="0" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>191</v>
       </c>
       <c r="J39" s="0"/>
       <c r="K39" s="0" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L39" s="0"/>
     </row>
     <row r="40" spans="1:12" customHeight="1" ht="80">
       <c r="A40" s="0"/>
       <c r="B40" s="0" t="s">
+        <v>192</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>193</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D40" s="0"/>
       <c r="E40" s="0" t="s">
-        <v>196</v>
+        <v>40</v>
       </c>
       <c r="F40" s="0"/>
       <c r="G40" s="0" t="s">
-        <v>100</v>
+        <v>41</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="J40" s="0"/>
       <c r="K40" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L40" s="0"/>
+        <v>137</v>
+      </c>
+      <c r="L40" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="41" spans="1:12" customHeight="1" ht="80">
       <c r="A41" s="0"/>
       <c r="B41" s="0" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D41" s="0"/>
       <c r="E41" s="0" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="F41" s="0"/>
       <c r="G41" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="J41" s="0"/>
       <c r="K41" s="0" t="s">
-        <v>154</v>
+        <v>198</v>
       </c>
       <c r="L41" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:12" customHeight="1" ht="80">
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="C42" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="D42" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="C42" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D42" s="0"/>
       <c r="E42" s="0" t="s">
-        <v>45</v>
+        <v>121</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>203</v>
+        <v>167</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>204</v>
+        <v>19</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>174</v>
+        <v>205</v>
       </c>
       <c r="J43" s="0"/>
       <c r="K43" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:12" customHeight="1" ht="80">
       <c r="A44" s="0"/>
       <c r="B44" s="0" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="D44" s="0"/>
       <c r="E44" s="0" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="F44" s="0"/>
       <c r="G44" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>31</v>
+        <v>208</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="J44" s="0"/>
       <c r="K44" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="45" spans="1:12" customHeight="1" ht="80">
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="C45" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="D45" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="C45" s="0" t="s">
-[...2 lines deleted...]
-      <c r="D45" s="0"/>
       <c r="E45" s="0" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>214</v>
+        <v>31</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>215</v>
+      </c>
+      <c r="D46" s="0">
+        <v>431202630</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>129</v>
+        <v>61</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="L46" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>431202630</v>
+        <v>218</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>219</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="L47" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>222</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>223</v>
       </c>
-      <c r="C48" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E48" s="0" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
-        <v>115</v>
+        <v>174</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>227</v>
       </c>
-      <c r="C49" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E49" s="0" t="s">
-        <v>45</v>
+        <v>93</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>17</v>
+        <v>228</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L49" s="0"/>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
-      <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="C50" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="C50" s="0" t="s">
+      <c r="D50" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="D50" s="0" t="s">
+      <c r="E50" s="0" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="H50" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L50" s="0"/>
+      <c r="L50" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
+      <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>236</v>
       </c>
-      <c r="C51" s="0" t="s">
+      <c r="D51" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="D51" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51" s="0" t="s">
-        <v>239</v>
+        <v>40</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
-        <v>100</v>
+        <v>41</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>240</v>
+      </c>
+      <c r="D52" s="0">
+        <v>431253713</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>244</v>
+        <v>155</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
-        <v>19</v>
+        <v>241</v>
       </c>
       <c r="L52" s="0">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="D53" s="0">
-        <v>431253713</v>
+        <v>431253613</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F53" s="0"/>
       <c r="G53" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>162</v>
+        <v>244</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
-        <v>247</v>
+        <v>25</v>
       </c>
       <c r="L53" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>431253613</v>
+        <v>246</v>
+      </c>
+      <c r="D54" s="0" t="s">
+        <v>247</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>66</v>
+        <v>93</v>
       </c>
       <c r="F54" s="0"/>
       <c r="G54" s="0" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L54" s="0"/>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
-      <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>252</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="D55" s="0"/>
       <c r="E55" s="0" t="s">
-        <v>99</v>
+        <v>61</v>
       </c>
       <c r="F55" s="0"/>
       <c r="G55" s="0" t="s">
-        <v>100</v>
+        <v>41</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L55" s="0"/>
+      <c r="L55" s="0">
+        <v>5</v>
+      </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
+      <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="D56" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="E56" s="0" t="s">
         <v>255</v>
-      </c>
-[...5 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F56" s="0"/>
       <c r="G56" s="0" t="s">
-        <v>46</v>
+        <v>256</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>62</v>
+        <v>228</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>257</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="L56" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
         <v>258</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="D57" s="0" t="s">
-        <v>260</v>
+      <c r="D57" s="0">
+        <v>431243130</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>261</v>
+        <v>61</v>
       </c>
       <c r="F57" s="0"/>
       <c r="G57" s="0" t="s">
-        <v>262</v>
+        <v>41</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>234</v>
+        <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
-        <v>115</v>
+        <v>19</v>
       </c>
       <c r="L57" s="0">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-        <v>431243130</v>
+        <v>262</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>263</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>66</v>
+        <v>141</v>
       </c>
       <c r="F58" s="0"/>
       <c r="G58" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>17</v>
+        <v>142</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>19</v>
+        <v>174</v>
       </c>
       <c r="L58" s="0">
-        <v>15</v>
+        <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>266</v>
+      </c>
+      <c r="D59" s="0" t="s">
         <v>267</v>
       </c>
-      <c r="C59" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E59" s="0" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="F59" s="0"/>
       <c r="G59" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>48</v>
+        <v>137</v>
       </c>
       <c r="L59" s="0">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>270</v>
+      </c>
+      <c r="D60" s="0"/>
       <c r="E60" s="0" t="s">
-        <v>148</v>
+        <v>121</v>
       </c>
       <c r="F60" s="0"/>
       <c r="G60" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>149</v>
+        <v>208</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
-        <v>57</v>
+        <v>147</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="D61" s="0"/>
+        <v>273</v>
+      </c>
+      <c r="D61" s="0">
+        <v>84102023</v>
+      </c>
       <c r="E61" s="0" t="s">
-        <v>129</v>
+        <v>180</v>
       </c>
       <c r="F61" s="0"/>
       <c r="G61" s="0" t="s">
-        <v>46</v>
+        <v>274</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>214</v>
+        <v>31</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="D62" s="0">
-        <v>84102023</v>
+        <v>84102123</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>31</v>
+        <v>228</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="0"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="D63" s="0"/>
       <c r="E63" s="0" t="s">
-        <v>186</v>
+        <v>141</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
-        <v>280</v>
+        <v>41</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>234</v>
+        <v>142</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L63" s="0"/>
+      <c r="L63" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="D64" s="0"/>
+        <v>283</v>
+      </c>
+      <c r="D64" s="0">
+        <v>435245813</v>
+      </c>
       <c r="E64" s="0" t="s">
-        <v>148</v>
+        <v>61</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>149</v>
+        <v>31</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
-        <v>19</v>
+        <v>285</v>
       </c>
       <c r="L64" s="0">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="E65" s="0" t="s">
         <v>289</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I65" s="1" t="s">
         <v>290</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
-        <v>154</v>
+        <v>19</v>
       </c>
       <c r="L65" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>292</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>293</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>294</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
-        <v>16</v>
+        <v>295</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
-        <v>19</v>
+        <v>147</v>
       </c>
       <c r="L66" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="A67" s="0"/>
       <c r="B67" s="0" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>299</v>
+        <v>121</v>
       </c>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
         <v>300</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>301</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
-        <v>302</v>
+        <v>19</v>
       </c>
       <c r="L67" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="A68" s="0"/>
       <c r="B68" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="C68" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="C68" s="0" t="s">
+      <c r="D68" s="0" t="s">
         <v>304</v>
       </c>
-      <c r="D68" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" s="0" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>306</v>
+        <v>41</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>62</v>
+        <v>142</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="A69" s="0"/>
       <c r="B69" s="0" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>307</v>
+      </c>
+      <c r="D69" s="0">
+        <v>434272913</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>148</v>
+        <v>61</v>
       </c>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>149</v>
+        <v>56</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
-        <v>19</v>
+        <v>73</v>
       </c>
       <c r="L69" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="A70" s="0"/>
       <c r="B70" s="0" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-        <v>434272913</v>
+        <v>310</v>
+      </c>
+      <c r="D70" s="0" t="s">
+        <v>311</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>66</v>
+        <v>121</v>
       </c>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="L70" s="0">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" customHeight="1" ht="80">
+      <c r="B71" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>314</v>
+      </c>
+      <c r="D71" s="0" t="s">
         <v>315</v>
       </c>
-      <c r="L70" s="0"/>
-[...11 lines deleted...]
-      </c>
       <c r="E71" s="0" t="s">
-        <v>129</v>
+        <v>40</v>
       </c>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="L71" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>