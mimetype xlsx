--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -73,182 +73,182 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Бак для мусора с крышкой;пластик;35л;D=42,H=48см;белый</t>
   </si>
   <si>
     <t>08010321</t>
   </si>
   <si>
     <t>Б-35</t>
   </si>
   <si>
     <t>NS</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Баки для мусора</t>
   </si>
   <si>
     <t>6699.00₸</t>
   </si>
   <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
+    <t>Бак для мусора с крышкой;полипроп.;65л;D=50,H=55см;бордо,серый</t>
+  </si>
+  <si>
+    <t>08010325</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>14014.00₸</t>
+  </si>
+  <si>
+    <t>30 шт.</t>
+  </si>
+  <si>
+    <t>Бак для мусора с крышкой;пластик;105л;D=60,H=65см;белый</t>
+  </si>
+  <si>
+    <t>08010354</t>
+  </si>
+  <si>
+    <t>Б-105</t>
+  </si>
+  <si>
+    <t>13552.00₸</t>
+  </si>
+  <si>
+    <t>41 шт.</t>
+  </si>
+  <si>
+    <t>Бак для мусора с крышкой;полипроп.;45л;D=48,H=61см;бордо,серый</t>
+  </si>
+  <si>
+    <t>08010366</t>
+  </si>
+  <si>
+    <t>10549.00₸</t>
+  </si>
+  <si>
+    <t>38 шт.</t>
+  </si>
+  <si>
+    <t>Бак для мусора с крышкой;полипроп.;25л;D=35,H=45см;бордо</t>
+  </si>
+  <si>
+    <t>08010368</t>
+  </si>
+  <si>
+    <t>5275.00₸</t>
+  </si>
+  <si>
+    <t>11 шт.</t>
+  </si>
+  <si>
+    <t>Бак для мусора с крышкой;полипроп.;105л;D=60,H=65см;зелен.</t>
+  </si>
+  <si>
+    <t>08011102</t>
+  </si>
+  <si>
+    <t>Б-105/Green</t>
+  </si>
+  <si>
+    <t>11858.00₸</t>
+  </si>
+  <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Бак для мусора с крышкой;полипроп.;65л;D=50,H=55см;бордо,серый</t>
-[...47 lines deleted...]
-    <t>5275.00₸</t>
+    <t>Бак для мусора с крышкой;полипроп.;35л;D=42,H=48см;зелен.</t>
+  </si>
+  <si>
+    <t>08011103</t>
+  </si>
+  <si>
+    <t>Б-35/Green</t>
+  </si>
+  <si>
+    <t>6353.00₸</t>
+  </si>
+  <si>
+    <t>Бак для мусора «Бинго» с крышкой;полипроп.;45л;D=48,H=61см;зелен.,серый</t>
+  </si>
+  <si>
+    <t>08011108</t>
+  </si>
+  <si>
+    <t>10519.00₸</t>
+  </si>
+  <si>
+    <t>Бак для мусора «Бинго» с крышкой;полипроп.;65л;D=50,H=55см;зелен.,серый</t>
+  </si>
+  <si>
+    <t>08011109</t>
+  </si>
+  <si>
+    <t>42 шт.</t>
+  </si>
+  <si>
+    <t>Бак для мусора;пластик;87,06л;,H=76,2,L=27,9,B=50,8см</t>
+  </si>
+  <si>
+    <t>08011110</t>
+  </si>
+  <si>
+    <t>Carlisle</t>
+  </si>
+  <si>
+    <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
+  </si>
+  <si>
+    <t>109063.00₸</t>
+  </si>
+  <si>
+    <t>Бак для мусора с крышкой;пластик;150л;D=72,L=78см;белый</t>
+  </si>
+  <si>
+    <t>08011112</t>
+  </si>
+  <si>
+    <t>Б-150</t>
+  </si>
+  <si>
+    <t>17941.00₸</t>
   </si>
   <si>
     <t>24 шт.</t>
   </si>
   <si>
-    <t>Бак для мусора с крышкой;полипроп.;105л;D=60,H=65см;зелен.</t>
-[...73 lines deleted...]
-  <si>
     <t>Бак для мусора с педалью на колесах с крышкой;сталь нерж.;90л;D=45,H=69см</t>
   </si>
   <si>
     <t>08011115</t>
   </si>
   <si>
     <t>2190PP</t>
   </si>
   <si>
     <t>Metalcarrelli</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>198376.00₸</t>
   </si>
   <si>
     <t>Бак для мусора;сталь нерж.;50л</t>
   </si>
   <si>
     <t>08011149</t>
   </si>
   <si>
     <t>AV 4667</t>
@@ -271,90 +271,90 @@
   <si>
     <t>Бак для мусора с крышкой;полипроп.;45л;D=48,H=61см;черный</t>
   </si>
   <si>
     <t>08011902</t>
   </si>
   <si>
     <t>8894.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Бак для мусора;пластик;87л;,H=76,L=56,B=28см</t>
   </si>
   <si>
     <t>08011907</t>
   </si>
   <si>
     <t>49931-87</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
-    <t>88296.00₸</t>
+    <t>192439.00₸</t>
   </si>
   <si>
     <t>Бак для мусора без крышки;полипроп.;45л;D=48см;черный</t>
   </si>
   <si>
     <t>08011914</t>
   </si>
   <si>
     <t>4927.00₸</t>
   </si>
   <si>
-    <t>Бак для мусора с крышкой, с педальным приводом;полипроп.;85л;,H=75,L=49,B=47см;зелен.</t>
+    <t>Бак для мусора с крышкой, с педальным приводом (от -10°C до +60°C);полипроп.;85л;,H=75,L=49,B=47см;з</t>
   </si>
   <si>
     <t>08014054</t>
   </si>
   <si>
     <t>SW-85</t>
   </si>
   <si>
     <t>Tara</t>
   </si>
   <si>
     <t>ТУРЦИЯ</t>
   </si>
   <si>
     <t>84816.00₸</t>
   </si>
   <si>
     <t>Бак для мусора с крышкой на колесах;полипроп.;90л;,H=85,L=53,B=49,5см;черный,серый</t>
   </si>
   <si>
     <t>08011159</t>
   </si>
   <si>
     <t>24332.00₸</t>
   </si>
   <si>
-    <t>25 шт.</t>
+    <t>2 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1427,115 +1427,115 @@
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="L7" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="L8" s="0">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D9" s="0">
         <v>431227609</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="L9" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>51</v>
       </c>
       <c r="D10" s="0">
         <v>431227709</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
@@ -1555,51 +1555,51 @@
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>54</v>
       </c>
       <c r="D11" s="0">
         <v>34202323</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>55</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>57</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
@@ -1619,80 +1619,80 @@
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>65</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>66</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>68</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="L13" s="0"/>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="B14" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>70</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>71</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>73</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>75</v>
       </c>
       <c r="D15" s="0">
         <v>431253713</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
@@ -1744,144 +1744,146 @@
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>83</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>84</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>85</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="L17" s="0"/>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="B18" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D18" s="0"/>
       <c r="E18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>88</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="L18" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>92</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>93</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>94</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>96</v>
       </c>
       <c r="D20" s="0">
         <v>434272913</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>97</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>98</v>
       </c>
-      <c r="L20" s="0"/>
+      <c r="L20" s="0">
+        <v>1</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>