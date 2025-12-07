--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,356 +14,344 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
-    <t>Контейнер для мусора «СЛИМ ДЖИМ» с крышкой;полиэтилен;60л;,H=63,5,L=55,8,B=27,9см;черный</t>
-[...8 lines deleted...]
-    <t>SLIM JIM</t>
+    <t>Ящик д/грязной посуды;полиэтилен;,H=13,L=53,B=39,9см;черный</t>
+  </si>
+  <si>
+    <t>04121201</t>
+  </si>
+  <si>
+    <t>1621CBP110</t>
+  </si>
+  <si>
+    <t>Cambro</t>
   </si>
   <si>
     <t>СОЕДИНЕННЫЕ ШТАТЫ</t>
   </si>
   <si>
     <t>Контейнеры для мусора</t>
   </si>
   <si>
-    <t>148841.00₸</t>
+    <t>56187.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Ящик д/грязной посуды;полиэтилен;,H=13,L=53,B=39,9см;черный</t>
-[...13 lines deleted...]
-  <si>
     <t>Ящик д/грязной посуды;пластик;,H=17,6,L=51,5,B=38,6см;черный</t>
   </si>
   <si>
     <t>04121202</t>
   </si>
   <si>
     <t>21157CBR110</t>
   </si>
   <si>
     <t>33472.00₸</t>
   </si>
   <si>
     <t>Урна д/мусора на колесах;полипроп.;80л;,H=81,L=40см</t>
   </si>
   <si>
     <t>08010371</t>
   </si>
   <si>
     <t>44095-18</t>
   </si>
   <si>
     <t>Paderno</t>
   </si>
   <si>
     <t>ИТАЛИЯ</t>
   </si>
   <si>
     <t>85678.00₸</t>
   </si>
   <si>
     <t>Бак для мусора;пластик;60л;,H=63,L=59,B=28см;серый</t>
   </si>
   <si>
     <t>08010379</t>
   </si>
   <si>
     <t>49931-60</t>
   </si>
   <si>
     <t>139394.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Контейнер д/мусора с педалью;полиэтилен;90л</t>
   </si>
   <si>
     <t>08010383</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>170894.00₸</t>
   </si>
   <si>
     <t>Контейнер для мусора на обрезиненных колесах;пластик;240л;,H=119,L=58,B=74см;зелен.</t>
   </si>
   <si>
     <t>08010385</t>
   </si>
   <si>
     <t>МКТ 240 green</t>
   </si>
   <si>
     <t>Tara</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>61600.00₸</t>
   </si>
   <si>
     <t>9 шт.</t>
   </si>
   <si>
     <t>Урна с педалью;пластик;120мл;,H=93,L=48,B=55см</t>
   </si>
   <si>
     <t>08010386</t>
   </si>
   <si>
     <t>44095-12</t>
   </si>
   <si>
     <t>198406.00₸</t>
   </si>
   <si>
-    <t>Контейнер для мусора на обрезиненных колесах;пластик;120л;,H=95,L=48,B=48см;зелен.</t>
+    <t>Контейнер для мусора с крышкой на обрезиненных колесах;пластик;120л;,H=99,7,L=48,B=48см;зелен.</t>
   </si>
   <si>
     <t>08011105</t>
   </si>
   <si>
-    <t>МКТ 120 green</t>
+    <t>МКТ 120/green</t>
   </si>
   <si>
     <t>44814.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>20 шт.</t>
   </si>
   <si>
     <t>Контейнер д/мусора с педалью;полипроп.;7л;серый</t>
   </si>
   <si>
     <t>08011106</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>2788.00₸</t>
   </si>
   <si>
-    <t>Контейнер для мусора на обрезиненных колесах;пластик;120л;,H=95,L=48,B=48см;синий</t>
+    <t>Контейнер для мусора с крышкой на обрезиненных колесах;пластик;120л;,H=99,7,L=48,B=48см;синий</t>
   </si>
   <si>
     <t>08011120</t>
   </si>
   <si>
-    <t>МКТ 120 blue</t>
-[...2 lines deleted...]
-    <t>Контейнер для мусора на обрезиненных колесах;пластик;120л;,H=95,L=48,B=48см;серый</t>
+    <t>МКТ 120/blue</t>
+  </si>
+  <si>
+    <t>Контейнер для мусора с крышкой на обрезиненных колесах;пластик;120л;,H=99,7,L=48,B=48см;серый</t>
   </si>
   <si>
     <t>08011122</t>
   </si>
   <si>
-    <t>МКТ 120 grey</t>
+    <t>МКТ 120/grey</t>
   </si>
   <si>
     <t>20128.00₸</t>
   </si>
   <si>
-    <t>Контейнер д/мусора mах. нагрузка 180 кг;полиэтилен;360л;,H=110,L=93,5,B=60,5см</t>
+    <t>Контейнер для мусора с крышкой (mах. нагрузка 180 кг);полиэтилен;360л;,H=110,L=93,5,B=60,5см;зелен.</t>
   </si>
   <si>
     <t>08011134</t>
   </si>
   <si>
-    <t>МКТ 360 green</t>
+    <t>МКТ 360/green</t>
   </si>
   <si>
     <t>94710.00₸</t>
   </si>
   <si>
     <t>Контейнер д/мусора с педалью светло-серый;полипроп.;7л;,H=28,5,L=23,B=19см;серый</t>
   </si>
   <si>
     <t>08011135</t>
   </si>
   <si>
     <t>4774.00₸</t>
   </si>
   <si>
+    <t>4 шт.</t>
+  </si>
+  <si>
     <t>Контейнер для мусора;полиэтилен;,H=58,47см;серый</t>
   </si>
   <si>
     <t>08014045</t>
   </si>
   <si>
     <t>Carlisle</t>
   </si>
   <si>
     <t>МЕКСИКА</t>
   </si>
   <si>
     <t>68353.00₸</t>
   </si>
   <si>
     <t>Контейнер для мусора «Смарт Бин Про»;полипроп.;50л;,H=65,L=43,B=32см;черный,серый</t>
   </si>
   <si>
     <t>08014053</t>
   </si>
   <si>
     <t>11704.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
+    <t>более 50 шт.</t>
   </si>
   <si>
     <t>Мусоропровод;сталь нерж.;D=16,8,H=15,2см</t>
   </si>
   <si>
     <t>08081001</t>
   </si>
   <si>
     <t>L360C</t>
   </si>
   <si>
     <t>San Jamar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>31738.00₸</t>
   </si>
   <si>
     <t>Мусоропровод;пластик;D=17,3/14,H=15см</t>
   </si>
   <si>
     <t>08081002</t>
   </si>
   <si>
     <t>10112-02</t>
   </si>
   <si>
     <t>Bonzer</t>
   </si>
   <si>
     <t>СОЕДИНЕННОЕ КОРОЛЕВСТВО</t>
   </si>
   <si>
     <t>73766.00₸</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
-    <t>Контейнер для мусора на обрезиненных колесах;пластик;1 100л;зелен.</t>
+    <t>Контейнер для мусора с крышкой на обрезиненных колесах;пластик;1 100л;,H=1,355,L=1,085,B=1,375 м;зел</t>
   </si>
   <si>
     <t>08014096</t>
   </si>
   <si>
     <t>МКТ-1100/green</t>
   </si>
   <si>
     <t>220990.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -387,51 +375,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="164" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A95FEB04-EA58-11EB-BBF2-005056921CC41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23536A49-AEC8-11EE-BC40-00505692492F2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23536B0D-AEC8-11EE-BC40-00505692492F3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C0EE8DC-222F-11EE-BC0D-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A99A85BE-696D-11EC-BBF7-005056921CC45.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D6082-4251-11E8-A155-00259035BB676.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F271527-2230-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C0EE781-222F-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F27174F-2230-11EE-BC0D-005056921CC49.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF6C-4254-11E8-A155-00259035BB6710.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F2715FD-2230-11EE-BC0D-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A95FEB09-EA58-11EB-BBF2-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A53C334F-2230-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A53C30CD-2230-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FA0229-50CE-11EE-BC0D-005056921CC415.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C40362F9-42DB-11EF-BC4D-00505692C44716.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127B81-2230-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127C21-2230-11EE-BC0D-005056921CC418.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84CF85C1-4257-11F0-BC50-00505692C44719.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23536A49-AEC8-11EE-BC40-00505692492F1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23536B0D-AEC8-11EE-BC40-00505692492F2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C0EE8DC-222F-11EE-BC0D-005056921CC43.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A99A85BE-696D-11EC-BBF7-005056921CC44.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/B02D6082-4251-11E8-A155-00259035BB675.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F271527-2230-11EE-BC0D-005056921CC46.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4C0EE781-222F-11EE-BC0D-005056921CC47.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F27174F-2230-11EE-BC0D-005056921CC48.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/148BFF6C-4254-11E8-A155-00259035BB679.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9F2715FD-2230-11EE-BC0D-005056921CC410.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A95FEB09-EA58-11EB-BBF2-005056921CC411.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A53C334F-2230-11EE-BC0D-005056921CC412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/A53C30CD-2230-11EE-BC0D-005056921CC413.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07FA0229-50CE-11EE-BC0D-005056921CC414.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/C40362F9-42DB-11EF-BC4D-00505692C44715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127B81-2230-11EE-BC0D-005056921CC416.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127C21-2230-11EE-BC0D-005056921CC417.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84CF85C1-4257-11F0-BC50-00505692C44718.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -932,80 +920,50 @@
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="952500" cy="952500"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="18" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
-  <xdr:oneCellAnchor>
-[...28 lines deleted...]
-  </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -1251,62 +1209,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-rubbermaid-04013897/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-gryaznoy-posudy-cambro-04121201/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-gryaznoy-posudy-cambro-04121202/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-na-kolesah-paderno-08010371/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-paderno-08010379/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-s-pedalyu-matfer-08010383/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08010385/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-paderno-08010386/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08011105/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-s-pedalyu-restola-08011106/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08011120/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08011122/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-tara-08011134/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-s-pedalyu-svetlo-seryy-restola-08011135/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-carlisle-08014045/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-restola-08014053/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musoroprovod-san-jamar-08081001/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musoroprovod-bonzer-08081002/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-tara-08014096/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-gryaznoy-posudy-cambro-04121201/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/yaschik-d-gryaznoy-posudy-cambro-04121202/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-na-kolesah-paderno-08010371/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/bak-dlya-musora-paderno-08010379/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-s-pedalyu-matfer-08010383/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08010385/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-paderno-08010386/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08011105/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-s-pedalyu-restola-08011106/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08011120/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-na-obrezinennyh-kolesah-tara-08011122/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-tara-08011134/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-s-pedalyu-svetlo-seryy-restola-08011135/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-carlisle-08014045/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-restola-08014053/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musoroprovod-san-jamar-08081001/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/musoroprovod-bonzer-08081002/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-dlya-musora-tara-08014096/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L20"/>
+  <dimension ref="A1:L19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I20" sqref="I20"/>
+      <selection activeCell="I19" sqref="I19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1327,668 +1285,635 @@
       </c>
       <c r="H1" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="0" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="0" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="0" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="2" spans="1:12" customHeight="1" ht="80">
       <c r="A2" s="0"/>
       <c r="B2" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>13</v>
       </c>
-      <c r="D2" s="0">
-        <v>1955959</v>
+      <c r="D2" s="0" t="s">
+        <v>14</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F2" s="0" t="s">
         <v>15</v>
       </c>
+      <c r="F2" s="0"/>
       <c r="G2" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H2" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="0"/>
       <c r="K2" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L2" s="0"/>
+      <c r="L2" s="0">
+        <v>12</v>
+      </c>
     </row>
     <row r="3" spans="1:12" customHeight="1" ht="80">
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="J3" s="0"/>
       <c r="K3" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:12" customHeight="1" ht="80">
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" s="0" t="s">
         <v>25</v>
       </c>
-      <c r="C4" s="0" t="s">
+      <c r="D4" s="0" t="s">
         <v>26</v>
       </c>
-      <c r="D4" s="0" t="s">
+      <c r="E4" s="0" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="0">
-        <v>12</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="L5" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="D6" s="0" t="s">
+      <c r="D6" s="0">
+        <v>150372</v>
+      </c>
+      <c r="E6" s="0" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="D7" s="0">
-        <v>150372</v>
+      <c r="D7" s="0" t="s">
+        <v>42</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>50</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="L8" s="0"/>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="D9" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" s="0" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L9" s="0"/>
+        <v>55</v>
+      </c>
+      <c r="L9" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
         <v>56</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="D10" s="0" t="s">
+      <c r="D10" s="0">
+        <v>431202611</v>
+      </c>
+      <c r="E10" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>59</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="L10" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="D11" s="0">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="0" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="D12" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C12" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" s="0" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="D13" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="D13" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" s="0" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...3 lines deleted...]
-        <v>74</v>
+      <c r="D14" s="0">
+        <v>431202630</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
       <c r="L14" s="0">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0">
+        <v>84102023</v>
+      </c>
+      <c r="E15" s="0" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>49</v>
+        <v>78</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L15" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="L15" s="0"/>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D16" s="0">
-        <v>84102023</v>
+        <v>435245813</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="L16" s="0"/>
+        <v>83</v>
+      </c>
+      <c r="L16" s="0">
+        <v>3</v>
+      </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="D17" s="0">
-        <v>435245813</v>
+      <c r="D17" s="0" t="s">
+        <v>86</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>49</v>
+        <v>88</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>87</v>
+        <v>19</v>
       </c>
       <c r="L17" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>97</v>
+        <v>43</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>98</v>
+        <v>44</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>100</v>
+        <v>19</v>
       </c>
       <c r="L19" s="0">
-        <v>1</v>
-[...30 lines deleted...]
-      <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
-    <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>