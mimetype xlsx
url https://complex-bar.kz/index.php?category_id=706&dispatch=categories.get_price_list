--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -73,93 +73,93 @@
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Мешки д/мусора 43мкм.[50шт];полиэтилен;120л;,L=11,2,B=70см;черный</t>
   </si>
   <si>
     <t>08010505</t>
   </si>
   <si>
     <t>70/110</t>
   </si>
   <si>
     <t>OP</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>Мешки для мусора</t>
   </si>
   <si>
     <t>3388.00₸</t>
   </si>
   <si>
-    <t>10 шт.</t>
+    <t>9 шт.</t>
   </si>
   <si>
     <t>Мешки д/мусора[25шт];полиэтилен;180л</t>
   </si>
   <si>
     <t>08010513</t>
   </si>
   <si>
     <t>3812.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
+    <t>8 шт.</t>
   </si>
   <si>
     <t>Мешки для мусора «Мешкoff» 45 мкм[25шт];полиэтилен;240л;,L=13,B=9см;черный</t>
   </si>
   <si>
     <t>08014020</t>
   </si>
   <si>
     <t>KR-00001855</t>
   </si>
   <si>
     <t>4428.00₸</t>
   </si>
   <si>
-    <t>11 шт.</t>
+    <t>5 шт.</t>
   </si>
   <si>
     <t>Мешки для мусора «Мешкoff» 45 мкм[10шт];полиэтилен;220л;,L=11,B=9см;черный</t>
   </si>
   <si>
     <t>08014021</t>
   </si>
   <si>
     <t>KR-00004412</t>
   </si>
   <si>
     <t>1617.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
+    <t>4 шт.</t>
   </si>
   <si>
     <t>Мешки для мусора «Мешкoff» элитные с завязками 40 мкм[10шт];полиэтилен;60л;,L=60,B=70см;черный</t>
   </si>
   <si>
     <t>08014049</t>
   </si>
   <si>
     <t>717.00₸</t>
   </si>
   <si>
     <t>0 шт.</t>
   </si>
   <si>
     <t>Мешки для мусора «Мешкoff» 90 мкм[5шт];полиэтилен;240л;,L=13,B=9см;черный</t>
   </si>
   <si>
     <t>08014050</t>
   </si>
   <si>
     <t>KR004217</t>
   </si>
   <si>
     <t>2156.00₸</t>
   </si>