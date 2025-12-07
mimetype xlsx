--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="gif" ContentType="image/gif"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -113,291 +113,294 @@
   <si>
     <t>9872.00₸</t>
   </si>
   <si>
     <t>более 50 шт.</t>
   </si>
   <si>
     <t>Урна-пепельница;сталь;D=25,H=60см;металлич.</t>
   </si>
   <si>
     <t>08010309</t>
   </si>
   <si>
     <t>250 НН нерж</t>
   </si>
   <si>
     <t>TIT</t>
   </si>
   <si>
     <t>РОССИЯ</t>
   </si>
   <si>
     <t>30146.00₸</t>
   </si>
   <si>
+    <t>1 шт.</t>
+  </si>
+  <si>
+    <t>Урна-пепельница;сталь оцинк.;D=23,H=60см;белый</t>
+  </si>
+  <si>
+    <t>08010310</t>
+  </si>
+  <si>
+    <t>250Н белая</t>
+  </si>
+  <si>
+    <t>16478.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Урна-пепельница;сталь оцинк.;D=23,H=60см;черный</t>
+  </si>
+  <si>
+    <t>08010311</t>
+  </si>
+  <si>
+    <t>250H черн</t>
+  </si>
+  <si>
+    <t>Урна-пепельница;сталь оцинк.;D=15,H=60см;черный</t>
+  </si>
+  <si>
+    <t>08010333</t>
+  </si>
+  <si>
+    <t>150H черн</t>
+  </si>
+  <si>
+    <t>13052.00₸</t>
+  </si>
+  <si>
+    <t>13 шт.</t>
+  </si>
+  <si>
+    <t>Урна-пепельница;сталь;D=15,H=60см;металлич.</t>
+  </si>
+  <si>
+    <t>08010334</t>
+  </si>
+  <si>
+    <t>150HH нерж</t>
+  </si>
+  <si>
+    <t>27874.00₸</t>
+  </si>
+  <si>
+    <t>14 шт.</t>
+  </si>
+  <si>
+    <t>Урна д/мусора,настольная;сталь нерж.;2,7л;D=12,H=14,5,L=12,5,B=12,5см;белый,металлич.</t>
+  </si>
+  <si>
+    <t>08010353</t>
+  </si>
+  <si>
+    <t>00292</t>
+  </si>
+  <si>
+    <t>19068.00₸</t>
+  </si>
+  <si>
+    <t>Корзина д/бумаги;сталь нерж.,пластик;D=22,H=31см;коричнев.</t>
+  </si>
+  <si>
+    <t>08010374</t>
+  </si>
+  <si>
+    <t>Was</t>
+  </si>
+  <si>
+    <t>18966.00₸</t>
+  </si>
+  <si>
+    <t>Ведро педальное;сталь нерж.;5л</t>
+  </si>
+  <si>
+    <t>08010378</t>
+  </si>
+  <si>
+    <t>kt 1321</t>
+  </si>
+  <si>
+    <t>KL</t>
+  </si>
+  <si>
+    <t>10514.00₸</t>
+  </si>
+  <si>
+    <t>Урна д/мусора,настольная;сталь нерж.;D=12,H=17см;серебрист.</t>
+  </si>
+  <si>
+    <t>08010382</t>
+  </si>
+  <si>
+    <t>00029</t>
+  </si>
+  <si>
+    <t>22099.00₸</t>
+  </si>
+  <si>
+    <t>Урна д/мусора 3*30л;D=45,H=84см</t>
+  </si>
+  <si>
+    <t>08010388</t>
+  </si>
+  <si>
+    <t>010</t>
+  </si>
+  <si>
+    <t>Ovetto</t>
+  </si>
+  <si>
+    <t>ИТАЛИЯ</t>
+  </si>
+  <si>
+    <t>134643.00₸</t>
+  </si>
+  <si>
+    <t>Урна уличная;металл;31л;D=40,5,H=71,5см;черный</t>
+  </si>
+  <si>
+    <t>08010393</t>
+  </si>
+  <si>
+    <t>СЛ1-К</t>
+  </si>
+  <si>
+    <t>28490.00₸</t>
+  </si>
+  <si>
+    <t>5 шт.</t>
+  </si>
+  <si>
+    <t>Ведро педальное;сталь нерж.;12л;D=25,H=40см;металлич.</t>
+  </si>
+  <si>
+    <t>08011101</t>
+  </si>
+  <si>
+    <t>kt 161</t>
+  </si>
+  <si>
+    <t>19208.00₸</t>
+  </si>
+  <si>
+    <t>Урна с педалью;хром;15л;D=24,H=31см</t>
+  </si>
+  <si>
+    <t>08011104</t>
+  </si>
+  <si>
+    <t>14091.00₸</t>
+  </si>
+  <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Урна с педалью;металл;30л;D=25,H=60см;черный</t>
+  </si>
+  <si>
+    <t>08011117</t>
+  </si>
+  <si>
+    <t>18865.00₸</t>
+  </si>
+  <si>
+    <t>Урна с педалью;металл;30л;D=25,H=60см;серый</t>
+  </si>
+  <si>
+    <t>08011118</t>
+  </si>
+  <si>
+    <t>18788.00₸</t>
+  </si>
+  <si>
     <t>11 шт.</t>
   </si>
   <si>
-    <t>Урна-пепельница;сталь оцинк.;D=23,H=60см;белый</t>
-[...187 lines deleted...]
-  <si>
     <t>Урна-пепельница напольная;хром;D=25,7,H=69см</t>
   </si>
   <si>
     <t>08011143</t>
   </si>
   <si>
     <t>ПН150</t>
   </si>
   <si>
     <t>19250.00₸</t>
   </si>
   <si>
-    <t>1 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Урна-пепельница напольная;хром;D=31,6,H=71,5см</t>
   </si>
   <si>
     <t>08011144</t>
   </si>
   <si>
     <t>ПН250</t>
   </si>
   <si>
     <t>25795.00₸</t>
   </si>
   <si>
     <t>Урна;сталь оцинк.;19л;D=25,H=51,7см;черный</t>
   </si>
   <si>
     <t>08011152</t>
   </si>
   <si>
     <t>УРТ-19черн</t>
   </si>
   <si>
     <t>12644.00₸</t>
   </si>
   <si>
     <t>Корзина для мусора;полипроп.;9,6л;D=26,H=26см;свет.-сер.</t>
   </si>
   <si>
     <t>08014016</t>
   </si>
   <si>
     <t>Restola</t>
   </si>
   <si>
     <t>1194.00₸</t>
+  </si>
+  <si>
+    <t>Урна-пепельница;сталь,алюмин.;D=25,7,H=60,2см;металлич.</t>
+  </si>
+  <si>
+    <t>08010915</t>
+  </si>
+  <si>
+    <t>250Н(Ц)</t>
+  </si>
+  <si>
+    <t>14630.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -1336,62 +1339,62 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-nastol-aps-02123102/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-nastol-aps-02123103/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010309/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010310/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010311/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010333/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010334/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-nastolnaya-aps-08010353/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-bumagi-was-08010374/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vedro-pedalnoe-kl-08010378/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-nastolnaya-aps-08010382/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-ovetto-08010388/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-ulichnaya-tit-08010393/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vedro-pedalnoe-kl-08011101/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-tit-08011104/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-tit-08011117/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-tit-08011118/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-napolnaya-tit-08011143/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-napolnaya-tit-08011144/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-tit-08011152/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-musora-restola-08014016/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-nastol-aps-02123102/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/konteyner-d-musora-nastol-aps-02123103/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010309/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010310/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010311/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010333/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010334/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-nastolnaya-aps-08010353/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-d-bumagi-was-08010374/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vedro-pedalnoe-kl-08010378/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-nastolnaya-aps-08010382/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-d-musora-ovetto-08010388/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-ulichnaya-tit-08010393/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/vedro-pedalnoe-kl-08011101/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-tit-08011104/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-tit-08011117/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-s-pedalyu-tit-08011118/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-napolnaya-tit-08011143/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-napolnaya-tit-08011144/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-tit-08011152/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/korzina-dlya-musora-restola-08014016/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://complex-bar.kz/product/urna-pepelnica-tit-08010915/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:L22"/>
+  <dimension ref="A1:L23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I22" sqref="I22"/>
+      <selection activeCell="I23" sqref="I23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20" customWidth="true" style="0"/>
     <col min="2" max="2" width="20" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="20" customWidth="true" style="0"/>
     <col min="5" max="5" width="20" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="20" customWidth="true" style="0"/>
     <col min="8" max="8" width="20" customWidth="true" style="0"/>
     <col min="9" max="9" width="20" customWidth="true" style="0"/>
     <col min="10" max="10" width="20" customWidth="true" style="0"/>
     <col min="11" max="11" width="20" customWidth="true" style="0"/>
     <col min="12" max="12" width="20" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
@@ -1558,584 +1561,614 @@
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>38</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>36</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="C7" s="0" t="s">
+      <c r="D7" s="0" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F7" s="0"/>
       <c r="G7" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" customHeight="1" ht="80">
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" s="0" t="s">
         <v>47</v>
       </c>
-      <c r="C8" s="0" t="s">
+      <c r="D8" s="0" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="C9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D10" s="0">
         <v>1125221</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="C11" s="0" t="s">
+      <c r="D11" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="D11" s="0" t="s">
+      <c r="E11" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0"/>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C12" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="C12" s="0" t="s">
+      <c r="D12" s="0" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
-        <v>69</v>
+        <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>70</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="E13" s="0" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="D15" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="D15" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D16" s="0"/>
       <c r="E16" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C17" s="0" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="D17" s="0"/>
       <c r="E17" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
-        <v>91</v>
+        <v>37</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D18" s="0"/>
       <c r="E18" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>100</v>
+        <v>32</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
-        <v>41</v>
+        <v>78</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="D22" s="0">
         <v>431243130</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>15</v>
       </c>
+    </row>
+    <row r="23" spans="1:12" customHeight="1" ht="80">
+      <c r="B23" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="D23" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="E23" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="F23" s="0"/>
+      <c r="G23" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="J23" s="0"/>
+      <c r="K23" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="L23" s="0"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="B23" r:id="rId_hyperlink_22"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>