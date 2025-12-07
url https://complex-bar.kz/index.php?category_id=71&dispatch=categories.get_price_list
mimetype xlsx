--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -1080,51 +1080,53 @@
         <v>29</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="0">
         <v>230214</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L5" s="0"/>
+      <c r="L5" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>35</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>38</v>
       </c>