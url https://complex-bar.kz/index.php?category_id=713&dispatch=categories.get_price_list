--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -212,87 +212,87 @@
   <si>
     <t>NS</t>
   </si>
   <si>
     <t>2118.00₸</t>
   </si>
   <si>
     <t>Ведро «Магнитогорск»;сталь оцинк.;12л;D=28,2,H=25,5см;металлич.</t>
   </si>
   <si>
     <t>08012411</t>
   </si>
   <si>
     <t>1648.00₸</t>
   </si>
   <si>
     <t>Ведро;сталь нерж.;15л;D=32,5,H=31см</t>
   </si>
   <si>
     <t>08012412</t>
   </si>
   <si>
     <t>523003-03</t>
   </si>
   <si>
-    <t>50897.00₸</t>
+    <t>70971.00₸</t>
   </si>
   <si>
     <t>Ведро;сталь нерж.;10л;D=30,H=26,5см</t>
   </si>
   <si>
     <t>08012414</t>
   </si>
   <si>
     <t>523101-03</t>
   </si>
   <si>
-    <t>97167.00₸</t>
+    <t>84315.00₸</t>
   </si>
   <si>
     <t>4 шт.</t>
   </si>
   <si>
     <t>Ведро для мытья окон;22л;синий</t>
   </si>
   <si>
     <t>08012415</t>
   </si>
   <si>
     <t>RSP54/SECC7027NNB6</t>
   </si>
   <si>
     <t>Torus</t>
   </si>
   <si>
     <t>Ready</t>
   </si>
   <si>
     <t>21175.00₸</t>
   </si>
   <si>
-    <t>3 шт.</t>
+    <t>2 шт.</t>
   </si>
   <si>
     <t>Ведро;полипроп.;10л;D=29см;в ассорт.</t>
   </si>
   <si>
     <t>08012422</t>
   </si>
   <si>
     <t>2233.00₸</t>
   </si>
   <si>
     <t>14 шт.</t>
   </si>
   <si>
     <t>Ведро;пластик;15л;D=32,H=32см;белый</t>
   </si>
   <si>
     <t>09100764</t>
   </si>
   <si>
     <t>49889-15</t>
   </si>
   <si>
     <t>16024.00₸</t>
   </si>