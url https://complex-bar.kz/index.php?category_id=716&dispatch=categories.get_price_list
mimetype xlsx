--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="306">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -173,50 +173,53 @@
   <si>
     <t>Щетка д/гриля;дерево,сталь;,H=5,L=21,B=6см;бежев.</t>
   </si>
   <si>
     <t>04120240</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>12713.00₸</t>
   </si>
   <si>
     <t>Щетка д/гриля;сталь нерж.,полипроп.;,H=440,L=300,B=45мм;металлич.,белый</t>
   </si>
   <si>
     <t>04120241</t>
   </si>
   <si>
     <t>48919.00₸</t>
   </si>
   <si>
+    <t>17 шт.</t>
+  </si>
+  <si>
     <t>Щетка;полиэстер,полипроп.;,L=28,B=5см;белый</t>
   </si>
   <si>
     <t>04120244</t>
   </si>
   <si>
     <t>12598.00₸</t>
   </si>
   <si>
     <t>Щетка д/гриля;сталь нерж.;,H=38,1,L=21,6,B=12,2см;металлич.</t>
   </si>
   <si>
     <t>04120248</t>
   </si>
   <si>
     <t>Carlisle</t>
   </si>
   <si>
     <t>55910.00₸</t>
   </si>
   <si>
     <t>Щетка для кондитерских насадок;нейлон,пластик;D=2,L=17см</t>
   </si>
   <si>
     <t>04120257</t>
@@ -281,386 +284,386 @@
   <si>
     <t>Щетка для пола с рукояткой;полипроп.;,H=132,L=30,B=3см;серый</t>
   </si>
   <si>
     <t>04121707</t>
   </si>
   <si>
     <t>F263/711</t>
   </si>
   <si>
     <t>2511.00₸</t>
   </si>
   <si>
     <t>Щетка для пола с рукояткой;полипроп.;,H=128,L=25,B=7см;серый</t>
   </si>
   <si>
     <t>04121708</t>
   </si>
   <si>
     <t>F243/711</t>
   </si>
   <si>
     <t>3003.00₸</t>
   </si>
   <si>
-    <t>23 шт.</t>
+    <t>22 шт.</t>
   </si>
   <si>
     <t>Швабра;полипроп.,хлопок;,H=141,L=15,B=5см;серый</t>
   </si>
   <si>
     <t>04121710</t>
   </si>
   <si>
     <t>F504/711</t>
   </si>
   <si>
     <t>2495.00₸</t>
   </si>
   <si>
+    <t>Щетка для пола с рукояткой;полипроп.;,H=135,L=24,B=5см;серый</t>
+  </si>
+  <si>
+    <t>04121711</t>
+  </si>
+  <si>
+    <t>F212/711</t>
+  </si>
+  <si>
+    <t>3119.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для пола;полипроп.;,H=60,L=24,B=5см;серый</t>
+  </si>
+  <si>
+    <t>04121712</t>
+  </si>
+  <si>
+    <t>F212</t>
+  </si>
+  <si>
+    <t>2395.00₸</t>
+  </si>
+  <si>
+    <t>Щетка с совком;полипроп.;,H=9,L=37,B=22см;серый</t>
+  </si>
+  <si>
+    <t>04121713</t>
+  </si>
+  <si>
+    <t>F215</t>
+  </si>
+  <si>
+    <t>1872.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для пола с рукояткой и совком;полипроп.;,H=92,L=24,B=26см;серый</t>
+  </si>
+  <si>
+    <t>04121714</t>
+  </si>
+  <si>
+    <t>F204</t>
+  </si>
+  <si>
+    <t>2988.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для мытья посуды;полипроп.;,H=6,L=25,B=7см;в ассорт.</t>
+  </si>
+  <si>
+    <t>04121715</t>
+  </si>
+  <si>
+    <t>F161</t>
+  </si>
+  <si>
+    <t>539.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для мытья посуды;полипроп.;,H=7,L=23,B=12см;серый</t>
+  </si>
+  <si>
+    <t>04121716</t>
+  </si>
+  <si>
+    <t>F165</t>
+  </si>
+  <si>
+    <t>1425.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для мытья посуды;полипроп.;,H=7,L=25,B=5см;серый</t>
+  </si>
+  <si>
+    <t>04121717</t>
+  </si>
+  <si>
+    <t>F166</t>
+  </si>
+  <si>
+    <t>632.00₸</t>
+  </si>
+  <si>
+    <t>Щетка;полипроп.;,H=4,L=17,B=5см;серый</t>
+  </si>
+  <si>
+    <t>04121718</t>
+  </si>
+  <si>
+    <t>F182</t>
+  </si>
+  <si>
+    <t>1078.00₸</t>
+  </si>
+  <si>
+    <t>Щетка;полипроп.;,H=8,L=14,B=6см;серый</t>
+  </si>
+  <si>
+    <t>04121719</t>
+  </si>
+  <si>
+    <t>F183</t>
+  </si>
+  <si>
+    <t>901.00₸</t>
+  </si>
+  <si>
+    <t>Щетка;полипроп.;,H=6,L=17,B=9см;серый</t>
+  </si>
+  <si>
+    <t>04121720</t>
+  </si>
+  <si>
+    <t>F184</t>
+  </si>
+  <si>
+    <t>1487.00₸</t>
+  </si>
+  <si>
+    <t>Щетка для мытья окон;полипроп.;,H=50,L=220,B=295мм;серый</t>
+  </si>
+  <si>
+    <t>04121721</t>
+  </si>
+  <si>
+    <t>F605</t>
+  </si>
+  <si>
+    <t>1625.00₸</t>
+  </si>
+  <si>
     <t>2 шт.</t>
   </si>
   <si>
-    <t>Щетка для пола с рукояткой;полипроп.;,H=135,L=24,B=5см;серый</t>
-[...92 lines deleted...]
-    <t>1078.00₸</t>
+    <t>Кисточка д/чистки посуды;сосна;,L=27,B=4см;св. дерево</t>
+  </si>
+  <si>
+    <t>04141027</t>
+  </si>
+  <si>
+    <t>PK01627B</t>
+  </si>
+  <si>
+    <t>Prohotel</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t>1778.00₸</t>
+  </si>
+  <si>
+    <t>7 шт.</t>
+  </si>
+  <si>
+    <t>Кисточка д/чистки посуды;сосна;,L=240,B=35мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04141028</t>
+  </si>
+  <si>
+    <t>PK01624B</t>
+  </si>
+  <si>
+    <t>1890.00₸</t>
+  </si>
+  <si>
+    <t>более 100 шт.</t>
+  </si>
+  <si>
+    <t>Кисточка д/посуды;бамбук;,L=255,B=50мм;св. дерево</t>
+  </si>
+  <si>
+    <t>04141047</t>
+  </si>
+  <si>
+    <t>49634-00</t>
+  </si>
+  <si>
+    <t>5144.00₸</t>
+  </si>
+  <si>
+    <t>Щетка д/пиццерии 27*7см;алюмин.,латунь;,L=150,B=7см;красный</t>
+  </si>
+  <si>
+    <t>04142608</t>
+  </si>
+  <si>
+    <t>41766-27</t>
+  </si>
+  <si>
+    <t>135551.00₸</t>
+  </si>
+  <si>
+    <t>Щетка-скребок для пиццерии дер.ручка;дерево,металл;,L=95/27,B=5см;деревян.</t>
+  </si>
+  <si>
+    <t>04142614</t>
+  </si>
+  <si>
+    <t>47209.00₸</t>
+  </si>
+  <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Щетка-скребок д/печи с ручкой;дерево,латунь;,L=103,B=20,4см</t>
+  </si>
+  <si>
+    <t>04142620</t>
+  </si>
+  <si>
+    <t>142212.00₸</t>
+  </si>
+  <si>
+    <t>6 шт.</t>
+  </si>
+  <si>
+    <t>Щетка-скребок для пиццерии 16*10см;щетина натур.,сталь нерж.;,L=1,6 м;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04142638</t>
+  </si>
+  <si>
+    <t>RSPAZ</t>
+  </si>
+  <si>
+    <t>Zio Pepe</t>
+  </si>
+  <si>
+    <t>81513.00₸</t>
+  </si>
+  <si>
+    <t>Щетка-скребок для пиццерии 16*10см;сталь нерж.,сталь;,L=1,6 м;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04142639</t>
+  </si>
+  <si>
+    <t>RSPAZX</t>
+  </si>
+  <si>
+    <t>96335.00₸</t>
+  </si>
+  <si>
+    <t>Щетка круг. д/пиц. тел.ручк.;щетина натур.,сталь;D=21,L=160см;металлич.,черный</t>
+  </si>
+  <si>
+    <t>04142655</t>
+  </si>
+  <si>
+    <t>ASPAZ</t>
+  </si>
+  <si>
+    <t>111150.00₸</t>
+  </si>
+  <si>
+    <t>Щетка д/печи б/ручки;дерево,щетина натур.;,L=60,B=9см;бежев.</t>
+  </si>
+  <si>
+    <t>04142669</t>
+  </si>
+  <si>
+    <t>72496.00₸</t>
+  </si>
+  <si>
+    <t>Щетка д/печи б/ручки;дерево,щетина натур.;,H=5,L=32,B=10см</t>
+  </si>
+  <si>
+    <t>04142673</t>
+  </si>
+  <si>
+    <t>38169.00₸</t>
+  </si>
+  <si>
+    <t>Щетка сменная д/арт.RSPAZX;сталь;,H=7,L=16,B=6см</t>
+  </si>
+  <si>
+    <t>04142677</t>
+  </si>
+  <si>
+    <t>RRISPAZX</t>
+  </si>
+  <si>
+    <t>47633.00₸</t>
+  </si>
+  <si>
+    <t>Щетка-скребок;дерево;,L=28см</t>
+  </si>
+  <si>
+    <t>04142678</t>
+  </si>
+  <si>
+    <t>6107.00₸</t>
+  </si>
+  <si>
+    <t>Щетка без ручки;полиэстер;,L=27,5см;синий</t>
+  </si>
+  <si>
+    <t>04142684</t>
+  </si>
+  <si>
+    <t>19150.00₸</t>
+  </si>
+  <si>
+    <t>Щетка сменная (для арт. RSPAZX);щетина натур.;,H=7,L=16,B=6см;черный,песочн.</t>
+  </si>
+  <si>
+    <t>04147956</t>
+  </si>
+  <si>
+    <t>RRISPAZ</t>
+  </si>
+  <si>
+    <t>31755.00₸</t>
   </si>
   <si>
     <t>8 шт.</t>
   </si>
   <si>
-    <t>Щетка;полипроп.;,H=8,L=14,B=6см;серый</t>
-[...217 lines deleted...]
-  <si>
     <t>Щетка без ручки;полиэстер;,L=38см</t>
   </si>
   <si>
     <t>04149011</t>
   </si>
   <si>
     <t>27027.00₸</t>
   </si>
   <si>
     <t>Щетка-скребок б/ручки;дерево,металл;,L=20,B=10,9см</t>
   </si>
   <si>
     <t>04149101</t>
   </si>
   <si>
     <t>95742.00₸</t>
   </si>
   <si>
     <t>Щетка для печи поворотная, с медной щетиной;анодир.алюмин.,медь;,L=20/160,B=6см</t>
   </si>
   <si>
     <t>04160624</t>
   </si>
   <si>
     <t>AC-SP</t>
@@ -767,92 +770,86 @@
   <si>
     <t>08011827</t>
   </si>
   <si>
     <t>7277.00₸</t>
   </si>
   <si>
     <t>Щетка средней жесткости;,H=12,L=40,B=6см;белый</t>
   </si>
   <si>
     <t>08011828</t>
   </si>
   <si>
     <t>17433.00₸</t>
   </si>
   <si>
     <t>Щетка мягкая;,H=12,L=40,B=6см;белый</t>
   </si>
   <si>
     <t>08011829</t>
   </si>
   <si>
     <t>22407.00₸</t>
   </si>
   <si>
-    <t>9 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Щетка мягкая;,H=14,L=40,B=6см;черный</t>
   </si>
   <si>
     <t>08011830</t>
   </si>
   <si>
     <t>7970.00₸</t>
   </si>
   <si>
     <t>Табличка на англ.и франц. «Мокрый пол»;пластик;,H=61см</t>
   </si>
   <si>
     <t>08012602</t>
   </si>
   <si>
     <t>26080.00₸</t>
   </si>
   <si>
     <t>Ерш настенный для туалета;белый</t>
   </si>
   <si>
     <t>08013701</t>
   </si>
   <si>
     <t>12367.00₸</t>
   </si>
   <si>
     <t>Щетка д/гриля с ручкой;дерево,сталь;,H=3,L=28,B=4см;бежев.</t>
   </si>
   <si>
     <t>09100171</t>
   </si>
   <si>
     <t>10172.00₸</t>
   </si>
   <si>
-    <t>4 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Совок;пластик;,L=91,4,B=30,4см;черный</t>
   </si>
   <si>
     <t>09100826</t>
   </si>
   <si>
     <t>36141003/420</t>
   </si>
   <si>
     <t>18265.00₸</t>
   </si>
   <si>
     <t>Щетка;полиэстер;D=76,L=406мм;белый</t>
   </si>
   <si>
     <t>09101220</t>
   </si>
   <si>
     <t>8386/4046702</t>
   </si>
   <si>
     <t>25380.00₸</t>
   </si>
   <si>
     <t>Полотенца бумажные Tork Листовые Singlefold сложения ZZ ультрамягкие, 2 сл., 23х22,6см, 200л/пач.сис</t>
@@ -932,51 +929,51 @@
   <si>
     <t>1218.00₸</t>
   </si>
   <si>
     <t>Щетка для гриля 3 в 1;сталь нерж.,полипроп.;,L=35см;черный</t>
   </si>
   <si>
     <t>04121732</t>
   </si>
   <si>
     <t>MGBP-14</t>
   </si>
   <si>
     <t>1246.00₸</t>
   </si>
   <si>
     <t>Щетка с совком;полипроп.;,H=11,2,L=32,B=23см;тем.сер.</t>
   </si>
   <si>
     <t>04121734</t>
   </si>
   <si>
     <t>1810.00₸</t>
   </si>
   <si>
-    <t>30 шт.</t>
+    <t>38 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -3671,723 +3668,723 @@
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>50</v>
       </c>
       <c r="D9" s="0">
         <v>100126</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>51</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
-        <v>19</v>
+        <v>52</v>
       </c>
       <c r="L9" s="0">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D10" s="0">
         <v>150070</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="0"/>
       <c r="G10" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D11" s="0">
         <v>4029000</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F11" s="0"/>
       <c r="G11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:12" customHeight="1" ht="80">
       <c r="A12" s="0"/>
       <c r="B12" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D12" s="0">
         <v>710214</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F12" s="0"/>
       <c r="G12" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J12" s="0"/>
       <c r="K12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="13" spans="1:12" customHeight="1" ht="80">
       <c r="A13" s="0"/>
       <c r="B13" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D13" s="0">
         <v>118312</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="0"/>
       <c r="G13" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J13" s="0"/>
       <c r="K13" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" customHeight="1" ht="80">
       <c r="A14" s="0"/>
       <c r="B14" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F14" s="0"/>
       <c r="G14" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J14" s="0"/>
       <c r="K14" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L14" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:12" customHeight="1" ht="80">
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F16" s="0"/>
       <c r="G16" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J16" s="0"/>
       <c r="K16" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:12" customHeight="1" ht="80">
       <c r="A17" s="0"/>
       <c r="B17" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F17" s="0"/>
       <c r="G17" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J17" s="0"/>
       <c r="K17" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L17" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:12" customHeight="1" ht="80">
       <c r="A18" s="0"/>
       <c r="B18" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F18" s="0"/>
       <c r="G18" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J18" s="0"/>
       <c r="K18" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L18" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:12" customHeight="1" ht="80">
       <c r="A19" s="0"/>
       <c r="B19" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F19" s="0"/>
       <c r="G19" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J19" s="0"/>
       <c r="K19" s="0" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="L19" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:12" customHeight="1" ht="80">
       <c r="A20" s="0"/>
       <c r="B20" s="0" t="s">
         <v>94</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>95</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F20" s="0"/>
       <c r="G20" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>97</v>
       </c>
       <c r="J20" s="0"/>
       <c r="K20" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L20" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:12" customHeight="1" ht="80">
       <c r="A21" s="0"/>
       <c r="B21" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F21" s="0"/>
       <c r="G21" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>101</v>
       </c>
       <c r="J21" s="0"/>
       <c r="K21" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L21" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:12" customHeight="1" ht="80">
       <c r="A22" s="0"/>
       <c r="B22" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>104</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F22" s="0"/>
       <c r="G22" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>105</v>
       </c>
       <c r="J22" s="0"/>
       <c r="K22" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:12" customHeight="1" ht="80">
       <c r="A23" s="0"/>
       <c r="B23" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>107</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>108</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F23" s="0"/>
       <c r="G23" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I23" s="1" t="s">
         <v>109</v>
       </c>
       <c r="J23" s="0"/>
       <c r="K23" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:12" customHeight="1" ht="80">
       <c r="A24" s="0"/>
       <c r="B24" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>111</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F24" s="0"/>
       <c r="G24" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>113</v>
       </c>
       <c r="J24" s="0"/>
       <c r="K24" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:12" customHeight="1" ht="80">
       <c r="A25" s="0"/>
       <c r="B25" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>116</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F25" s="0"/>
       <c r="G25" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>117</v>
       </c>
       <c r="J25" s="0"/>
       <c r="K25" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" customHeight="1" ht="80">
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>120</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>121</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>125</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>126</v>
+        <v>38</v>
       </c>
       <c r="L27" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="A28" s="0"/>
       <c r="B28" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="C28" s="0" t="s">
         <v>127</v>
       </c>
-      <c r="C28" s="0" t="s">
+      <c r="D28" s="0" t="s">
         <v>128</v>
       </c>
-      <c r="D28" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E28" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:12" customHeight="1" ht="80">
       <c r="A29" s="0"/>
       <c r="B29" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>131</v>
       </c>
-      <c r="C29" s="0" t="s">
+      <c r="D29" s="0" t="s">
         <v>132</v>
       </c>
-      <c r="D29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E29" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F29" s="0"/>
       <c r="G29" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J29" s="0"/>
       <c r="K29" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L29" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:12" customHeight="1" ht="80">
       <c r="A30" s="0"/>
       <c r="B30" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="C30" s="0" t="s">
+      <c r="D30" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="D30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F30" s="0"/>
       <c r="G30" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J30" s="0"/>
       <c r="K30" s="0" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="L30" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:12" customHeight="1" ht="80">
       <c r="A31" s="0"/>
       <c r="B31" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>141</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>142</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>142</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>143</v>
       </c>
@@ -4731,51 +4728,51 @@
       <c r="A42" s="0"/>
       <c r="B42" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>188</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>170</v>
       </c>
       <c r="F42" s="0"/>
       <c r="G42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>189</v>
       </c>
       <c r="J42" s="0"/>
       <c r="K42" s="0" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="L42" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:12" customHeight="1" ht="80">
       <c r="A43" s="0"/>
       <c r="B43" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>191</v>
       </c>
       <c r="D43" s="0">
         <v>1456280</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F43" s="0"/>
       <c r="G43" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>17</v>
@@ -4823,528 +4820,528 @@
       <c r="A45" s="0"/>
       <c r="B45" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>198</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>170</v>
       </c>
       <c r="F45" s="0"/>
       <c r="G45" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>199</v>
       </c>
       <c r="J45" s="0"/>
       <c r="K45" s="0" t="s">
-        <v>126</v>
+        <v>200</v>
       </c>
       <c r="L45" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="46" spans="1:12" customHeight="1" ht="80">
       <c r="A46" s="0"/>
       <c r="B46" s="0" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D46" s="0">
         <v>150508</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F46" s="0"/>
       <c r="G46" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="J46" s="0"/>
       <c r="K46" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="0"/>
     </row>
     <row r="47" spans="1:12" customHeight="1" ht="80">
       <c r="A47" s="0"/>
       <c r="B47" s="0" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D47" s="0">
         <v>118326</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F47" s="0"/>
       <c r="G47" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="J47" s="0"/>
       <c r="K47" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="0"/>
     </row>
     <row r="48" spans="1:12" customHeight="1" ht="80">
       <c r="A48" s="0"/>
       <c r="B48" s="0" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F48" s="0"/>
       <c r="G48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="J48" s="0"/>
       <c r="K48" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:12" customHeight="1" ht="80">
       <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F49" s="0"/>
       <c r="G49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="J49" s="0"/>
       <c r="K49" s="0" t="s">
         <v>38</v>
       </c>
       <c r="L49" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:12" customHeight="1" ht="80">
       <c r="A50" s="0"/>
       <c r="B50" s="0" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F50" s="0"/>
       <c r="G50" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="J50" s="0"/>
       <c r="K50" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="51" spans="1:12" customHeight="1" ht="80">
       <c r="A51" s="0"/>
       <c r="B51" s="0" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F51" s="0"/>
       <c r="G51" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="J51" s="0"/>
       <c r="K51" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:12" customHeight="1" ht="80">
       <c r="A52" s="0"/>
       <c r="B52" s="0" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D52" s="0">
         <v>150552</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F52" s="0"/>
       <c r="G52" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="J52" s="0"/>
       <c r="K52" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="0"/>
     </row>
     <row r="53" spans="1:12" customHeight="1" ht="80">
       <c r="A53" s="0"/>
       <c r="B53" s="0" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D53" s="0">
         <v>8846</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J53" s="0"/>
       <c r="K53" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:12" customHeight="1" ht="80">
       <c r="A54" s="0"/>
       <c r="B54" s="0" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="J54" s="0"/>
       <c r="K54" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:12" customHeight="1" ht="80">
       <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D55" s="0">
         <v>8890</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="J55" s="0"/>
       <c r="K55" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:12" customHeight="1" ht="80">
       <c r="A56" s="0"/>
       <c r="B56" s="0" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D56" s="0">
         <v>1870</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="J56" s="0"/>
       <c r="K56" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:12" customHeight="1" ht="80">
       <c r="A57" s="0"/>
       <c r="B57" s="0" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D57" s="0">
         <v>988</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J57" s="0"/>
       <c r="K57" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="58" spans="1:12" customHeight="1" ht="80">
       <c r="A58" s="0"/>
       <c r="B58" s="0" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D58" s="0">
         <v>8891</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="J58" s="0"/>
       <c r="K58" s="0" t="s">
-        <v>93</v>
+        <v>19</v>
       </c>
       <c r="L58" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="59" spans="1:12" customHeight="1" ht="80">
       <c r="A59" s="0"/>
       <c r="B59" s="0" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D59" s="0">
         <v>88820</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="J59" s="0"/>
       <c r="K59" s="0" t="s">
-        <v>250</v>
+        <v>200</v>
       </c>
       <c r="L59" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="60" spans="1:12" customHeight="1" ht="80">
       <c r="A60" s="0"/>
       <c r="B60" s="0" t="s">
         <v>251</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>252</v>
       </c>
       <c r="D60" s="0">
         <v>990</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>253</v>
       </c>
       <c r="J60" s="0"/>
       <c r="K60" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:12" customHeight="1" ht="80">
       <c r="A61" s="0"/>
       <c r="B61" s="0" t="s">
         <v>254</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>255</v>
@@ -5361,591 +5358,593 @@
       </c>
       <c r="H61" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>256</v>
       </c>
       <c r="J61" s="0"/>
       <c r="K61" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="0"/>
     </row>
     <row r="62" spans="1:12" customHeight="1" ht="80">
       <c r="A62" s="0"/>
       <c r="B62" s="0" t="s">
         <v>257</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>258</v>
       </c>
       <c r="D62" s="0">
         <v>975000</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F62" s="0"/>
       <c r="G62" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>259</v>
       </c>
       <c r="J62" s="0"/>
       <c r="K62" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="0"/>
     </row>
     <row r="63" spans="1:12" customHeight="1" ht="80">
       <c r="A63" s="0"/>
       <c r="B63" s="0" t="s">
         <v>260</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>261</v>
       </c>
       <c r="D63" s="0">
         <v>100125</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F63" s="0"/>
       <c r="G63" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>262</v>
       </c>
       <c r="J63" s="0"/>
       <c r="K63" s="0" t="s">
-        <v>263</v>
+        <v>19</v>
       </c>
       <c r="L63" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:12" customHeight="1" ht="80">
       <c r="A64" s="0"/>
       <c r="B64" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="C64" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="C64" s="0" t="s">
+      <c r="D64" s="0" t="s">
         <v>265</v>
       </c>
-      <c r="D64" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E64" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F64" s="0"/>
       <c r="G64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="J64" s="0"/>
       <c r="K64" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="0">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:12" customHeight="1" ht="80">
       <c r="A65" s="0"/>
       <c r="B65" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="C65" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="C65" s="0" t="s">
+      <c r="D65" s="0" t="s">
         <v>269</v>
       </c>
-      <c r="D65" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E65" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F65" s="0"/>
       <c r="G65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="J65" s="0"/>
       <c r="K65" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="0">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:12" customHeight="1" ht="80">
       <c r="A66" s="0"/>
       <c r="B66" s="0" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C66" s="0">
         <v>100278</v>
       </c>
       <c r="D66" s="0"/>
       <c r="E66" s="0" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="F66" s="0"/>
       <c r="G66" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J66" s="0"/>
       <c r="K66" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L66" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:12" customHeight="1" ht="80">
       <c r="B67" s="0" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="C67" s="0">
         <v>183600</v>
       </c>
       <c r="D67" s="0"/>
       <c r="E67" s="0"/>
       <c r="F67" s="0"/>
       <c r="G67" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J67" s="0"/>
       <c r="K67" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L67" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:12" customHeight="1" ht="80">
       <c r="B68" s="0" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C68" s="0">
         <v>183601</v>
       </c>
       <c r="D68" s="0"/>
       <c r="E68" s="0"/>
       <c r="F68" s="0"/>
       <c r="G68" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J68" s="0"/>
       <c r="K68" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L68" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:12" customHeight="1" ht="80">
       <c r="B69" s="0" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="C69" s="0">
         <v>183602</v>
       </c>
       <c r="D69" s="0"/>
       <c r="E69" s="0"/>
       <c r="F69" s="0"/>
       <c r="G69" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J69" s="0"/>
       <c r="K69" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L69" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:12" customHeight="1" ht="80">
       <c r="B70" s="0" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="C70" s="0">
         <v>183603</v>
       </c>
       <c r="D70" s="0"/>
       <c r="E70" s="0"/>
       <c r="F70" s="0"/>
       <c r="G70" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J70" s="0"/>
       <c r="K70" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L70" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:12" customHeight="1" ht="80">
       <c r="B71" s="0" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C71" s="0">
         <v>3138</v>
       </c>
       <c r="D71" s="0"/>
       <c r="E71" s="0"/>
       <c r="F71" s="0"/>
       <c r="G71" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J71" s="0"/>
       <c r="K71" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L71" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:12" customHeight="1" ht="80">
       <c r="B72" s="0" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="C72" s="0">
         <v>4330</v>
       </c>
       <c r="D72" s="0"/>
       <c r="E72" s="0"/>
       <c r="F72" s="0"/>
       <c r="G72" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J72" s="0"/>
       <c r="K72" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L72" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:12" customHeight="1" ht="80">
       <c r="A73" s="0"/>
       <c r="B73" s="0" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="C73" s="0">
         <v>473178</v>
       </c>
       <c r="D73" s="0">
         <v>473178</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="F73" s="0"/>
       <c r="G73" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J73" s="0"/>
       <c r="K73" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L73" s="0"/>
     </row>
     <row r="74" spans="1:12" customHeight="1" ht="80">
       <c r="A74" s="0"/>
       <c r="B74" s="0" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C74" s="0">
         <v>520378</v>
       </c>
       <c r="D74" s="0">
         <v>520378</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="F74" s="0"/>
       <c r="G74" s="0" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J74" s="0"/>
       <c r="K74" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L74" s="0"/>
     </row>
     <row r="75" spans="1:12" customHeight="1" ht="80">
       <c r="B75" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="C75" s="0" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="D75" s="0"/>
       <c r="E75" s="0"/>
       <c r="F75" s="0"/>
       <c r="G75" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J75" s="0"/>
       <c r="K75" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L75" s="0">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:12" customHeight="1" ht="80">
       <c r="A76" s="0"/>
       <c r="B76" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C76" s="0" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="D76" s="0">
         <v>2337393</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="F76" s="0"/>
       <c r="G76" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="J76" s="0"/>
       <c r="K76" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L76" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:12" customHeight="1" ht="80">
       <c r="B77" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="C77" s="0" t="s">
         <v>290</v>
       </c>
-      <c r="C77" s="0" t="s">
+      <c r="D77" s="0" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>142</v>
       </c>
       <c r="F77" s="0"/>
       <c r="G77" s="0" t="s">
         <v>143</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="J77" s="0"/>
       <c r="K77" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L77" s="0"/>
     </row>
     <row r="78" spans="1:12" customHeight="1" ht="80">
       <c r="B78" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C78" s="0" t="s">
         <v>294</v>
       </c>
-      <c r="C78" s="0" t="s">
+      <c r="D78" s="0" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>142</v>
       </c>
       <c r="F78" s="0"/>
       <c r="G78" s="0" t="s">
         <v>143</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="J78" s="0"/>
       <c r="K78" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L78" s="0"/>
     </row>
     <row r="79" spans="1:12" customHeight="1" ht="80">
       <c r="B79" s="0" t="s">
+        <v>297</v>
+      </c>
+      <c r="C79" s="0" t="s">
         <v>298</v>
       </c>
-      <c r="C79" s="0" t="s">
+      <c r="D79" s="0" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>142</v>
       </c>
       <c r="F79" s="0"/>
       <c r="G79" s="0" t="s">
         <v>143</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="J79" s="0"/>
       <c r="K79" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L79" s="0"/>
     </row>
     <row r="80" spans="1:12" customHeight="1" ht="80">
       <c r="A80" s="0"/>
       <c r="B80" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="C80" s="0" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="D80" s="0">
         <v>431501315</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F80" s="0"/>
       <c r="G80" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="J80" s="0"/>
       <c r="K80" s="0" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="L80" s="0"/>
+        <v>304</v>
+      </c>
+      <c r="L80" s="0">
+        <v>12</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="B19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="B20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="B21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="B22" r:id="rId_hyperlink_21"/>