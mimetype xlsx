--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -15,51 +15,51 @@
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -356,51 +356,51 @@
   <si>
     <t>CB1000</t>
   </si>
   <si>
     <t>Kuvings</t>
   </si>
   <si>
     <t>КОРЕЯ, РЕСПУБЛИКА</t>
   </si>
   <si>
     <t>1443750.00₸</t>
   </si>
   <si>
     <t>Блендер «KPB-351»;металл;1,6л;,H=51,7,L=21,3,B=23,7см;1,7Квт;металлич.,черный</t>
   </si>
   <si>
     <t>07013017</t>
   </si>
   <si>
     <t>KPB-351</t>
   </si>
   <si>
     <t>323323.00₸</t>
   </si>
   <si>
-    <t>12 шт.</t>
+    <t>11 шт.</t>
   </si>
   <si>
     <t>Блендер «CB-787A»;пластик;2л;,H=53,L=17,B=23,5см;1,2Квт;красный,черный</t>
   </si>
   <si>
     <t>07013020</t>
   </si>
   <si>
     <t>CB-787A</t>
   </si>
   <si>
     <t>Probar</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
   <si>
     <t>55930.00₸</t>
   </si>
   <si>
     <t>Блендер «CB-787B»;пластик;2л;,H=53,L=17,B=23,5см;1,2Квт;черный</t>
   </si>
   <si>
     <t>07013021</t>
   </si>
@@ -413,69 +413,75 @@
   <si>
     <t>Блендер «CB-986»;пластик;2,5л;,H=53,5,L=28,B=27,5см;1,3Квт;красный,черный</t>
   </si>
   <si>
     <t>07013022</t>
   </si>
   <si>
     <t>CB-986</t>
   </si>
   <si>
     <t>69930.00₸</t>
   </si>
   <si>
     <t>Блендер «CB-699» с шумоизоляцией;пластик;2л;,H=53,5,L=28,B=27,5см;1,68Квт;черный</t>
   </si>
   <si>
     <t>07013023</t>
   </si>
   <si>
     <t>CB-699</t>
   </si>
   <si>
     <t>186830.00₸</t>
   </si>
   <si>
-    <t>более 500 шт.</t>
-[...1 lines deleted...]
-  <si>
     <t>Блендер «SV400» вакуумный;тритан,пластик;1л;,H=43,4,L=19,6,B=19,4см;1,5Квт;тем.сер.</t>
   </si>
   <si>
     <t>07013024</t>
   </si>
   <si>
     <t>SV400</t>
   </si>
   <si>
     <t>396858.00₸</t>
   </si>
   <si>
+    <t>более 50 шт.</t>
+  </si>
+  <si>
+    <t>Блендер проф.с шумоизол.колпаком «Квайт Ван» на магн.основе,мерн. (б/у);тритан;1,4л;1,3Квт;черный,пр</t>
+  </si>
+  <si>
     <t>07011689</t>
   </si>
   <si>
     <t>763070.00₸</t>
+  </si>
+  <si>
+    <t>3 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2059,51 +2065,51 @@
       <c r="A15" s="0"/>
       <c r="B15" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>83</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F15" s="0"/>
       <c r="G15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J15" s="0"/>
       <c r="K15" s="0" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="L15" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:12" customHeight="1" ht="80">
       <c r="A16" s="0"/>
       <c r="B16" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>87</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>65</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>25</v>
       </c>
@@ -2413,112 +2419,112 @@
       <c r="A26" s="0"/>
       <c r="B26" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>130</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>117</v>
       </c>
       <c r="F26" s="0"/>
       <c r="G26" s="0" t="s">
         <v>118</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>131</v>
       </c>
       <c r="J26" s="0"/>
       <c r="K26" s="0" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="L26" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" customHeight="1" ht="80">
       <c r="A27" s="0"/>
       <c r="B27" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="C27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>106</v>
       </c>
       <c r="F27" s="0"/>
       <c r="G27" s="0" t="s">
         <v>107</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J27" s="0"/>
       <c r="K27" s="0" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="L27" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:12" customHeight="1" ht="80">
       <c r="B28" s="0" t="s">
-        <v>58</v>
+        <v>137</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D28" s="0"/>
       <c r="E28" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F28" s="0"/>
       <c r="G28" s="0" t="s">
         <v>25</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J28" s="0"/>
       <c r="K28" s="0" t="s">
-        <v>51</v>
+        <v>140</v>
       </c>
       <c r="L28" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="B12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="B13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="B14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="B15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="B16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="B17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="B18" r:id="rId_hyperlink_17"/>