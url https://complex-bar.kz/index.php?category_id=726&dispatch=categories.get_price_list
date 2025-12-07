--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -85,87 +85,87 @@
   <si>
     <t>Robot Coupe</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Кухонные процессоры</t>
   </si>
   <si>
     <t>2181403.00₸</t>
   </si>
   <si>
     <t>1 шт.</t>
   </si>
   <si>
     <t>Процессор кухонный «R301 Ultra» без ножей;сталь нерж.;,H=30,L=55,B=32,5см;650вт;серебрист.</t>
   </si>
   <si>
     <t>07020216</t>
   </si>
   <si>
     <t>1652059.00₸</t>
   </si>
   <si>
+    <t>2 шт.</t>
+  </si>
+  <si>
+    <t>Процессор кухонный R211XL;сталь нерж.,пластик;2,9л;,H=44,5,L=22,B=34см;550вт;серебрист.</t>
+  </si>
+  <si>
+    <t>07020238</t>
+  </si>
+  <si>
+    <t>291 291</t>
+  </si>
+  <si>
+    <t>696250.00₸</t>
+  </si>
+  <si>
     <t>0 шт.</t>
   </si>
   <si>
-    <t>Процессор кухонный R211XL;сталь нерж.,пластик;2,9л;,H=44,5,L=22,B=34см;550вт;серебрист.</t>
-[...10 lines deleted...]
-  <si>
     <t>Процессор кухонный R402 б/дисков;,H=59,L=32,B=30,4см;750вт</t>
   </si>
   <si>
     <t>07020282</t>
   </si>
   <si>
     <t>1643696.00₸</t>
   </si>
   <si>
     <t>Кухонная машина с подогревом «Robot Cook»;3,7л;,H=52,2,L=22,6,B=33,8см;1,8Квт;красный</t>
   </si>
   <si>
     <t>07090501</t>
   </si>
   <si>
     <t>43000R</t>
   </si>
   <si>
     <t>3113526.00₸</t>
-  </si>
-[...1 lines deleted...]
-    <t>2 шт.</t>
   </si>
   <si>
     <t>Кухонная машина с подогревом;2л;,H=32,L=52,B=32см;1,8Квт</t>
   </si>
   <si>
     <t>07090502</t>
   </si>
   <si>
     <t>Matfer</t>
   </si>
   <si>
     <t>Hotmix Pro Master</t>
   </si>
   <si>
     <t>7565019.00₸</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
@@ -827,147 +827,147 @@
       <c r="A4" s="0"/>
       <c r="B4" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="0"/>
       <c r="G4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="0"/>
       <c r="K4" s="0" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L4" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:12" customHeight="1" ht="80">
       <c r="A5" s="0"/>
       <c r="B5" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" s="0">
         <v>2453</v>
       </c>
       <c r="E5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="0"/>
       <c r="G5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="J5" s="0"/>
       <c r="K5" s="0" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L5" s="0"/>
     </row>
     <row r="6" spans="1:12" customHeight="1" ht="80">
       <c r="A6" s="0"/>
       <c r="B6" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="0"/>
       <c r="G6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J6" s="0"/>
       <c r="K6" s="0" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="L6" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" customHeight="1" ht="80">
       <c r="A7" s="0"/>
       <c r="B7" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="0">
         <v>212507</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>40</v>
       </c>
       <c r="J7" s="0"/>
       <c r="K7" s="0" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="L7" s="0">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>