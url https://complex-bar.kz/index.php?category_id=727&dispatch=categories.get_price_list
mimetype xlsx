--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -70,51 +70,51 @@
   <si>
     <t>Наличие</t>
   </si>
   <si>
     <t>Кол-во в упаковке</t>
   </si>
   <si>
     <t>Нож с мелк. зубчиками д/R301, R3 «Робот Купе»</t>
   </si>
   <si>
     <t>07010218</t>
   </si>
   <si>
     <t>Robot Coupe</t>
   </si>
   <si>
     <t>ФРАНЦИЯ</t>
   </si>
   <si>
     <t>Комплектующие для кухонных процессоров</t>
   </si>
   <si>
     <t>145800.00₸</t>
   </si>
   <si>
-    <t>5 шт.</t>
+    <t>0 шт.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>