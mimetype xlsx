--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс-лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>Изображение</t>
   </si>
   <si>
     <t>Название товара</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Артикул производителя</t>
   </si>
   <si>
     <t>Бренд</t>
   </si>
   <si>
     <t>Серия</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Категория</t>
   </si>
   <si>
@@ -158,50 +158,53 @@
     <t>95172.00₸</t>
   </si>
   <si>
     <t>Тележка для гастроемкостей ТП-276/1</t>
   </si>
   <si>
     <t>08060375</t>
   </si>
   <si>
     <t>сц618</t>
   </si>
   <si>
     <t>205821.00₸</t>
   </si>
   <si>
     <t>Тележка для гастроемкостей GN 1/1 14 ярусов ТШГ-14;сталь нерж.;,H=151,9,L=56,B=37см;серебрист.</t>
   </si>
   <si>
     <t>08060376</t>
   </si>
   <si>
     <t>мко215</t>
   </si>
   <si>
     <t>414977.00₸</t>
+  </si>
+  <si>
+    <t>1 шт.</t>
   </si>
   <si>
     <t>Тележка для гастроемкостей GN 1/1 20 ярусов;сталь нерж.;,H=165,L=63,B=46см;серебрист.</t>
   </si>
   <si>
     <t>08060383</t>
   </si>
   <si>
     <t>501247.00₸</t>
   </si>
   <si>
     <t>Тележка-шпилька «Retail» для гастроемкостей GN 1/1 15 ярусов;сталь нерж.;,H=173,5,L=55,B=38,3см;мета</t>
   </si>
   <si>
     <t>08050272</t>
   </si>
   <si>
     <t>ТШГ-R383551735/15-1/1</t>
   </si>
   <si>
     <t>Mecon</t>
   </si>
   <si>
     <t>Retail</t>
   </si>
@@ -1063,151 +1066,153 @@
       <c r="A8" s="0"/>
       <c r="B8" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F8" s="0"/>
       <c r="G8" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>47</v>
       </c>
       <c r="J8" s="0"/>
       <c r="K8" s="0" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="L8" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:12" customHeight="1" ht="80">
       <c r="A9" s="0"/>
       <c r="B9" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D9" s="0">
         <v>775420</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="0"/>
       <c r="G9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H9" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J9" s="0"/>
       <c r="K9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="0"/>
     </row>
     <row r="10" spans="1:12" customHeight="1" ht="80">
       <c r="A10" s="0"/>
       <c r="B10" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G10" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J10" s="0"/>
       <c r="K10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="0">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:12" customHeight="1" ht="80">
       <c r="A11" s="0"/>
       <c r="B11" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G11" s="0" t="s">
         <v>38</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J11" s="0"/>
       <c r="K11" s="0" t="s">
         <v>19</v>
       </c>
-      <c r="L11" s="0"/>
+      <c r="L11" s="0">
+        <v>1</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="B9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="B10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="B11" r:id="rId_hyperlink_10"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>