--- v0 (2025-10-23)
+++ v1 (2025-12-07)
@@ -727,51 +727,53 @@
         <v>12</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>13</v>
       </c>
       <c r="D2" s="0">
         <v>230214</v>
       </c>
       <c r="E2" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F2" s="0"/>
       <c r="G2" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H2" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="J2" s="0"/>
       <c r="K2" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="L2" s="0"/>
+      <c r="L2" s="0">
+        <v>1</v>
+      </c>
     </row>
     <row r="3" spans="1:12" customHeight="1" ht="80">
       <c r="A3" s="0"/>
       <c r="B3" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="0"/>
       <c r="G3" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H3" s="0" t="s">
         <v>16</v>
       </c>
       <c r="I3" s="1" t="s">
         <v>24</v>
       </c>